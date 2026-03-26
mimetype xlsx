--- v2 (2026-01-25)
+++ v3 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2789">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2896">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -149,50 +149,53 @@
   <si>
     <t>ALAGUIEN URIEL ALVAREZ JUAREZ</t>
   </si>
   <si>
     <t>ALCIDES  CHULLUNCUY SAMANIEGO</t>
   </si>
   <si>
     <t>ALDO ELIAS LOPEZ PAJUELO</t>
   </si>
   <si>
     <t>ALDO JUAN GOMEZ ESCOBEDO</t>
   </si>
   <si>
     <t>ALDO RAUL AGUIRRE CURA</t>
   </si>
   <si>
     <t>ALEJANDRA SOFIA BUSTAMANTE MORA</t>
   </si>
   <si>
     <t>ALEJANDRO  LOPEZ TASAICO</t>
   </si>
   <si>
     <t>ALEJANDRO A BAYES ARIAS</t>
   </si>
   <si>
+    <t>ALEJANDRO ALBERTO LLALLE TERÃN</t>
+  </si>
+  <si>
     <t>ALEJANDRO EUSTAQUIO MACEDO HURTADO</t>
   </si>
   <si>
     <t>ALEX  SANCHEZ HUAMAN</t>
   </si>
   <si>
     <t>ALEX DENY MALDONADO JIMENEZ</t>
   </si>
   <si>
     <t>ALEX JIMMY CRUZ HINOSTROZA</t>
   </si>
   <si>
     <t>ALEX WILLIAN PACHAS ORÃ</t>
   </si>
   <si>
     <t>ALEXANDER  DELGADILLO SORIANO</t>
   </si>
   <si>
     <t>ALEXANDER MIJAEL AGUSTIN RIOS</t>
   </si>
   <si>
     <t>ALEXANDER STALY RODRIGUEZ ESPADA</t>
   </si>
   <si>
     <t>-LIMA</t>
@@ -230,50 +233,53 @@
   <si>
     <t>AMERICAN REAL ESTATE SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>PJ. LAS DUNAS NRO. 175 (MDO PIO PATA 1 CDRA ABAJO) - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>ANA BEATRIZ GUTIERREZ DELGADO</t>
   </si>
   <si>
     <t>06762200</t>
   </si>
   <si>
     <t>ANA CLAUDIA LIMACHE ALE</t>
   </si>
   <si>
     <t>ANA ISABEL HERVIAS NOLASCO</t>
   </si>
   <si>
     <t>ANA JEHOVANA GOYZUETA CCOLLANQUI</t>
   </si>
   <si>
     <t>ANA JESSENIA CHIPANA ANQUISI</t>
   </si>
   <si>
+    <t>ANA MARIA CIEZA ROJAS</t>
+  </si>
+  <si>
     <t>ANA MARIA COLLAZOS ESPEJO</t>
   </si>
   <si>
     <t>ANA MARIA SOTO TORRES</t>
   </si>
   <si>
     <t>ANA MARIA TIZNADO DE CUEVA</t>
   </si>
   <si>
     <t>ANA MARIA ZEBALLOS GAMEZ</t>
   </si>
   <si>
     <t>04413587</t>
   </si>
   <si>
     <t>ANA VIRGINIA ARIZABAL CASTILLA</t>
   </si>
   <si>
     <t>ANAYA SANCHEZ LAURA JENNIFER</t>
   </si>
   <si>
     <t>ANDINA GESTORA Y PROMOTORA S.A.C.</t>
   </si>
   <si>
     <t>CAL.EL BOULEVARD NRO. 162 INT. 704 URB.  HOGARES DE MONTERRICO CHICO - SANTIAGO DE SURCO - LIMA - LI</t>
@@ -518,50 +524,56 @@
   <si>
     <t>AUDITORES &amp; CONSULTORES EN GESTION S.A.C.</t>
   </si>
   <si>
     <t>AV. CESAR VALLEJO NRO. 543 URB.  PALERMO ET. 1 - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>AUGUSTO  AGUILAR CARLOS</t>
   </si>
   <si>
     <t>AUGUSTO  RUIZ ALCALDE</t>
   </si>
   <si>
     <t>AUGUSTO JHON SMITH ÃONTOL CHICHIPE</t>
   </si>
   <si>
     <t>AUGUSTO RENZO SOSIMO SANCHEZ LOPEZ</t>
   </si>
   <si>
     <t>AUTOMOTORES DE LA AMAZONIA S.A.C.</t>
   </si>
   <si>
     <t xml:space="preserve">AV. CENTENARIO NRO. 611 URB.  CERCADO DE PUCALLPA  (CERCA A LA TIENDA SOCOPUR) - CALLERIA - CORONEL </t>
   </si>
   <si>
+    <t>AUTONORT CAJAMARCA S.A.C.</t>
+  </si>
+  <si>
+    <t>AV. HOYOS RUBIO NRO. 1272 CAMPO REAL  (CARRETERA AL AEROPUERTO) - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
+  </si>
+  <si>
     <t>AUTORIDAD NACIONAL DEL AGUA</t>
   </si>
   <si>
     <t>CAL.17 NRO. 355 URB.  EL PALOMAR - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>B &amp; B INGENIEROS S.R.LTDA</t>
   </si>
   <si>
     <t>CAL.ZARUMILLA NRO. 1131 INT. 201 SEC.  JAEN - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>BAKELS PERU S.A.C.</t>
   </si>
   <si>
     <t>AV. LA ARBOLEDA NRO. 298 URB.  SANTA RAQUEL 2DA. ETAPA - ATE - LIMA - LIMA</t>
   </si>
   <si>
     <t>BALDOMERO  LEON TAFUR</t>
   </si>
   <si>
     <t>BANCO AGROPECUARIO</t>
   </si>
   <si>
     <t>AV. REPUBLICA DE PANAMA NRO. 3531 DPTO. 901 URB.  LIMATAMBO - SAN ISIDRO - LIMA - LIMA</t>
@@ -608,50 +620,56 @@
   <si>
     <t>BERTHA AMALIA SARANGO FARIAS</t>
   </si>
   <si>
     <t>05641964</t>
   </si>
   <si>
     <t>BERTHA EULALIA CHICANI SANCHEZ</t>
   </si>
   <si>
     <t>BETTY MARILU ANGULO GUEVARA</t>
   </si>
   <si>
     <t>BETZABE JUANA BORDA QUISPE</t>
   </si>
   <si>
     <t>BEVERLI ANGELICA FLORES CANO</t>
   </si>
   <si>
     <t>00412860</t>
   </si>
   <si>
     <t>BHETSY YOSSELIN GUTIERREZ UGARTE</t>
   </si>
   <si>
+    <t>BIENSEGUROS ASESORES Y CORREDORES DE SEGUROS SOCIEDAD ANONIMA</t>
+  </si>
+  <si>
+    <t>AV. AREQUIPA NRO. 1355 DPTO. 1503 URB.  SANTA BEATRIZ - LIMA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>BIENVENIDO  ACERO BARRAZA</t>
   </si>
   <si>
     <t>01230047</t>
   </si>
   <si>
     <t>BLAS DAVALOS VICTOR RAUL</t>
   </si>
   <si>
     <t>BOBCAR SERVICIOS GENERALES S.R.L.</t>
   </si>
   <si>
     <t>MZA. A LOTE. 164 LOT.  QUINTA MERCEDES  (ALT. AV. HOYOS RUBIO CDRA 13) - CAJAMARCA - CAJAMARCA - CAJ</t>
   </si>
   <si>
     <t>BRAIAN HERNY APAZA PULLUYQUERI</t>
   </si>
   <si>
     <t>BRAYAN JOAQUIN FLORES RAMIREZ</t>
   </si>
   <si>
     <t>BRIAN JORGE MICHELLE MEOÃO CALDERON</t>
   </si>
   <si>
     <t>BRONY ERIK APARCO GALA</t>
@@ -704,50 +722,53 @@
   <si>
     <t>CAL.ALFREDO SALAZAR NRO. 225 (ESP. CINEPLANET OVALO GUTIERREZ) - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>CARBOTAM E.I.R.L.</t>
   </si>
   <si>
     <t>AV. EL GOLF NRO. 1004 DPTO. 403 URB.  LAS PALMERAS DEL GOLF - VICTOR LARCO HERRERA - TRUJILLO - LA L</t>
   </si>
   <si>
     <t>CARDENAS SEQUEIROS GUIDO</t>
   </si>
   <si>
     <t>CARLA ANEL SALVADOR ATAUCHI</t>
   </si>
   <si>
     <t>CARLO MAGNO FLORENTINO CORNEJO PALOMINO</t>
   </si>
   <si>
     <t>CARLOS  ESPINOZA MENDOZA</t>
   </si>
   <si>
     <t>CARLOS  FLORES BARBOZA</t>
   </si>
   <si>
+    <t>CARLOS  PRIETO CAMPOS</t>
+  </si>
+  <si>
     <t>CARLOS  VARGAS GONZALES</t>
   </si>
   <si>
     <t>01226578</t>
   </si>
   <si>
     <t>CARLOS ALBERTO CARACELA MAMANI</t>
   </si>
   <si>
     <t>CARLOS ALBERTO DÃAZ MALAVER</t>
   </si>
   <si>
     <t>CARLOS ALBERTO ESTRADA FEBRES</t>
   </si>
   <si>
     <t>02689589</t>
   </si>
   <si>
     <t>CARLOS ALBERTO PIZARRO MURGA</t>
   </si>
   <si>
     <t>CARLOS ALBERTO QUESQUEN CHANCAFE</t>
   </si>
   <si>
     <t>CARLOS ALBERTO VARGAS RENGIFO</t>
@@ -944,50 +965,53 @@
   <si>
     <t>CENTRO ODONTOLOGICO LASER DENT KIDS S.R.L.</t>
   </si>
   <si>
     <t>JR. 9 DE DICIEMBRE NRO. 317 URB.  CERCADO  (FTE. COLEGIO DANNY MITTERAND) - JULIACA - SAN ROMAN - PU</t>
   </si>
   <si>
     <t>CENTRO PARA LA INVESTIGACION, INNOVACION Y DESARROLLO TERRITORIAL SOSTENIBLE</t>
   </si>
   <si>
     <t>CAL.NESTOR BATANERO NRO. 137 DPTO. 101 (.) - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CENTRO RECREACIONAL EL BOSQUE</t>
   </si>
   <si>
     <t>PJ. AMAUTA NRO. 512 (INTERIOR RECREO TURISTICO EL BOSQUE) - NUEVA CAJAMARCA - RIOJA - SAN MARTIN</t>
   </si>
   <si>
     <t>CERSA CONSTRUCCION &amp; CAPACITACION S.A.C.</t>
   </si>
   <si>
     <t>AV. EL MAESTRO NRO. 483 BAR.  LA COLMENA - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
+    <t>CESAR  CORNEJO HUAYANAY</t>
+  </si>
+  <si>
     <t>CESAR  GONZALES RAMOS</t>
   </si>
   <si>
     <t>CESAR  LOPEZ JUSCAMAITA</t>
   </si>
   <si>
     <t>CESAR  NOVOA IZQUIERDO</t>
   </si>
   <si>
     <t>CESAR ARTURO COSSIOS ARAUJO</t>
   </si>
   <si>
     <t>03870743</t>
   </si>
   <si>
     <t>CESAR AUGUSTO AGREDA LAFORE</t>
   </si>
   <si>
     <t>CESAR AUGUSTO ATOCHE PACHERRES</t>
   </si>
   <si>
     <t>02658318</t>
   </si>
   <si>
     <t>CESAR AUGUSTO CALLAPANI ESTRADA</t>
@@ -1001,50 +1025,53 @@
   <si>
     <t>02618671</t>
   </si>
   <si>
     <t>CESAR RAUL BARDALES ALVARADO</t>
   </si>
   <si>
     <t>03383687</t>
   </si>
   <si>
     <t>CESAR TOMAS ROMAN VIÃAS</t>
   </si>
   <si>
     <t>02649827</t>
   </si>
   <si>
     <t>CH'ASKA PERU ARTESANAL S.A.C.</t>
   </si>
   <si>
     <t>MZA. N3 LOTE. 11 URB.  COVICORTI - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>CHACALTANA PON TANIA ZULENA</t>
   </si>
   <si>
+    <t>CHAMBI FLORES HEISER JACKSON</t>
+  </si>
+  <si>
     <t>CHARCA PONCE LUIS ENRIQUE</t>
   </si>
   <si>
     <t>CHARO JACQUELINE JAUREGUI SUELDO</t>
   </si>
   <si>
     <t>CHAVEZ BOCCHIO FABRICIO</t>
   </si>
   <si>
     <t>CHAVEZ HERRERA WALTER GERARDO</t>
   </si>
   <si>
     <t>CHAVEZ ZEGARRA LARISSA SVETLANA</t>
   </si>
   <si>
     <t>CHIROQUE RAMOS JOSE ALBERTO</t>
   </si>
   <si>
     <t>CHRISTEAM ANNDY BENITES IBARRA</t>
   </si>
   <si>
     <t>CHRISTIAN ALEXANDER TAMARA NIÃO</t>
   </si>
   <si>
     <t>CHRISTIAN EDINSON RUIZ MUÃOZ</t>
@@ -1109,50 +1136,56 @@
   <si>
     <t>CMAC</t>
   </si>
   <si>
     <t>CAL.REAL NRO. 341 INT. 343 - HUANCAYO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>COLEGIO DE ARQUITECTOS DEL PERU</t>
   </si>
   <si>
     <t>JR. CESAR CALVO DE ARAUJO NRO. 514 (ENTRE CALLES TACNA Y MOORE) - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>COLEGIO DE ARQUITECTOS DEL PERU REGIONAL PUNO</t>
   </si>
   <si>
     <t>MZA. Q LOTE. 1 URB.  CHANU CHANU III ETAPA  (URB CHANU CHANU III ETAPA) - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>COLEGIO DE BIÃLOGOS DEL PERÃ</t>
   </si>
   <si>
     <t>CAL.TERUEL NRO. 222 URB.  LA AREQUIPEÃA - PUEBLO LIBRE (MAGDALENA VIEJA) - LIMA - LIMA</t>
   </si>
   <si>
+    <t>COLEGIO DE CONTADORES PUBLICOS DE MADRE DE DIOS</t>
+  </si>
+  <si>
+    <t>JR. LIBERTAD NRO. 850 - TAMBOPATA - TAMBOPATA - MADRE DE DIOS</t>
+  </si>
+  <si>
     <t>COLEGIO DE CONTADORES PÃBLICOS DE SAN MARTÃN</t>
   </si>
   <si>
     <t>AV. CIRCUNVALACION NRO. 1664 PATIDO ALTO - TARAPOTO - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
     <t>COLEGIO DE ENFERMEROS DEL PERU</t>
   </si>
   <si>
     <t>PQ. SANTA CRUZ NRO. 564 - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>COLEGIO DE INGENIEROS DEL PERU CONSEJO DEPARTAMENTAL PUNO</t>
   </si>
   <si>
     <t>JR. MARIANO H CORNEJO NRO. 130 BARRIO INDEPENDENCIA - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>COLEGIO ING. DEL PERU C.D AMAZONAS</t>
   </si>
   <si>
     <t>JR. PUNO NRO. 460 (ESPALDAS DEL COLEGIO SEMINARIO) - CHACHAPOYAS - CHACHAPOYAS - AMAZONAS</t>
   </si>
   <si>
     <t>COLEGIO MEDICO DEL PERU</t>
@@ -1334,50 +1367,56 @@
   <si>
     <t>CONSORCIO CONSULTOR CABO BLANCO</t>
   </si>
   <si>
     <t>CAL.JUAN ANTONIO PEZET NRO. 170 DPTO. 206 - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO CORREDOR NUEVE</t>
   </si>
   <si>
     <t>JR. LIMA CUADRA 8 MZA. 223B LOTE. 7-C OTR.  --  (AL COSTADO DE INEI) - OXAPAMPA - OXAPAMPA - PASCO</t>
   </si>
   <si>
     <t>CONSORCIO ELECTRICO DE VILLACURI SAC</t>
   </si>
   <si>
     <t>CAR.PANAM.SUR NRO. 274 VALLE DE VILLACURI  (FTE PEAJE) - SALAS - ICA - ICA</t>
   </si>
   <si>
     <t>CONSORCIO EMPRESARIAL URITO WASI EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. MOYOBAMBA NRO. 367 (POR COLEGIO 032) - MORALES - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
+    <t>CONSORCIO LEON</t>
+  </si>
+  <si>
+    <t>JR. AYACUCHO NRO. 874 (INTERIOR B SEGUNDO PISO) - HUANUCO - HUANUCO - HUANUCO</t>
+  </si>
+  <si>
     <t>CONSORCIO MANTENIMIENTOS VIALES DEL PERU</t>
   </si>
   <si>
     <t>CAL.TARAPACA NRO. 567 URB.  CAMPODONICO - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>CONSORCIO PUENTES NORTE</t>
   </si>
   <si>
     <t>----HERNAN VELARDE NRO. 231 (A 1CDRA. DEL PARQUE LA EXPOSICIÃN) - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO RELLENO CHANCAY</t>
   </si>
   <si>
     <t>AV. LOS ALISOS CUADRA 10 MZA. V LOTE. 13 URB.  VIRGEN DE FATIMA - LOS OLIVOS - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO SOL DEL NORTE</t>
   </si>
   <si>
     <t>JR. PEDRO LOPEZ DE AYALA NRO. 1180 URB.  SAN BORJA SUR - SAN BORJA - LIMA - LIMA</t>
   </si>
   <si>
     <t>CONSORCIO SUPERVISOR ACHAGUAY</t>
@@ -1388,50 +1427,56 @@
   <si>
     <t>CONSORCIO SUPERVISOR CHIVAY</t>
   </si>
   <si>
     <t>AV. LAS AMERICAS NRO. 905 P.J.  SAN NICOLAS  (POR EL METRO DE LA AV GRAU) - CHICLAYO - CHICLAYO - LA</t>
   </si>
   <si>
     <t>CONSORCIO SUPERVISOR JESUS DE NAZARETH</t>
   </si>
   <si>
     <t>JR. SANCHEZ CERRO MZA. 288 LOTE. 6A (A ESPALDAS DEL MERCADO 3) - CALLERIA - CORONEL PORTILLO - UCAYA</t>
   </si>
   <si>
     <t>CONSORCIO SUPERVISOR VON HUMBOLT</t>
   </si>
   <si>
     <t xml:space="preserve">JR. OCTAVIO MONTEVERDE NRO. 298 (A 1 CDRA. DE LA IGLESIA FRAY MARTIN) - CALLERIA - CORONEL PORTILLO </t>
   </si>
   <si>
     <t>CONSORCIO SUR OCOÃA</t>
   </si>
   <si>
     <t>JR. OCOÃA NRO. 416 C.P.  CAMANA  (COSTADO DEL RESTAURANTE EL FLAMEADITO) - CAMANA - CAMANA - AREQUIP</t>
   </si>
   <si>
+    <t>CONSTRUCCION Y ADMINISTRACION S.A.</t>
+  </si>
+  <si>
+    <t>AV. JAVIER PRADO ESTE NRO. 4109 URB.  SANTA CONSTANZA - SANTIAGO DE SURCO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>CONSTRUCCIONES CARBAJAL E.I.R.L.</t>
   </si>
   <si>
     <t>MZA. H LOTE. 19 COO.  VILLA DE VALVERDE - LOS AQUIJES - ICA - ICA</t>
   </si>
   <si>
     <t>CONSTRUCCIONES TRASANDINO S.A.C.</t>
   </si>
   <si>
     <t>CAL.LOS LAURELES NRO. 397B URB.  PATAZCA - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>CONSTRUCTORA &amp; SERVICIOS GENERALES CHAVEZAA E.I.R.L.</t>
   </si>
   <si>
     <t>JR. 6 DE JULIO NRO. 173 APV.  LUIS ALBERTO SANCHEZ - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>CONSTRUCTORA CONSULTORIA Y SERVICIOS GENERALES AG EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>NRO. 133 BAR.  JIBAJA CHE - HUANCABAMBA - HUANCABAMBA - PIURA</t>
   </si>
   <si>
     <t>CONSTRUCTORA DOROBANTI ASOCIADOS S.A.C.</t>
@@ -1766,65 +1811,74 @@
   <si>
     <t>DAVID CIRILO NUÃEZ TORRES</t>
   </si>
   <si>
     <t>DAVID CRISTHIAN VALLADARES ATENCIO</t>
   </si>
   <si>
     <t>DAVID RICARTE POLO ALVARADO</t>
   </si>
   <si>
     <t>DAVO LOGISTICA S.A.C.</t>
   </si>
   <si>
     <t>MZA. B LOTE. 08 DPTO. B URB.  LAS MAGNOLIAS  (2DO PISO) - POCOLLAY - TACNA - TACNA</t>
   </si>
   <si>
     <t>DE LA CRUZ MONTALVAN REMBRANDT MARTIN</t>
   </si>
   <si>
     <t>DE LA SERNA S.A.C.</t>
   </si>
   <si>
     <t>AV. VICTOR LARCO NRO. 1779 INT. 12 URB.  CALIFORNIA - VICTOR LARCO HERRERA - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
+    <t>DEFENSORIA DEL PUEBLO</t>
+  </si>
+  <si>
+    <t>JR. UCAYALI NRO. 388 LIMA CERCADO  (FRENTE IGLESIA SAN PEDRO) - LIMA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>DEISY MARILI ABAD DIEGO DE RAMIREZ</t>
   </si>
   <si>
     <t>DEIVIS JAVIER ARAUZO CONDOR</t>
   </si>
   <si>
     <t>DEL PACIFICO COLLEGE E.I.R.L</t>
   </si>
   <si>
     <t>JR. SAN FRANCISCO NRO. 220 (COSTADO DE MAMA BANANA) - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>DELFINA  COTRINA RUMAY</t>
   </si>
   <si>
+    <t>DELIA  CURASMA GOMEZ</t>
+  </si>
+  <si>
     <t>DELSY MARGOTH BRAVO BRAVO</t>
   </si>
   <si>
     <t>06435922</t>
   </si>
   <si>
     <t>DEMETRIO ENRIQUE PINTO RODRIGUEZ</t>
   </si>
   <si>
     <t>DERECHOS HUMANOS  SIN FRONTERAS</t>
   </si>
   <si>
     <t>MZA. A LOTE. 8 BARRIO PROFESIONAL  (TRAS COLEGIO GARCILASO EN PARQUE 3R PISO) - CUSCO - CUSCO - CUSC</t>
   </si>
   <si>
     <t>DEROI DISTRIBUCIONES S.R.L.</t>
   </si>
   <si>
     <t>CAL.LINERAS NRO. 231 (C.V. 1RO DE MAYO) - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>DESARROLLO DE PROYECTOS Y TECNOLOGIA INDUSTRIAL SAC</t>
   </si>
   <si>
     <t>CAL.JULIO FERNANDEZ DE LA OLIVA MZA. W LOTE. 12 C.P.  FANNY ABANTO CALLE - CHICLAYO - CHICLAYO - LAM</t>
@@ -1922,51 +1976,51 @@
   <si>
     <t>JR. CALICANTO NRO. 145 HUANUCO - AMARILIS - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE AGRICULTURA JUNIN</t>
   </si>
   <si>
     <t>CAL.REAL NRO. 507 - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCAC. CAJAMARCA</t>
   </si>
   <si>
     <t>AV. ATAHUALPA KM. 3.5 (CARRETERA A BAÃ±OS DEL INCA KM 3.5) - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION AYACUCHO</t>
   </si>
   <si>
     <t>JR. 28 DE JULIO NRO. 375 - AYACUCHO - HUAMANGA - AYACUCHO</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION DE PIURA</t>
   </si>
   <si>
-    <t xml:space="preserve">AV. PROLONGACION GRAU NRO. S/N CUADRA 32  (CERCA AL INSTITUTO TECNOLOG MIGUEL GRAU) - PIURA - PIURA </t>
+    <t>MZA. D LOTE. SN URB.  LOS JARDINES CORPIURA  (CERCA A LOS DOS GRIFOS) - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION ICA</t>
   </si>
   <si>
     <t>CAL.CAJAMARCA NRO. 149 (A MEDIA CUADRA PLAZA DE ARMAS) - ICA - ICA - ICA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION PUNO</t>
   </si>
   <si>
     <t xml:space="preserve">JR. BUSTAMANTE DUEÃ±AS NRO. S N URB.  CHANU CHANU 2DA ETAPA  (CERCA AL CERRO HUAYNA PUCARA) - PUNO - </t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION SAN MARTIN</t>
   </si>
   <si>
     <t>JR. VARACADILLO NRO. 237 - MOYOBAMBA - MOYOBAMBA - SAN MARTIN</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE EDUCACION TUMBES</t>
   </si>
   <si>
     <t>AV. TENIENTE VASQUEZ NRO. 392 - TUMBES - TUMBES - TUMBES</t>
   </si>
@@ -1994,140 +2048,170 @@
   <si>
     <t>AV. DANIEL A CARRION NRO. S/N URB.  PATIBAMBA - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE SALUD CAJAMARCA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE SALUD MOQUEGUA</t>
   </si>
   <si>
     <t>AV. BOLIVAR NRO. S/N (HOSPITAL GENERAL) - MOQUEGUA - MARISCAL NIETO - MOQUEGUA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE SALUD PIURA</t>
   </si>
   <si>
     <t>AV. IRAZOLA NRO. S/N URB.  MIRAFLORES  (ESPALDAS H REGIONAL) - CASTILLA - PIURA - PIURA</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE SALUD TACNA</t>
   </si>
   <si>
     <t>AV. JOSE JIMENEZ S/N NRO. S/N (COSTADO COLEGIO MILITAR GREGORIO ALBARRA) - TACNA - TACNA - TACNA</t>
   </si>
   <si>
+    <t>DIRECCION REGIONAL DE SALUD UCAYALI</t>
+  </si>
+  <si>
+    <t>JR. AGUSTIN CAUPER NRO. 225 (LOCAL DIRESA) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>DIRECCION REGIONAL DE TRANSPORTES Y COMUNICACIONES AMAZONAS</t>
   </si>
   <si>
     <t>CAR.SALIDA A RODRIGUEZ DE MENDOZA KM. 01 - CHACHAPOYAS - CHACHAPOYAS - AMAZONAS</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE TRANSPORTES Y COMUNICACIONES DEL GOBIERNO REGIONAL MADRE DE DIOS</t>
   </si>
   <si>
     <t>JR. LORETO NRO. 198 CERCADO  (ESQ CON JR AREQUIPA) - TAMBOPATA - TAMBOPATA - MADRE DE DIOS</t>
   </si>
   <si>
     <t>DIRECCION REGIONAL DE TRANSPORTES Y COMUNICACIONES REGION ANCASH</t>
   </si>
   <si>
     <t>AV. VILLON ALTO NRO. S/N (CERCA UNASAM) - HUARAZ - HUARAZ - ANCASH</t>
   </si>
   <si>
     <t>DISAGRO PERU S.A.C.</t>
   </si>
   <si>
     <t>JR. MONTERREY NRO. 373 INT. 1102 URB.  CHACARILLA DEL ESTANQUE - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>DISENTOP INGENIERIA &amp; CONSTRUCCION S.A.C.</t>
   </si>
   <si>
     <t>CAR.ACOBAMBA NRO. SN URB.  SN  (CENTRO YUNGAY) - YUNGAY - YUNGAY - ANCASH</t>
   </si>
   <si>
     <t>DISENTOP SERVICIOS DE INGENIERIA S.A.C.</t>
   </si>
   <si>
     <t>JR. GENERAL JOSE DE SAN MARTIN NRO. 1284 URB.  HUARUPAMPA - HUARAZ - HUARAZ - ANCASH</t>
   </si>
   <si>
+    <t>DISTRIBUCIONES DEJAVU SAC</t>
+  </si>
+  <si>
+    <t>CAL.LOS MAESTROS NRO. 135 DPTO. 101 URB.  SAN LUIS - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
+  </si>
+  <si>
     <t>DISTRIBUCIONES ESPINOZA E.I.R.L.</t>
   </si>
   <si>
     <t>JR. 28 DE JULIO NRO. 309 (FRENTE AL GRIFO TORRES) - HUANUCO - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>DISTRIBUIDORA COMERCIAL MEDELI S.A.C.</t>
   </si>
   <si>
     <t xml:space="preserve">JR. SAN ALEJANDRO NRO. 286 DPTO. 302 URB.  TINGO MARIA  (TERCER PISO) - RUPA-RUPA - LEONCIO PRADO - </t>
   </si>
   <si>
     <t>DITTA ILIANA CONTRERAS ZEVALLOS</t>
   </si>
   <si>
+    <t>DIVECENTER S.A.C.</t>
+  </si>
+  <si>
+    <t>AV. CANADA NRO. 1160 URB.  SANTA CATALINA - LA VICTORIA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>DOMINGO GUZMAN SECLEN ESTEVES</t>
   </si>
   <si>
     <t>DOMINICK ISRAEL RODRIGUEZ CHOQUEHUANCA</t>
   </si>
   <si>
     <t>DONNY EMERSON ZAPATA ABAD</t>
   </si>
   <si>
     <t>DORADO INN SERVICIOS DE HOTELERIA Y TURISMO EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. BENIGNO BALLON NRO. 1075 (A MEDIA CUADRA DEL TUPAC AMARU) - JULIACA - SAN ROMAN - PUNO</t>
   </si>
   <si>
+    <t>DORELLY MILTA CASTRO GONZALES</t>
+  </si>
+  <si>
+    <t>03650210</t>
+  </si>
+  <si>
     <t>DUNIA IRINA PAREDES ROSAS</t>
   </si>
   <si>
     <t>ECO WAYKYÂ´S TOUR AVENTURA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>PJ. SAN JOSE MZA. V2 LOTE. 7 URB.  TTIO  (PRIMER PARADERO DE TTIO 1ER PISO) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>EDGAR  ASTETE DIAZ</t>
   </si>
   <si>
     <t>EDGAR  ESPINOZA CHANCO</t>
   </si>
   <si>
     <t>EDGAR  GIL ZEVALLOS</t>
   </si>
   <si>
     <t>EDGAR  LAIMES AGUILAR</t>
   </si>
   <si>
     <t>09838244</t>
   </si>
   <si>
+    <t>EDGARD MIGUEL RODRIGUEZ CABRERA</t>
+  </si>
+  <si>
+    <t>04649996</t>
+  </si>
+  <si>
     <t>EDI WALTER MURGA VELASQUEZ</t>
   </si>
   <si>
     <t>EDILBERTO  ACOSTA AGUILAR</t>
   </si>
   <si>
     <t>EDILBERTO  MEDINA RUESTA</t>
   </si>
   <si>
     <t>02670532</t>
   </si>
   <si>
     <t>EDILBERTO FELIX VILCA ANCHANTE</t>
   </si>
   <si>
     <t>EDINSON IVAN PRAVIA LOZANO</t>
   </si>
   <si>
     <t>EDISON DINO NINA VELASQUEZ</t>
   </si>
   <si>
     <t>EDITH JESSENIA QUISPE VENTURA</t>
   </si>
   <si>
     <t>EDSON PEDRO GUZMAN DELGADO</t>
@@ -2168,50 +2252,53 @@
   <si>
     <t>EDWARDS GIANCARLO QUEZADA RODRIGUEZ</t>
   </si>
   <si>
     <t>EDWARS JESUS AGUIRRE ESPINOZA</t>
   </si>
   <si>
     <t>EDWI  VARGAS CHARAJA</t>
   </si>
   <si>
     <t>00493656</t>
   </si>
   <si>
     <t>TACNA</t>
   </si>
   <si>
     <t>EDWIN  POIRE HUANCA</t>
   </si>
   <si>
     <t>02427046</t>
   </si>
   <si>
     <t>EDWIN  QUISPE POMA</t>
   </si>
   <si>
+    <t>EDWIN ALEJANDRO TISNADO QUISPE</t>
+  </si>
+  <si>
     <t>EDWIN IVAN PEREZ RENTERIA</t>
   </si>
   <si>
     <t>EDWIN VALENCIA TEJEIRA</t>
   </si>
   <si>
     <t>EDWINTON  PIZANGO ISUIZA</t>
   </si>
   <si>
     <t>00115410</t>
   </si>
   <si>
     <t>EDYSA INGENIEROS SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>PJ. SAN JUAN NRO. 180 URB.  MOYOCOCHA - LOS BAÃOS DEL INCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>EESPP VICTOR ANDRES BELAUNDE</t>
   </si>
   <si>
     <t>EFRIN MARCOS QUISPE HUAYNACHO</t>
   </si>
   <si>
     <t>02525672</t>
@@ -2234,98 +2321,107 @@
   <si>
     <t>ELENA  DEL CASTILLO TUANAMA</t>
   </si>
   <si>
     <t>ELIANA JACKELINE GUZMÃN AVALOS</t>
   </si>
   <si>
     <t>ELIAS MOISES CASTILLO ROMAN</t>
   </si>
   <si>
     <t>ELIZABETH  ABANTO MARIÃOS</t>
   </si>
   <si>
     <t>ELIZABETH  BEJAR SONCO</t>
   </si>
   <si>
     <t>ELIZABETH  GALDOS DUEÃAS</t>
   </si>
   <si>
     <t>ELIZABETH  SUAREZ LUGO</t>
   </si>
   <si>
     <t>ELIZABETH GIOVANNA OPORTO BOLAÃOS</t>
   </si>
   <si>
+    <t>ELIZABETH GUADALUPE GONZALES CONDORI</t>
+  </si>
+  <si>
     <t>ELIZABETH MIRIAM COILA CASTILLO</t>
   </si>
   <si>
     <t>ELIZABETH YEIN VILLANUEVA RAMIREZ</t>
   </si>
   <si>
     <t>ELMER ELIAS GUEVARA NUÃEZ</t>
   </si>
   <si>
     <t>ELMER YAVE ARO RODRIGUEZ</t>
   </si>
   <si>
     <t>ELSA  BUSTAMANTE PINTO</t>
   </si>
   <si>
     <t>ELSA RICARDINA VASQUEZ LAZO</t>
   </si>
   <si>
     <t>02644940</t>
   </si>
   <si>
     <t>ELVA BOUTIQUE Y SERVICIOS GENERALES S.A.C.</t>
   </si>
   <si>
     <t xml:space="preserve">AV. IGNACIA SCHAEFFER NRO. 323 A.H.  ANDRES RAZURI  (AVENIDA PRINCIPAL FRENTE A SABI PLAZA) - TAMBO </t>
   </si>
   <si>
     <t>ELVA MARINA CAMPOS VILLALOBOS DE RIOS</t>
   </si>
   <si>
     <t>ELVIS ELOY GONZALES QUISPE</t>
   </si>
   <si>
     <t>EMBOTELLADORA SAN MIGUEL DEL NORTE EIRL</t>
   </si>
   <si>
     <t>PJ. JOSE BALTA NRO. 123 A.H.  PAMPA GRANDE - TUMBES - TUMBES - TUMBES</t>
   </si>
   <si>
     <t>EMIA LORENA LOPEZ SOLORZANO</t>
   </si>
   <si>
     <t>EMILIA  BARRA QUIROGA</t>
   </si>
   <si>
     <t>EMMANUEL  ZAVALETA SANTISTEBAN</t>
   </si>
   <si>
+    <t>EMP MAN SERV TRABAJOS MULTIPLES SCRLTDA</t>
+  </si>
+  <si>
+    <t>AV. MIGUEL GRAU NRO. 600 (COSTADO DE LA DISTRIBUIDORA INKA KOLA) - SANTA ROSA DE SACCO - YAULI - JUN</t>
+  </si>
+  <si>
     <t>EMP REG DE SERV PUBLICO DE ELECTRICIDAD</t>
   </si>
   <si>
     <t>AV. GENERAL EP AUGUSTO FREYRE NRO. 1168 - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>EMP.MUNICIPAL DE SANEAMIENTO BASICO PUNO S A</t>
   </si>
   <si>
     <t>JR. ARICA NRO. 115 (ESQ JR FRISANCHO 195 BR. CHACARILLA ALTA) - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>EMP.REG.SERV.PUB.ELECT.ELECTROSUR S.A.</t>
   </si>
   <si>
     <t>CAL.ZELA NRO. 408 CERCADO - TACNA - TACNA - TACNA</t>
   </si>
   <si>
     <t>EMPRESA COMUNAL DE SERVICIOS MULTIPLES QUIULACOCHA</t>
   </si>
   <si>
     <t>AV. PROGRESO NRO. 114 ANEXO QUIULACOCHA  (A 15 METROS DE LA PLAZA 28 DE JULIO) - SIMON BOLIVAR - PAS</t>
   </si>
   <si>
     <t>EMPRESA CONSTRUCTORA DELICIA E.I.R.L.</t>
@@ -2390,50 +2486,53 @@
   <si>
     <t>EMPRESA OSAKI PERU EIRL</t>
   </si>
   <si>
     <t>JR JOSE OLAYA NRO 114 URB TUPAC AMARU SAN MARTIN TOCACHE TOCACHE</t>
   </si>
   <si>
     <t>EMPRESA PRESTADORA DE SERVICIOS DE SANEAMIENTO DE MOYOBAMBA SOCIEDAD ANÃNIMA</t>
   </si>
   <si>
     <t>CAL.SAN LUCAS NRO. S/N (ESPALDAS DEL HOSPITAL GENERAL CUADRA01) - MOYOBAMBA - MOYOBAMBA - SAN MARTIN</t>
   </si>
   <si>
     <t>EMPRESA REGIONAL DE SERVICIO PUBLICO DE ELECTRICIDAD ELECTRONORTEMEDIO SOCIEDAD ANONIMA</t>
   </si>
   <si>
     <t>JR. SAN MARTIN NRO. 831 - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>EMSAPA YAULI LA OROYA S.R.L.</t>
   </si>
   <si>
     <t>JR. TARMA NRO. 275 - LA OROYA - YAULI - JUNIN</t>
   </si>
   <si>
+    <t>ENRIQUE DEL CARMEN OLANO DIAZ</t>
+  </si>
+  <si>
     <t>ENZO PARCEMON CORDOVA HERRERA</t>
   </si>
   <si>
     <t>EPIFANIA OLGA CHOQUE MAMANI</t>
   </si>
   <si>
     <t>EPS CHAVIN S.A.</t>
   </si>
   <si>
     <t>AV. DIEGO FERRER NRO. SN BARRIO LA SOLEDAD  (SOLEDAD ALTA) - HUARAZ - HUARAZ - ANCASH</t>
   </si>
   <si>
     <t>EPS EMAQ S.A.</t>
   </si>
   <si>
     <t>AV. NICANOR LARREA NRO. 337 (COSTADO PENAL SAN JOAQUIN -QUILLABAMBA) - SANTA ANA - LA CONVENCION - C</t>
   </si>
   <si>
     <t>EPS SEDA HUANUCO S.A.</t>
   </si>
   <si>
     <t>JR. DAMASO BERAUN NRO. 545 HUANUCO  (COSTADO  EX - CINE HUANUCO) - HUANUCO - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>EPS SEDAM HUANCAYO S.A.</t>
@@ -2462,69 +2561,69 @@
   <si>
     <t>ERICA LUCY MILLONES ALBA</t>
   </si>
   <si>
     <t>ERICK ALBERTO MEZA RODRIGUEZ</t>
   </si>
   <si>
     <t>ERICK ALEXANDER ZAMUDIO SAAVEDRA</t>
   </si>
   <si>
     <t>ERICK DENNIS HUMBO SALAZAR</t>
   </si>
   <si>
     <t>ERICK EDUARDO VERGARA HONORES</t>
   </si>
   <si>
     <t>ERICSON  NATHALS SOLIS</t>
   </si>
   <si>
     <t>02822868</t>
   </si>
   <si>
     <t>ERIKA LUCILA FERNANDEZ CONDO</t>
   </si>
   <si>
+    <t>ERIKA NELLY MONTOYA VEGA</t>
+  </si>
+  <si>
     <t>ERIKA PAOLA ESPINOZA RAMÃREZ</t>
   </si>
   <si>
     <t>ERIKA VANESSA BOY SIPIRAN</t>
   </si>
   <si>
     <t>EROS SALVADOR BRICEÃO LOPEZ</t>
   </si>
   <si>
     <t>ESCUELA DE CONDUCTORES INTEGRALES GOLDEN CAR E.I.R.L.</t>
   </si>
   <si>
     <t>AV. MOCHE NRO. 539 URB.  SANTA MARIA - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
-    <t>ESCUELA DE EDUCACION SUPERIOR PEDAGOGICA PUBLICA "MONSEÃOR ELIAS OLAZAR"</t>
-[...2 lines deleted...]
-    <t>CALLE PROLONGACION LIBERTAD #1234 LORETO --ALTOAMAZONAS-- YURIMAGUAS</t>
+    <t>ESCUELA PEDAGOGICA PUBLICA MONSEÃOR ELIAS OLAZAR -YURIMAGUAS</t>
   </si>
   <si>
     <t>ESTACION DE SERVICIOS SAN JOSE S.A.C.</t>
   </si>
   <si>
     <t>AV. GRAU NRO. 1602 - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>ESTACION DE SERVICIOS SANTA CECILIA S A</t>
   </si>
   <si>
     <t>AV. MARISCAL CASTILLA NRO. 2699 PARQUE INDUSTRIAL  (ESQ MCAL CASTILLA) - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>ESTEFANY  FLORES GUEVARA</t>
   </si>
   <si>
     <t>ESTEFANY BANESA HUARCAYA SOSA</t>
   </si>
   <si>
     <t>ESTEFANY EDITH BALCAZAR RENTERIA</t>
   </si>
   <si>
     <t>ESTHER OLGA QUISPE SANTILLAN</t>
   </si>
@@ -2711,51 +2810,51 @@
   <si>
     <t>FLOR MELINA SACHUN GARCIA</t>
   </si>
   <si>
     <t>FLORA MARLENE VASQUEZ VILCA</t>
   </si>
   <si>
     <t>FLORES PALACIOS FILOMENA</t>
   </si>
   <si>
     <t>FLORITA IDANIA SAAVEDRA CHAVEZ</t>
   </si>
   <si>
     <t>FONDO DE EMPLEADOS DE LA SUPERINTENDENCIA NACIONAL DE ADUANAS Y DE ADMINISTRACION TRIBUTARIA</t>
   </si>
   <si>
     <t>CAL.OCHARAN NRO. 176 (OCHARAN 192 ESQUINA CON SAN MARTIN) - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>FONDO DE PRESTACIONES ASISTENCIALES Y SERVICIOS FUNERARIOS DE LOS TRABAJADORES, PENSIONISTAS Y EX</t>
   </si>
   <si>
     <t>JR. TEODORO CARDENAS NRO. 130 - LIMA - LIMA - LIMA</t>
   </si>
   <si>
-    <t>FONDO DE RETIRO Y FALLECIMIENTO DE LOS TRABAJADORES,PENSIONISTAS Y EX TRABAJAD. DEL SEGURO SOCIAL DE</t>
+    <t>FONDO DE RETIRO Y FALLECIMIENTO DE LOS TRABAJADORES, PENSIONISTAS Y EX TRABAJADORES DEL SEGURO SOCIA</t>
   </si>
   <si>
     <t>JR. TEODORO CARDENAS NRO. 130 URB.  SANTA BEATRIZ  (CDRA 13 ARENALES) - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>FONDO REGIONAL CONTRA ACCIDENTES DE TRANSITO NUEVO ORIZONTE</t>
   </si>
   <si>
     <t>FORMABIAP</t>
   </si>
   <si>
     <t>CAL.ABTAO NRO. 1715 - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>FRANCISCO  GUABLOCHE VILLAVERDE</t>
   </si>
   <si>
     <t>FRANCISCO  OLIVARES SANCHEZ</t>
   </si>
   <si>
     <t>-URB.CACERESARAMAYO MZ D1LT. 05 ANCASH,NUEVO CHIMBOTE</t>
   </si>
   <si>
     <t>FRANCISCO ERASMO VILCHEZ RODRIGUEZ</t>
   </si>
@@ -2807,77 +2906,86 @@
   <si>
     <t>JR. LA MERCED NRO. 1028 (ENTRE AV. HUANCAVELICA Y 13 DE NOVIEMBRE) - EL TAMBO - HUANCAYO - JUNIN</t>
   </si>
   <si>
     <t>GABRIEL ABRAHAM DIAZ FLORES</t>
   </si>
   <si>
     <t>GABRIELA DEL PILAR RIOS LAZARO</t>
   </si>
   <si>
     <t>GARCIA MIRANDA WILBERT</t>
   </si>
   <si>
     <t>GATRADE S.A.C.</t>
   </si>
   <si>
     <t>CAL.SAN MARTIN DE PORRES NRO. 173 URB.  SAN ANDRES II ETAPA - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>GEAN FRANCO GUTIERREZ QUISPE</t>
   </si>
   <si>
     <t>GENARO  ONOFRE HUANQQUE</t>
   </si>
   <si>
+    <t>GENESIS ANNIE MURRIETA MANUYAMA</t>
+  </si>
+  <si>
     <t>GENI JAVIER CUEVA CARAMANTIN</t>
   </si>
   <si>
     <t>GEOFUSION INGENIERIA Y SERVICIOS GENERALES SRL</t>
   </si>
   <si>
     <t>AV. MANUEL IBAÃEZ ROSSASA NRO. S/N VILLA UNIVERSITARIA - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>GEOMG S.A.C.</t>
   </si>
   <si>
     <t>MZA. J2 LOTE. 8 URB.  LOS HEROES  (POR OVALO FAMILIA,ALTURA HOSTAL LEO) - NUEVO CHIMBOTE - SANTA - A</t>
   </si>
   <si>
     <t>GEORGE PEPE GALLARDO GONZALES</t>
   </si>
   <si>
     <t>GEORGE SADDAM PACHECO OVIEDO</t>
   </si>
   <si>
     <t>GEOTECNIA &amp; CONSTRUCCION SERVICIOS GENERALES S.A.C.</t>
   </si>
   <si>
     <t>MZA. Ã LOTE. 6 URB.  VILLA CONTADOR  (VIA DE EVITAMIENTO FRENTE A MAGI PISCINA) - TRUJILLO - TRUJILL</t>
   </si>
   <si>
+    <t>GERENCIA INGENIERIA DE PROYECTOS Y SOLUCIONES AMBIENTALES SOCIEDAD ANONIMA CERRADA</t>
+  </si>
+  <si>
+    <t>MZA. F LOTE. 14 APV.  VILLA CHEN CHEN  (AL COSTADO DE VILLA FRANCIA) - MOQUEGUA - MARISCAL NIETO - M</t>
+  </si>
+  <si>
     <t>GERENCIA REGIONAL DE AGRICULTURA</t>
   </si>
   <si>
     <t>AV. PROL. UNION NRO. 2562 URB.  CHIMU - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE DESARROLLO AGRARIO Y RIEGO</t>
   </si>
   <si>
     <t>CAL.RICARDO PALMA NRO. 113 - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE EDUCACION</t>
   </si>
   <si>
     <t>CAL.MALECON TARAPACA NRO. 346 (ENTRE MORONA Y SARGENTO LORES) - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE EDUCACION DEL GOBIERNO REGIONAL DE AREQUIPA</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE EDUCACION LA LIBERTAD</t>
   </si>
   <si>
     <t>AV. AMERICA SUR NRO. 2870 URB.  LA PERLA - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
@@ -2894,59 +3002,59 @@
   <si>
     <t>AV. DE LA CULTURA NRO. SN URB.  HOSPITAL REGIONAL  (COSTADO DEL HOSPITAL REGIONAL) - CUSCO - CUSCO -</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE SALUD DE LORETO</t>
   </si>
   <si>
     <t>AV. COLONIAL MZA. B LOTE. 21 - PUNCHANA - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE SALUD DEL GOBIERNO REGIONAL DE AREQUIPA</t>
   </si>
   <si>
     <t>AV. DANIEL ALCIDES CARRION NRO. 505 (DETRAS PAB.PSIQUIATRIA HOSP.H. DELGADO) - AREQUIPA - AREQUIPA -</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE SALUD LA LIBERTAD</t>
   </si>
   <si>
     <t>CAL.LAS GEMAS NRO. 143 URB.  SANTA INES - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>GERENCIA REGIONAL DE TRANSPORTES Y COMUNICACIONES</t>
   </si>
   <si>
+    <t>AV. GUARDIA CIVIL NRO. 702 URB.  GUARDIA CIVIL - PAUCARPATA - AREQUIPA - AREQUIPA</t>
+  </si>
+  <si>
+    <t>AV. QUIÃONEZ NRO. 3.5 (EN EL MINISTERIO DE TRANSPORTES) - SAN JUAN BAUTISTA - MAYNAS - LORETO</t>
+  </si>
+  <si>
     <t>AV. MICAELA BASTIDAS NRO. 480 - WANCHAQ - CUSCO - CUSCO</t>
   </si>
   <si>
-    <t>AV. QUIÃONEZ NRO. 3.5 (EN EL MINISTERIO DE TRANSPORTES) - SAN JUAN BAUTISTA - MAYNAS - LORETO</t>
-[...4 lines deleted...]
-  <si>
     <t>GERENCIA REGIONAL DE TRANSPORTES Y COMUNICACIONES LA LIBERTAD</t>
   </si>
   <si>
     <t>AV. MOCHE NRO. 452 URB.  TORRES ARAUJO - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>GERENCIA SUB REGIONAL CHANKA</t>
   </si>
   <si>
     <t>JR. TUPAC AMARU NRO. 374 (A MEDIA CDRA DE LAMPA DE ORO C1P) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>GEREVARO CONSTRUCCIONES Y SERVICIOS GENERALES E.I.R.L.</t>
   </si>
   <si>
     <t>MZA. C LOTE. 19 URB.  JOSE LISHNER TUDELA  (DETRAS DE LA POSTA MEDICA) - TUMBES - TUMBES - TUMBES</t>
   </si>
   <si>
     <t>GERMAN  MOLINA FERRO</t>
   </si>
   <si>
     <t>GERSON HERNAN NOBLEJAS ALVAREZ</t>
   </si>
   <si>
     <t>GESTION Y CALIDAD EDUCATIVA E.I.R.L.</t>
@@ -3155,143 +3263,158 @@
   <si>
     <t>GRUPO CCOICCA SAC</t>
   </si>
   <si>
     <t>PRO.7 DE JUNIO NRO. 1455 A.V.  PLAYA PESCADOR  (SUM83161793) - PICHANAQUI - CHANCHAMAYO - JUNIN</t>
   </si>
   <si>
     <t>GRUPO ETECO E.I.R.L</t>
   </si>
   <si>
     <t xml:space="preserve">AV. MARCO CALDERON MEDRANO MZA. A1 LOTE. 3 DPTO. 202 URB.  ANTONIA MORENO DE CACERES - VENTANILLA - </t>
   </si>
   <si>
     <t>GRUPO FOR GROW CONSTRUCTORES Y CONSULTORES S.R.L</t>
   </si>
   <si>
     <t>JR. INCA GARCILAZO DE LA VEGA CD.05 NRO. . PBLO. HUAMACHUCO  (A DOS CDRA DE MERCADO DE ABASTOS) - HU</t>
   </si>
   <si>
     <t>GRUPO LIVIC INGENIERIA Y CONSTRUCCION SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>CAL.HERMANOS AYAR MZA. G LOTE. 14 APV.  DIGNIDAD NACIONAL  (COSTADO DERECHO CUYERIA ALEGRIA PTA GRIS</t>
   </si>
   <si>
+    <t>GRUPO LOZANO &amp; CAMPOSANO SOCIEDAD ANONIMA CERRADA</t>
+  </si>
+  <si>
+    <t>MZA. A LOTE. 7 A.H.  SANTA CRUZ DE HUAYCAN  (ZONA C UCV 270) - ATE - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>GRUPO VILVEL S.A.C.</t>
   </si>
   <si>
     <t>CAL.LOS NOGALES NRO. 220 URB.  FATIMA - VICTOR LARCO HERRERA - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>GRUPO VIRGEN DE ASUNCION S.R.L.</t>
   </si>
   <si>
     <t>PJ. SOLIDARIDAD BELLAVISTA F - 200 NRO. S/N A.V.  PARAISO ESCONDIDO - BELLAVISTA  (ULTIMA CASA CERCA</t>
   </si>
   <si>
     <t>GUDY MARITZA PATIÃO HUAYCOCHEA</t>
   </si>
   <si>
     <t>GUEVARA FLORES GEAN FRANCO</t>
   </si>
   <si>
     <t>GUIDO ORLANDO CERVANTES CALDERON</t>
   </si>
   <si>
     <t>GUILLERMO  BAUTISTA RAMOS</t>
   </si>
   <si>
     <t>GUILLERMO SALVADOR SALCEDO GALARRETA</t>
   </si>
   <si>
     <t>GUILLERMO TOMAS VASQUEZ CASTILLO</t>
   </si>
   <si>
     <t>02669276</t>
   </si>
   <si>
     <t>GUIOVANNA MARIA WONG TERRONES</t>
   </si>
   <si>
     <t>07613738</t>
   </si>
   <si>
     <t>GUSTAVO ADOLFO FLORES BURGA</t>
   </si>
   <si>
     <t>GUSTAVO HAROLD ITA ROLLER</t>
   </si>
   <si>
+    <t>GUSTAVO JOE MATTA NUÃEZ</t>
+  </si>
+  <si>
     <t>GUSTAVO NOLBERTO SAAVEDRA VALLADOLID</t>
   </si>
   <si>
     <t>GUTIERREZ TAPIA MILTON</t>
   </si>
   <si>
     <t>GUZMAN LIÃAN LUIS ALBERTO</t>
   </si>
   <si>
     <t>H &amp; H CONSTRUCTORA &amp; CONSULTORA SAC</t>
   </si>
   <si>
     <t>CAL.CALDERON DE LA BARCA NRO. 123 SEC.  FLOR DEL CAFE - JAEN - JAEN - CAJAMARCA</t>
   </si>
   <si>
     <t>HALLASI APARICIO JAVIER</t>
   </si>
   <si>
     <t>HANNZ ENRIQUE ESPINOZA JARA</t>
   </si>
   <si>
     <t>HANS ANTONIO ACOSTA ARGUEDAS</t>
   </si>
   <si>
     <t>02446107</t>
   </si>
   <si>
     <t>HANS WESLEY SORIANO SANCHEZ</t>
   </si>
   <si>
     <t>HARRY MANUEL PINEDA TUEROS</t>
   </si>
   <si>
     <t>HAYDEE  MACEDO ARGANDOÃA</t>
   </si>
   <si>
     <t>01314735</t>
   </si>
   <si>
     <t>HEBERT FELIPE DE JESUS EUSTAQUIO</t>
   </si>
   <si>
     <t>HECTOR HUGO MIRANDA TEJADA</t>
   </si>
   <si>
     <t>HENRRY  ARAGON CARBAJAL</t>
   </si>
   <si>
+    <t>HENRRY LUIS PINTO VALDIVIA</t>
+  </si>
+  <si>
+    <t>04640924</t>
+  </si>
+  <si>
     <t>HENRY TEJADA</t>
   </si>
   <si>
     <t>HENRY WILLIAM TUEROS AMAO</t>
   </si>
   <si>
     <t>HERBERT CRISTIAN HINOJOSA VIEYRA</t>
   </si>
   <si>
     <t>HEXAGON MINING PERU S.A.C.</t>
   </si>
   <si>
     <t>AV. LA ENCALADA NRO. 1388 INT. 501 URB.  LIMA POLO HUNT  (OFICINA 501-CTADO.EMBAJADA DE EEUU) - SANT</t>
   </si>
   <si>
     <t>HIDROELECTRIK CENTER SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>PJ. LAS FLORES KM. LL MZA. 8 SEC.  8 - CERRO COLORADO - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>HILARY ANNEL MARIÃO VILLANUEVA</t>
   </si>
   <si>
     <t>HILDA CRISTINA SEVILLANO CHACALTANA</t>
@@ -3437,50 +3560,56 @@
   <si>
     <t>INES VILMA PAREJA MARTINEZ</t>
   </si>
   <si>
     <t>08124263</t>
   </si>
   <si>
     <t>INFINITE SPEED TELECOMUNICACIONES SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. 28 DE JULIO MZA. D LOTE. 13 (POR LA DISTRIBUIDORA ATACHAGUA) - PILLCO MARCA - HUANUCO - HUANUCO</t>
   </si>
   <si>
     <t>INFODECK PERU SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. H LOTE. 3 URB.  LA ALBORADA  (A UNA CUADRA DEL RESTAURANTE LA ISLA) - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>INGENIA ASOCIADOS SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. CIRCUNVALACION DEL GOLF LOS INCAS TORRE III NRO. 208 DPTO. 1104 INT. B URB.  CLUB GOLF LOS INCAS</t>
   </si>
   <si>
+    <t>INGENIERIA EN MANTENIMIENTO PREDICTIVO Y TECNOLOGIA S.A.C.</t>
+  </si>
+  <si>
+    <t>AV. AVIACIÃN NRO. 604 DPTO. 307 RES.  VIVE 500 TORRE 3 - CERRO COLORADO - AREQUIPA - AREQUIPA</t>
+  </si>
+  <si>
     <t>INGRID CONSUELO RIVERA FONSECA</t>
   </si>
   <si>
     <t>INNOVACIONES MEDICAS SRL</t>
   </si>
   <si>
     <t>AV. ALFREDO BENAVIDES NRO. 1586 INT. 2Âº P (ALT. EWONG REP. DE PANAMA Y BENAVIDES) - MIRAFLORES - LIM</t>
   </si>
   <si>
     <t>INSTITUCION TECNOLOGICA DE LA AMAZONIA S.A.C.</t>
   </si>
   <si>
     <t>JR. LAS MERCEDES NRO. 154 - MANANTAY - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>INSTITUTO DE DEFENSA LEGAL</t>
   </si>
   <si>
     <t>AV. PARDO Y ALIAGA NRO. 272 (ALTURA CUADRA 4 Y 5 DE AV.SANTA CRUZ) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>INSTITUTO DE EDUCACION SUPERIOR TECNOLOGICO PUBLICO DE NARANJILLO</t>
   </si>
   <si>
     <t>PJ. EL CARMEN MZA. 18 LOTE. 080 CPM NARANJILLO  (COLINDA CON I.E PRIMARIA VICTOR REYES RO) - LUYANDO</t>
@@ -3488,50 +3617,56 @@
   <si>
     <t>INSTITUTO DE EDUCACION SUPERIOR URUSAYHUA SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. QUILLABAMBA NRO. 110 - SANTA ANA - LA CONVENCION - CUSCO</t>
   </si>
   <si>
     <t>INSTITUTO DE INVESTIGACIONES DE LA AMAZONIA PERUANA</t>
   </si>
   <si>
     <t>AV. JOSÃ ABELARDO QUIÃONES KM. 2.5 - SAN JUAN BAUTISTA - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>INSTITUTO NACIONAL DE INNOVACION AGRARIA</t>
   </si>
   <si>
     <t>AV. LA MOLINA NRO. 1981 (FRENTE UNIVERSIDAD AGRARIA LA MOLINA) - LA MOLINA - LIMA - LIMA</t>
   </si>
   <si>
     <t>INSTITUTO NACIONAL DE SALUD</t>
   </si>
   <si>
     <t>AV. DEFENSORES DEL MORRO NRO. 2268 (A 8 CDS.CARCEL DE MUJERES STA.MONICA) - CHORRILLOS - LIMA - LIMA</t>
   </si>
   <si>
+    <t>INSTITUTO TECNOLOGICO DE LA PRODUCCION</t>
+  </si>
+  <si>
+    <t>AV. REPÃBLICA DE PANAMÃ OFICINA 501 NRO. 3418 URB.  LIMATAMBO - SAN ISIDRO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>INTEGRAL MEDIC GROUP S.A.C.</t>
   </si>
   <si>
     <t>JR. TARAPACA NRO. 812 (COSTADO DE AGENCIA DE VIAJE SUY SUY) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>INTI  CARAZAS ESTRADA</t>
   </si>
   <si>
     <t>INVERSIONES D &amp; D VILLANUEVA S.A.C.</t>
   </si>
   <si>
     <t>AV. ESPAÃA NRO. 1276 OTR.  CENTRO HISTORICO DE TRUJILLO  (FRENTE AL COLEGIO MODELO) - TRUJILLO - TRU</t>
   </si>
   <si>
     <t>INVERSIONES DENTALES LDK S.R.L.</t>
   </si>
   <si>
     <t>AV. PERU PSJE G5-8 NRO. S/N VLL.  SAN JACINTO  (AVENIDA PERU CON AVENIDA TACNA) - JULIACA - SAN ROMA</t>
   </si>
   <si>
     <t>INVERSIONES DISTRIBUCIONES E INDUSTRIAS AZURIN SOCIEDAD COMERCIAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. PRADO ALTO NRO. 519 (CT DISTRIBUID AZURIN CSA2P BLANCOGRIS) - ABANCAY - ABANCAY - APURIMAC</t>
@@ -3539,50 +3674,56 @@
   <si>
     <t>INVERSIONES GENERALES PERU PACIFICO E.I.R.L.</t>
   </si>
   <si>
     <t>JR. ELIAS AGUIRRE NRO. 441 (CENTRO CERCADO POR EL PERUANITO) - CHIMBOTE - SANTA - ANCASH</t>
   </si>
   <si>
     <t>INVERSIONES JACHIS E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.PRUMUVI MZA. T LOTE. 2 APV.  EL MIRADOR - SAN ANTONIO - MARISCAL NIETO - MOQUEGUA</t>
   </si>
   <si>
     <t>INVERSIONES KANJU S.A.C.</t>
   </si>
   <si>
     <t>OTR.IV ETAPA MZA. O LOTE. 3 A.H.  CIUDADELA DE NOE - TUMBES - TUMBES - TUMBES</t>
   </si>
   <si>
     <t>INVERSIONES RAMIAS SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. CIUDAD DE LA PAZ NRO. 393 (BR. SAN MARTIN-ESQUINA CON LEONCIO PRADO) - PUNO - PUNO - PUNO</t>
   </si>
   <si>
+    <t>INVERSIONES Y CONSULTORIA H &amp; P SAC</t>
+  </si>
+  <si>
+    <t>JR. IQUITOS NRO. 252 OTR.  BALNEARIO BUENOS AIRES SUR - VICTOR LARCO HERRERA - TRUJILLO - LA LIBERTA</t>
+  </si>
+  <si>
     <t>IRAIDA JUANA MIRANDA ALMONACID</t>
   </si>
   <si>
     <t>IRENE VIOLETA SANDOVAL RAMIREZ</t>
   </si>
   <si>
     <t>IRIS CELESTINA BORJA OBREGON</t>
   </si>
   <si>
     <t>IRMA  PILCO MORI</t>
   </si>
   <si>
     <t>00002004</t>
   </si>
   <si>
     <t>IRMA HAYDEE DURAND PECHE</t>
   </si>
   <si>
     <t>IRWING ADRIAN LOPEZ ROJAS</t>
   </si>
   <si>
     <t>ISABEL  MELGAR RUIZ</t>
   </si>
   <si>
     <t>ISABEL MARCIA ALIAGA RUIZ</t>
@@ -3614,77 +3755,86 @@
   <si>
     <t>IVAN JOSUE RIVERA VILLA</t>
   </si>
   <si>
     <t>IVAN LUIS MACHUCA SEDANO</t>
   </si>
   <si>
     <t>IVAN OSCAR ALVARO RAFAEL</t>
   </si>
   <si>
     <t>IVAN RIVERA VILLA</t>
   </si>
   <si>
     <t>JACINTO  PEREZ VELA</t>
   </si>
   <si>
     <t>00043533</t>
   </si>
   <si>
     <t>JACKELINE FIORELLA CAMPOS POMA</t>
   </si>
   <si>
     <t>JACKQUELINE BERTHA LEYVA QUISPE</t>
   </si>
   <si>
+    <t>JACQUELINE ESTHER ESPINALES ARMAS</t>
+  </si>
+  <si>
     <t>JAIME  MARQUEZ TICONA</t>
   </si>
   <si>
     <t>JAIME ALBERTO PANTIGOZO MONTES</t>
   </si>
   <si>
     <t>JAIME ANTONIO CENTURION BECERRA</t>
   </si>
   <si>
     <t>JAIME MIGUEL RUIZ DE LOAYZA</t>
   </si>
   <si>
     <t>05254108</t>
   </si>
   <si>
     <t>JAIME YVAN SAMPEN ANTONIO</t>
   </si>
   <si>
     <t>08171493</t>
   </si>
   <si>
     <t>JAMES CRISTIAN PAZ VIZCARRA</t>
   </si>
   <si>
     <t>JAMES STEVEN TORIBIO POLANCO</t>
   </si>
   <si>
+    <t>JANETH  RAMÃREZ RAMÃREZ</t>
+  </si>
+  <si>
+    <t>01118054</t>
+  </si>
+  <si>
     <t>JARA Y ASOCIADOS CONTADORES PUBLICOS SOCIEDAD CIVIL</t>
   </si>
   <si>
     <t>AV. CAMINOS DEL INCA NRO. 244 INT. 201 URB.  TAMBO DE MONTERRICO - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>JAVIER GUIDO CHATA QUENTA</t>
   </si>
   <si>
     <t>00507237</t>
   </si>
   <si>
     <t>JAVIER OSWALDO JULCAMORO YOPLA</t>
   </si>
   <si>
     <t>JEAN SAIR QUINTANA CUBAS</t>
   </si>
   <si>
     <t>JEANETTE DOMITILA DIAZ VARGAS</t>
   </si>
   <si>
     <t>JEANS ARNOL VELAZCO HIDALGO</t>
   </si>
   <si>
     <t>JEEMP COMPANY E.I.R.L.</t>
@@ -3731,50 +3881,53 @@
   <si>
     <t>-TACNA</t>
   </si>
   <si>
     <t>JESSICASAVILCA EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>CAL.LIMA NRO. 373 DPTO. 2 (FRENTE A CETURGH) - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>JESUS  GOMEZ CHOTA</t>
   </si>
   <si>
     <t>JESUS ALBERTO HUASACCA ALBITES</t>
   </si>
   <si>
     <t>JESUS DAVID RODRIGUEZ QUINCHO</t>
   </si>
   <si>
     <t>JESUS ELIZABETH PILCO PILCO</t>
   </si>
   <si>
     <t>00488813</t>
   </si>
   <si>
+    <t>JESUS WILFREDO GUILLEN BERROSPI</t>
+  </si>
+  <si>
     <t>JHANPIERS  CHANCAFE GUEVARA</t>
   </si>
   <si>
     <t>JHEYSON AMILCAR MAQUERA MENGOA</t>
   </si>
   <si>
     <t>JHIMY ROOSBELD SOTO TRELLES</t>
   </si>
   <si>
     <t>JHINA  AREVALO TANTAHUATAY</t>
   </si>
   <si>
     <t>JHON ENRIQUE OSCANOA VENTOCILLA</t>
   </si>
   <si>
     <t>JHON LENON AGUILAR ACARO</t>
   </si>
   <si>
     <t>JHONNY JESUS CHILENO QUICHE</t>
   </si>
   <si>
     <t>JIAN ZHOU</t>
   </si>
   <si>
     <t>JIMMY  LOZANO CAMPOSANO</t>
@@ -4022,50 +4175,53 @@
   <si>
     <t>MOQUEGUA</t>
   </si>
   <si>
     <t>JUAN CARLOS MEDINA TORRES</t>
   </si>
   <si>
     <t>JUAN CARLOS RAMIREZ PAIMA</t>
   </si>
   <si>
     <t>05356686</t>
   </si>
   <si>
     <t>JUAN CARLOS TORRES VASQUEZ</t>
   </si>
   <si>
     <t>JUAN CARLOS VERASTEGUI PORTILLA</t>
   </si>
   <si>
     <t>JUAN CARLOS VILCA TELLO</t>
   </si>
   <si>
     <t>05415535</t>
   </si>
   <si>
+    <t>JUAN DIEGO ALEXIS GUEVARA TORRES</t>
+  </si>
+  <si>
     <t>JUAN EDUARDO BRICEÃO SANCHEZ</t>
   </si>
   <si>
     <t>JUAN ENRIQUE LLERENA FLORES</t>
   </si>
   <si>
     <t>JUAN FRANCISCO MOGOLLON CASTILLO</t>
   </si>
   <si>
     <t>JUAN FRANCO MENDOZA BUSTINZA</t>
   </si>
   <si>
     <t>JUAN HERMAN FARIAS FEIJOO</t>
   </si>
   <si>
     <t>JUAN IVAN CONTRERAS ABARCA</t>
   </si>
   <si>
     <t>JUAN JULIO BARROSO MARREROS</t>
   </si>
   <si>
     <t>JUAN LUIS OCHOA JARA</t>
   </si>
   <si>
     <t>JUAN MANUEL CAMACHO ARBAIZA</t>
@@ -4121,56 +4277,65 @@
   <si>
     <t>JULIO CESAR REBAZA VILCHEZ</t>
   </si>
   <si>
     <t>JULIO CESAR VARGAS MILHO</t>
   </si>
   <si>
     <t>05594388</t>
   </si>
   <si>
     <t>JULIO CHAVEZ GIL</t>
   </si>
   <si>
     <t>00947436</t>
   </si>
   <si>
     <t>JULIO ENRIQUE DIAZ LAURA</t>
   </si>
   <si>
     <t>JULIO GREGORIO PEÃA QUEVEDO</t>
   </si>
   <si>
     <t>JULIO LORENZO ZEGARRA YAÃEZ</t>
   </si>
   <si>
+    <t>JULIO MARTIN RAMIREZ CESTI</t>
+  </si>
+  <si>
     <t>JULIO MIGUEL CHANGANAQUI ARRIAGA</t>
   </si>
   <si>
     <t>JULISSA ELIZABETH CHAVEZ HERRERA</t>
   </si>
   <si>
+    <t>JUNTA NACIONAL DE PALMA ACEITERA DEL PERU</t>
+  </si>
+  <si>
+    <t>AV. GENERAL ALVAREZ ARENALES NRO. 395 INT. 705 - LIMA - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>JURADO ARANGO SATURNINO</t>
   </si>
   <si>
     <t>JURADO BOZA JOHNNY RONALD</t>
   </si>
   <si>
     <t>JURADO NACIONAL DE ELECCIONES</t>
   </si>
   <si>
     <t>JR. LAMPA NRO. 946 (ALTURA CUADRA 10 AV. NICOLAS DE PIEROLA) - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>JVJ SERVICE ORIENTE S.A.C.</t>
   </si>
   <si>
     <t>JR. INMACULADA/ZAVALA NRO. 198 (FRENTE AL HOTEL QALLWA) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>KAMUY PERÃ TRAVEL E.I.R.L.</t>
   </si>
   <si>
     <t>MZA. B LOTE. 9 COO.  GLORIA 4 - AREQUIPA - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>KAREM STEPHANY REYES ZARAZÃ</t>
@@ -4328,59 +4493,68 @@
   <si>
     <t>LEIDY LAURA BLAS ARGOMEDO</t>
   </si>
   <si>
     <t>LEILA ANNE ROQUE TUCTO</t>
   </si>
   <si>
     <t>LENIN ESPRONCEDA FILOMENO CABELLO NIETO</t>
   </si>
   <si>
     <t>LEON  CONDORI VALENCIA</t>
   </si>
   <si>
     <t>LEON, SANTILLAN Y BUSTAMANTE ABOGADOS S. CIVIL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. APURIMAC NRO. 694 INT. INT. BAR.  BR. CUMBE MAYO  (301) - CAJAMARCA - CAJAMARCA - CAJAMARCA</t>
   </si>
   <si>
     <t>LEONARDO  GOMEZ YANQQUE</t>
   </si>
   <si>
     <t>LEONCIO  CACHI RAMIREZ</t>
   </si>
   <si>
+    <t>LEONCITO SOCIEDAD ANONIMA</t>
+  </si>
+  <si>
+    <t>CAL.HUAYNA CAPAC NRO. 1795 - LA VICTORIA - CHICLAYO - LAMBAYEQUE</t>
+  </si>
+  <si>
     <t>LESLY FIORELLA GUZMAN GOMEZ</t>
   </si>
   <si>
     <t>LEYLA LEONOR CAJO LEY</t>
   </si>
   <si>
     <t>LIBNA RUTH CHAVEZ DURAND</t>
   </si>
   <si>
+    <t>LIDIA MILAGROS ZAVALETA TORRES</t>
+  </si>
+  <si>
     <t>LIDIA VICTORIA GOMEZ TIPA</t>
   </si>
   <si>
     <t>00807082</t>
   </si>
   <si>
     <t>LIESEL SISY GOICOCHEA SANCHEZ</t>
   </si>
   <si>
     <t>LILIANA  LEANDRO ZUÃIGA</t>
   </si>
   <si>
     <t>LILIANA MARITA JUSTO TAPIA</t>
   </si>
   <si>
     <t>LILIANA PILAR RODRIGUEZ MENDOZA</t>
   </si>
   <si>
     <t>07624950</t>
   </si>
   <si>
     <t>LILY ISABEL RAMIREZ RAMOS</t>
   </si>
   <si>
     <t>LIMAYMANTA SULCA OSWALDO FIDEL</t>
@@ -4388,68 +4562,74 @@
   <si>
     <t>LINCOLN LEONARDO LEON MARTEL</t>
   </si>
   <si>
     <t>LINDA CAROL VIGO ESCALANTE</t>
   </si>
   <si>
     <t>09947857</t>
   </si>
   <si>
     <t>LINO IVAN VARAS MORENO</t>
   </si>
   <si>
     <t>LIRIAN MARIEL ROSALES AGUILAR</t>
   </si>
   <si>
     <t>LISBETH GIOVANNA LAUREANO AGÃERO</t>
   </si>
   <si>
     <t>LISBETH PINO DUEÃAS</t>
   </si>
   <si>
     <t>LIZ  QUISPE VARGAS</t>
   </si>
   <si>
+    <t>LIZ VERONICA ZAMALLOA GAMBOA</t>
+  </si>
+  <si>
     <t>LIZZETTE GIULY AROTOMA QUICHCA</t>
   </si>
   <si>
     <t>LIZZY GUADALUPE GRIMALDO MAYAUTE</t>
   </si>
   <si>
     <t>LOGICMAT S.A.C.</t>
   </si>
   <si>
     <t>JR. CUSCO NRO. 138 (JR. CUSCO CON JR. 26 DE DICIEMBRE) - TAMBOPATA - TAMBOPATA - MADRE DE DIOS</t>
   </si>
   <si>
     <t>LOPEZ RAMOS PEDRO RAUL</t>
   </si>
   <si>
     <t>LOVON DAVILA ERIC REM</t>
   </si>
   <si>
+    <t>LOZANO CHAVEZ MARITZA ELIZABETH</t>
+  </si>
+  <si>
     <t>LUCHOBARRIOS INGENIERIA &amp; CONSTRUCCION E.I.R.L.</t>
   </si>
   <si>
     <t>JR. VICTOR ANDRES BELAUNDE NRO. 129 - TARAPOTO - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
     <t>LUCIO ISAIAS AGUILAR TERRAZAS</t>
   </si>
   <si>
     <t>LUCRECIA  PARI HUARACALLO</t>
   </si>
   <si>
     <t>02173811</t>
   </si>
   <si>
     <t>LUCY MAGALI REYES SILVA</t>
   </si>
   <si>
     <t>LUCY SONIA MAMANI HUAQUIPACO</t>
   </si>
   <si>
     <t>LUCY VICTORIA ANGULO RAMIREZ</t>
   </si>
   <si>
     <t>05615166</t>
@@ -4583,95 +4763,101 @@
   <si>
     <t>05259834</t>
   </si>
   <si>
     <t>LUISIÃO INOCENTE ROSAS HERRERA</t>
   </si>
   <si>
     <t>LUPE BEATRIZ CASTILLO CRUZ</t>
   </si>
   <si>
     <t>LUQUE ORTIZ LIMBERG WALDYR</t>
   </si>
   <si>
     <t>LUZ ANGELICA MENDOZA MANTILLA</t>
   </si>
   <si>
     <t>LUZ BORRA</t>
   </si>
   <si>
     <t>07554789</t>
   </si>
   <si>
     <t>LUZ ELVIRA JIMENEZ FLORES</t>
   </si>
   <si>
+    <t>LUZ KARINA QUISPE LLAYQUE</t>
+  </si>
+  <si>
     <t>LUZ MAGALY ZAVALETA ASALDE</t>
   </si>
   <si>
     <t>LUZ MARINA SEGURA HUAMANI</t>
   </si>
   <si>
     <t>04621987</t>
   </si>
   <si>
     <t>LUZ MARINA VARGAS LUQUE</t>
   </si>
   <si>
     <t>01230908</t>
   </si>
   <si>
     <t>LUZ MILAGROS ARANGO HUAMANI</t>
   </si>
   <si>
     <t>LUZBENIA  ZAPATA SALDAÃA</t>
   </si>
   <si>
     <t>LUZMILA  HERRERA RAMIREZ DE CHAVEZ</t>
   </si>
   <si>
     <t>02628484</t>
   </si>
   <si>
     <t>LYON SPORT EIRL</t>
   </si>
   <si>
     <t>JR. UCAYALI NRO. 673 - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>M &amp; H GROUP S.A.C.</t>
   </si>
   <si>
     <t>AV. EL DERBY NRO. 250 INT. 1901 URB.  EL DERBY DE MONTERRICO  (TORRE 2 ENTRE AV. OLGIN Y AV. EL DERB</t>
   </si>
   <si>
     <t>MABEL ELIDA ACUÃA MAMANI</t>
   </si>
   <si>
     <t>MABEL YENY ANGULO ROJAS</t>
   </si>
   <si>
+    <t>MACARIO EMILIANO ZACARIAS REYES</t>
+  </si>
+  <si>
     <t>MACHINTEK EIRL</t>
   </si>
   <si>
     <t>MAEDA SAM E.I.R.L.</t>
   </si>
   <si>
     <t>AV. LUZURIAGA NRO. 1190 BAR.  BELÃN  (FRENTE AL HOSPITAL) - HUARAZ - HUARAZ - ANCASH</t>
   </si>
   <si>
     <t>MAGDALENA FREDESVINDA CISTERNA BURGA</t>
   </si>
   <si>
     <t>MAGNA ANTONIETA FLORES PALACIOS</t>
   </si>
   <si>
     <t>08776007</t>
   </si>
   <si>
     <t>MAICKOL ANDRES APOLONY LOLI</t>
   </si>
   <si>
     <t>MAMANI MAMANI JUAN CARLOS</t>
   </si>
   <si>
     <t>MAMLOUK CABRERA TAREK HESHAM</t>
@@ -4721,59 +4907,68 @@
   <si>
     <t>MARCELINA  AMAO APARICIO</t>
   </si>
   <si>
     <t>MARCELINA MERY RIOS LEON</t>
   </si>
   <si>
     <t>MARCIAL  MENDIBAL ZELA</t>
   </si>
   <si>
     <t>02415091</t>
   </si>
   <si>
     <t>MARCO ALFONSO MUÃOZ RODRIGUEZ</t>
   </si>
   <si>
     <t>MARCO ANTONIO HUARICALLA HUAMANI</t>
   </si>
   <si>
     <t>MARCO EDEY ROJAS ROJAS</t>
   </si>
   <si>
     <t>MARCO FERNANDO CRUZ PEREZ</t>
   </si>
   <si>
+    <t>MARCO LOGICO CONSULTORES E.I.R.L.</t>
+  </si>
+  <si>
+    <t>CAL.LOS ALGUACILES NRO. 398 URB.  LAS GARDENIAS - SANTIAGO DE SURCO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>MARCOS  FERNANDEZ ALEGRIA</t>
   </si>
   <si>
     <t>00109415</t>
   </si>
   <si>
     <t>MARCOS WENCESLAO BARRIOS MUÃOZ</t>
   </si>
   <si>
+    <t>MARGARITA ALICIA DAVILA SALAS</t>
+  </si>
+  <si>
     <t>MARGARITA DIONISIA MARQUEZ DE GARCIA</t>
   </si>
   <si>
     <t>02881589</t>
   </si>
   <si>
     <t>MARGOT MARLENY CACERES YERBA</t>
   </si>
   <si>
     <t>MARGUI PAULET SUAREZ ORIHUELA</t>
   </si>
   <si>
     <t>MARIA  JIMENEZ DE BENITES</t>
   </si>
   <si>
     <t>03624708</t>
   </si>
   <si>
     <t>MARIA ALEJANDRA MUÃOZ CACERES</t>
   </si>
   <si>
     <t>MARIA ANTONIETA CARAZAS RIVEROS</t>
   </si>
   <si>
     <t>MARIA ARACELLI ANGELITA ROJAS SEBASTIAN</t>
@@ -4799,50 +4994,53 @@
   <si>
     <t>MARIA GIOVANNA REYNOSO AYBAR</t>
   </si>
   <si>
     <t>MARIA J. AZAHUANCHE AZABACHE S.A.C.</t>
   </si>
   <si>
     <t xml:space="preserve">CAR.PANAMERICANA NORTE KM. 561 URB.  SEMIRUSTICO MAMPUESTO  (PASANDO EL OVALO MOCHICA) - TRUJILLO - </t>
   </si>
   <si>
     <t>MARIA LUISA GUEVARA NIETO</t>
   </si>
   <si>
     <t>MARIA MAGDALENA VENTURA CASAS</t>
   </si>
   <si>
     <t>MARIA MARCELINA AGUIRRE OCSA</t>
   </si>
   <si>
     <t>AREQUIPA</t>
   </si>
   <si>
     <t>MARIA MERCEDES JARA SOLANO DE ESPINOZA</t>
   </si>
   <si>
+    <t>MARIA NATALIA SANCHEZ CORONEL</t>
+  </si>
+  <si>
     <t>MARIA ROSARIO JIMENEZ CAMACHO</t>
   </si>
   <si>
     <t>MARIA SISY EMPERATRIZ URQUIA RODRIGUEZ</t>
   </si>
   <si>
     <t>MARIAGRASIA DEL ROSARIO HERRERA SEGURA</t>
   </si>
   <si>
     <t>MARIANELA ELISA DEL ROSARIO VALENCIA SIERRA</t>
   </si>
   <si>
     <t>MARIANELLA DE LOURDES BARDALES VASQUEZ</t>
   </si>
   <si>
     <t>MARICARMEN LISSET RODRIGUEZ GARCIA</t>
   </si>
   <si>
     <t>MARIELA  ALVAREZ PAREDES</t>
   </si>
   <si>
     <t>MARIELA  PICHIHUA TIRADO</t>
   </si>
   <si>
     <t>MARIELA DE LOS MILAGROS MUSAYON URBINA</t>
@@ -4859,71 +5057,77 @@
   <si>
     <t>MARIETA MURILLO AVECILLAS</t>
   </si>
   <si>
     <t>ECUADOR  - GUAYAQUIL</t>
   </si>
   <si>
     <t>MARILI  BARDALES IZQUIERDO DE LLERENA</t>
   </si>
   <si>
     <t>MARINA INES BARBARELLA ANGEL ACARO QUEREVALU</t>
   </si>
   <si>
     <t>MARIÃAS GAMARRA JUAN BENITO</t>
   </si>
   <si>
     <t>MARIO  NAVARRO GOMRINGER</t>
   </si>
   <si>
     <t>04821584</t>
   </si>
   <si>
     <t>MARIO ALBERTO BRINGAS CARRASCO</t>
   </si>
   <si>
+    <t>MARIO ALEJANDRO POMA VARGAS</t>
+  </si>
+  <si>
     <t>MARIO ALEXIS MAGUIÃO YARANGA</t>
   </si>
   <si>
     <t>MARIO ISMAEL URBINA ARAUJO</t>
   </si>
   <si>
     <t>MARIO YONI PAREJA NIETO</t>
   </si>
   <si>
     <t>06506720</t>
   </si>
   <si>
     <t>MARISOL  PERALTA CHACALCAJE</t>
   </si>
   <si>
     <t>MARISOL  VELIZ CANCHANYA</t>
   </si>
   <si>
     <t>MARISOL NOEMI COTRINA DAMIAN</t>
   </si>
   <si>
+    <t>MARITZA  LEON VIGO</t>
+  </si>
+  <si>
     <t>MARITZA MIEKO MURATTA OLANO</t>
   </si>
   <si>
     <t>MARLENE NINOSHKA CABRERA SANDOVAL</t>
   </si>
   <si>
     <t>MARLENI ELIZABETH FACCIO RUIZ</t>
   </si>
   <si>
     <t>MARTHA JESUS TORRES RIOS</t>
   </si>
   <si>
     <t>07903108</t>
   </si>
   <si>
     <t>MARTIN ALEJANDRO BENITES RAMOS</t>
   </si>
   <si>
     <t>02896280</t>
   </si>
   <si>
     <t>MARTIN ALEJANDRO COLLADO RAMIREZ</t>
   </si>
   <si>
     <t>09551049</t>
@@ -4994,50 +5198,53 @@
   <si>
     <t>MELISSA JOYSELENI AYALA ANTONIO</t>
   </si>
   <si>
     <t>MELISSA YURI VALVERDE MENDOZA</t>
   </si>
   <si>
     <t>MENDEZ RAVELO LILETT DEL ROSARIO</t>
   </si>
   <si>
     <t>MERCEDES  BRICEÃO ACARO</t>
   </si>
   <si>
     <t>02649127</t>
   </si>
   <si>
     <t>MERCEDES  CALDERON AVILA</t>
   </si>
   <si>
     <t>03846799</t>
   </si>
   <si>
     <t>MERCEDES  FASCE LOMAS</t>
   </si>
   <si>
+    <t>MERCEDES LIZETH SOSA ORDOÃEZ</t>
+  </si>
+  <si>
     <t>MERCY BERNARDINA TORRES LOBO</t>
   </si>
   <si>
     <t>00110955</t>
   </si>
   <si>
     <t>MEZA MARTINEZ WILDER MAXIMO</t>
   </si>
   <si>
     <t>MICHELLE ALEXANDRA HEMERYTH MONTOYA</t>
   </si>
   <si>
     <t>MIGUEL ANGEL JUAREZ GONZA</t>
   </si>
   <si>
     <t>04642438</t>
   </si>
   <si>
     <t>MIGUEL ANGEL LUCIO SEVILLANO DIAZ</t>
   </si>
   <si>
     <t>MIGUEL ANGEL OBANDO LANCHO</t>
   </si>
   <si>
     <t>MIGUEL ANGEL SALVATIERRA ESPINOZA</t>
@@ -5507,50 +5714,56 @@
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE TAMBOGRANDE</t>
   </si>
   <si>
     <t>JR. CASTILLA NRO. 449 - TAMBO GRANDE - PIURA - PIURA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE TICLACAYAN</t>
   </si>
   <si>
     <t>PZA.PLAZA DE ARMAS NRO. 86 TICLACAYAN  (FRENTE AL PARQUE COSTADO DE LA IGLESIA) - TICLACAYAN - PASCO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE TORATA</t>
   </si>
   <si>
     <t>CAL.TORATA NRO. 53 CIUDAD - TORATA - MARISCAL NIETO - MOQUEGUA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL DE VILQUECHICO</t>
   </si>
   <si>
     <t>PZA.ARMAS NRO. 101 - VILQUE CHICO - HUANCANE - PUNO</t>
   </si>
   <si>
+    <t>MUNICIPALIDAD DISTRITAL DE YARINACOCHA</t>
+  </si>
+  <si>
+    <t>JR. 2 DE MAYO NRO. 277 - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
+  </si>
+  <si>
     <t>MUNICIPALIDAD DISTRITAL DE YONAN</t>
   </si>
   <si>
     <t>----PARQUE MARISCAL CASTILLA NRO. 341 - YONAN - CONTUMAZA - CAJAMARCA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL EL ORO</t>
   </si>
   <si>
     <t>AV. 28 DE JULIO NRO. S/N (FRENTE A LA PLAZA) - EL ORO - ANTABAMBA - APURIMAC</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL FUNDICION DE TINYAHUARCO</t>
   </si>
   <si>
     <t>JR. MORALES JANAMPA NRO. S/N SMELTER - TINYAHUARCO - PASCO - PASCO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL MARCABAL</t>
   </si>
   <si>
     <t>AV. SR. DE LA MISERICORDIA NRO. 203 MARCABALITO  (PLAZA DE ARMAS DE MARCABALITO) - MARCABAL - SANCHE</t>
   </si>
   <si>
     <t>MUNICIPALIDAD DISTRITAL OLLACHEA</t>
@@ -5675,50 +5888,56 @@
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE LORETO NAUTA</t>
   </si>
   <si>
     <t>CAL.MANUEL PACAYA NRO. 381 - NAUTA - LORETO - LORETO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE MAYNAS</t>
   </si>
   <si>
     <t>CAL.ECHENIQUE NRO. 350 - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE MORROPON</t>
   </si>
   <si>
     <t>JR. CUZCO NRO. 421 - CHULUCANAS - MORROPON - PIURA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE MOYOBAMBA</t>
   </si>
   <si>
     <t>JR. PEDRO CANGA NRO. 262 - MOYOBAMBA - MOYOBAMBA - SAN MARTIN</t>
   </si>
   <si>
+    <t>MUNICIPALIDAD PROVINCIAL DE PASCO</t>
+  </si>
+  <si>
+    <t>JR. SAN CRISTOBAL NRO. S/N CERCADO  (FRENTE AL GRIFO) - CHAUPIMARCA - PASCO - PASCO</t>
+  </si>
+  <si>
     <t>MUNICIPALIDAD PROVINCIAL DE PUNO</t>
   </si>
   <si>
     <t>JR. DEUSTUA NRO. 458 CERCADO  (EN LA PLAZA DE ARMAS) - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE RECUAY</t>
   </si>
   <si>
     <t>PZA.ARMAS NRO. S N - RECUAY - RECUAY - ANCASH</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE SULLANA</t>
   </si>
   <si>
     <t>CAL.BOLIVAR NRO. 160 - SULLANA - SULLANA - PIURA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE TACNA</t>
   </si>
   <si>
     <t>CAL.INCLAN NRO. 404 - TACNA - TACNA - TACNA</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE UCAYALI</t>
@@ -5936,50 +6155,53 @@
   <si>
     <t>NUCLEO EJECUTOR CENTRAL PARIACOTO</t>
   </si>
   <si>
     <t>JR. ALMIRANTE GUISSE NRO. 126 P.J.  MIRAFLORES I ZONA  (ENTRE ALMIRANTE GUISSE Y PARDO) - CHIMBOTE -</t>
   </si>
   <si>
     <t>NUCLEO EJECUTOR CENTRAL PAUCARTAMBO II</t>
   </si>
   <si>
     <t>NRO. SN C.P.  KCALLACANCHA - PAUCARTAMBO - PAUCARTAMBO - CUSCO</t>
   </si>
   <si>
     <t>NUCLEO EJECUTOR CENTRAL PIRA 2</t>
   </si>
   <si>
     <t>JR. SIMON BOLIVAR NRO. SN BAR.  BELEN  (COSTADO CEVICHERIA HUARAZ QUERIDO) - HUARAZ - HUARAZ - ANCAS</t>
   </si>
   <si>
     <t>NÃCLEO EJECUTOR CENTRAL PIRA 3</t>
   </si>
   <si>
     <t>JR. SIMON BOLIVAR NRO. 1051 BAR.  BELEN  (LADO CEVICHER. HUARAZ QUERIDO S50012995) - HUARAZ - HUARAZ</t>
   </si>
   <si>
+    <t>NUÃEZ ROMERO LEONCIO</t>
+  </si>
+  <si>
     <t>OBLITAS AYALA MIRTHA JULIA</t>
   </si>
   <si>
     <t>LIMA</t>
   </si>
   <si>
     <t>OCMIN SALDAÃA VICTOR HUGO</t>
   </si>
   <si>
     <t>ODISEA PERUS S.A.C.</t>
   </si>
   <si>
     <t>CAL.OBISPO DE LA CALLE Y HEREDIA NRO. 291 URB.  SAN ANDRES I ETAPA - TRUJILLO - TRUJILLO - LA LIBERT</t>
   </si>
   <si>
     <t>ODONTOPERUANITOS LDK S.A.C.</t>
   </si>
   <si>
     <t xml:space="preserve">CAL.BELLO HORIZONTE MZA. A LOTE. 5 URB.  LOS ANGELS DE UMACOLLO  (DETRAS DEL ESTADIO DE UMACOLLO) - </t>
   </si>
   <si>
     <t>OFELIA LUISA ENRIQUEZ ROSALES</t>
   </si>
   <si>
     <t>OFICINA DE GESTION DE SERVICIOS DE SALUD ALTO HUALLAGA</t>
@@ -5990,56 +6212,65 @@
   <si>
     <t>OFICINA DE GESTION DE SERVICIOS DE SALUD BAJO MAYO</t>
   </si>
   <si>
     <t>JR. CAHUIDE NRO. 146 - TARAPOTO - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
     <t>OLEAGINOSAS PADRE ABAD SOCIEDAD ANONIMA</t>
   </si>
   <si>
     <t>CAR.FEDERICO BASADRE KM. 178 BOQUERON - BOQUERON - PADRE ABAD - UCAYALI</t>
   </si>
   <si>
     <t>OLGA IGNACIO ALARCON</t>
   </si>
   <si>
     <t>CALLE LA QUEBRADA 385 LAMBAYEQUE</t>
   </si>
   <si>
     <t>OLGA JACKELIN RUEDA GARCIA</t>
   </si>
   <si>
     <t>00498635</t>
   </si>
   <si>
+    <t>OLIVERA ALDANA CARLOS MANUEL</t>
+  </si>
+  <si>
     <t>OMAR ANTHONY AGUILAR CORDOVA</t>
   </si>
   <si>
     <t>OMAR RIVELINO HERRERA CARRANZA</t>
   </si>
   <si>
+    <t>OPERACION DE EQUIPOS MANTENIMIENTO Y MANIOBRAS S.A.C</t>
+  </si>
+  <si>
+    <t>CAL.GERMAN SCHEREIBER NRO. 210 DPTO. 304 URB.  SANTA ANA - SAN ISIDRO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>OPERACIONES SEPROCAL S.A.C.</t>
   </si>
   <si>
     <t>AV. LOS JAZMINES MZA. R LOTE. 4 URB.  SAN FRANCISCO DE ASIS  (A ESPALDAS DEL COLEGIO ALPAMAYO) - ATE</t>
   </si>
   <si>
     <t>ORG.EMPRES.AGUA MARINA DE SECHURA S.A.C.</t>
   </si>
   <si>
     <t>AV. AV. F. CHIRICHIGNO NRO. C INT. 16-A URB.  SAN EDUARDO - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>ORGANISMO PUBLICO INFRAESTRUCTURA PARA LA PRODUCTIVIDAD OPIPP</t>
   </si>
   <si>
     <t>CAL.YAVARI NRO. 1128 (FRENTE AL PARQUE ZONAL) - IQUITOS - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>ORGANISMO TÃCNICO DE LA ADMINISTRACIÃN DE LOS SERVICIOS DE SANEAMIENTO</t>
   </si>
   <si>
     <t>CAL.GERMAN SCHEREIBER NRO. 210 DPTO. 101 (1ER PISO) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>ORGANIZACION REGIONAL DE PUEBLOS INDIGENAS DEL ORIENTE</t>
@@ -6095,50 +6326,53 @@
   <si>
     <t>PAOLA BEATRIZ LA SERNA SOLARI</t>
   </si>
   <si>
     <t>PAOLA DEL PILAR GALLARDO SALDAÃA</t>
   </si>
   <si>
     <t>PAOLA KARIN ZIRENA ASENCIO</t>
   </si>
   <si>
     <t>PAOLA PIERINA GOMEZ BARRA</t>
   </si>
   <si>
     <t>PAREDES DE ROJAS LEONOR BRISAIDA</t>
   </si>
   <si>
     <t>PARTIDO POLÃTICO NACIONAL PERÃ LIBRE</t>
   </si>
   <si>
     <t>AV. AV. BRASIL 2DO Y 3ER PISO NRO. 170 INT. 208 URB.  LIMA CERCADO - BREÃA - LIMA - LIMA</t>
   </si>
   <si>
     <t>PATIÃO HUAYCOCHEA GUDY MARITZA</t>
   </si>
   <si>
+    <t>PATRICIA  VARGAS ALVA</t>
+  </si>
+  <si>
     <t>PATRICIA ESTHER MORON ALEJOS</t>
   </si>
   <si>
     <t>PATRICK MIGUEL CASTILLO MEDINA</t>
   </si>
   <si>
     <t>PAUL ANDRE QUISPE PEÃA</t>
   </si>
   <si>
     <t>-HUANUCO</t>
   </si>
   <si>
     <t>PAVIMENTOS Y SEÃALIZACIONES SRL</t>
   </si>
   <si>
     <t>AV. MARISCAL ANDRES AVELINO CACERES NRO. 096 DPTO. 202 INT. BL-A URB.  ANA DE LOS ANGELES - CHICLAYO</t>
   </si>
   <si>
     <t>PEDRO  VARGAS VELA</t>
   </si>
   <si>
     <t>00019512</t>
   </si>
   <si>
     <t>PEDRO GERARDO MARTIN GARCIA JIMENEZ</t>
@@ -6152,83 +6386,95 @@
   <si>
     <t>PEDRO JAIME CASTRO SANCHEZ</t>
   </si>
   <si>
     <t>PEDRO JOSE CAYCHO CAÃARI</t>
   </si>
   <si>
     <t>PEDRO MARTIN JESUS APARCANA QUIJANDRIA</t>
   </si>
   <si>
     <t>PEDRO MERINO OBANDO</t>
   </si>
   <si>
     <t>PEDRO MIGUEL GARCIA GARCIA</t>
   </si>
   <si>
     <t>PELUCIO MANUEL VEGA RODRIGUEZ</t>
   </si>
   <si>
     <t>PEQQUEÃA PEQUEÃA OSCAR ROGELIO</t>
   </si>
   <si>
     <t>PERCY HUGO PEREZ CARPIO</t>
   </si>
   <si>
+    <t>PERCY SOLANO VARGAS DAVILA</t>
+  </si>
+  <si>
+    <t>05409683</t>
+  </si>
+  <si>
     <t>PEREA PINEDO LLUNI</t>
   </si>
   <si>
     <t>PEREZ HILARIO DIDIAR</t>
   </si>
   <si>
     <t>PEREZ VALDERRAMA JUAN DE DIOS</t>
   </si>
   <si>
     <t>PERFORACIONES TECNICAS TUBULARES S.R.L.</t>
   </si>
   <si>
     <t>MZA. A LOTE. 8 URB.  FERMIN TANGUIS  (EN EX CALLE SANTA TERESITA) - NASCA - NASCA - ICA</t>
   </si>
   <si>
     <t>PERFUMERIA SICUANI EIRL</t>
   </si>
   <si>
     <t>AV. MANUEL CALLO ZEVALLOS NRO. 503 - SICUANI - CANCHIS - CUSCO</t>
   </si>
   <si>
     <t>PERU ADVISORS S.A.C.</t>
   </si>
   <si>
     <t>PQ. DEL AVION MZA. 03 LOTE. 06 URB.  ANDRES ARAUJO MORAN - TUMBES - TUMBES - TUMBES</t>
   </si>
   <si>
     <t>PERU RUMBOS TOURS S.A.C.</t>
   </si>
   <si>
     <t>CAL.PORTA NRO. 170 DPTO. 306 URB.  CERCADO DE MIRAFLORES - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
+    <t>PESQUERA EXALMAR S.A.A.</t>
+  </si>
+  <si>
+    <t>AV. VICTOR ANDRES BELAUNDE NRO. 214 DPTO. 201 RES.  CENTRO EMPRESARIAL UMAYUQ  (ESQUINA CON CALLE LO</t>
+  </si>
+  <si>
     <t>PETRA CORPORACION LOGISTICA S.A.C.</t>
   </si>
   <si>
     <t>JR. DRENAJE MZA. P1 LOTE. 10 P.J.  MIRAFLORES ALTO - CHIMBOTE - SANTA - ANCASH</t>
   </si>
   <si>
     <t>PETROLEOS DEL PERU PETROPERU SA</t>
   </si>
   <si>
     <t>AV. ENRIQUE CANAVAL MOREYRA NRO. 150 - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>PETTER JOHN MENDO SALOME</t>
   </si>
   <si>
     <t>08465360</t>
   </si>
   <si>
     <t>PIKAR CONTRATISTAS ASOCIADOS EIRL</t>
   </si>
   <si>
     <t>MZA. D LOTE. 18 URB.  LOS  EUCALIPTOS  (A MEDIA CUADRA DE GARITA DE CONTROL) - ICA - ICA - ICA</t>
   </si>
   <si>
     <t>PIÃAN FERRER WINY LORYMAR</t>
@@ -6641,89 +6887,95 @@
   <si>
     <t>RICHARD  VALLE TERRAZAS</t>
   </si>
   <si>
     <t>04819787</t>
   </si>
   <si>
     <t>RICHARD AUGUSTO REYES JAVES</t>
   </si>
   <si>
     <t>RICHARD HUGO TERREL FUSTER</t>
   </si>
   <si>
     <t>RICHARD PEDRO MENDOZA ORELLANA</t>
   </si>
   <si>
     <t>RIDER GERLIS VERGARA DE LA CRUZ</t>
   </si>
   <si>
     <t>RIMAYCUNA MORALES CLEIDER ALBERTO</t>
   </si>
   <si>
     <t>RITA LUZ MESTANZA RUIZ</t>
   </si>
   <si>
+    <t>RIVALDO LEE ZAVALETA VELASQUEZ</t>
+  </si>
+  <si>
     <t>RMJK CONTRATISTAS Y CONSULTORES GENERALES E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.MARIANO MELGAR MZA. A LOTE. 2 A.H.  ALFARPATA  (A 1 CUADRA DE COMISARIA SIPASPUQUIO) - CUSCO - C</t>
   </si>
   <si>
     <t>ROBERT FERNANDO ADAMS MENDOZA</t>
   </si>
   <si>
     <t>ROBERTH ALEXANDER SANCHEZ VALENCIA</t>
   </si>
   <si>
     <t>ROBERTO  CJUNO CHACCA</t>
   </si>
   <si>
     <t>ROBERTO  SANCHEZ MAMANI</t>
   </si>
   <si>
     <t>ROBERTO ALEJANDRO HERNANDEZ NUÃEZ</t>
   </si>
   <si>
     <t>ROBERTO ANDRE LLANOS BLANCO</t>
   </si>
   <si>
     <t>ROBERTO BRANCO CORDOVA BERNUY</t>
   </si>
   <si>
     <t>ROBERTO CARLOS MAGUIÃA POLANCO</t>
   </si>
   <si>
     <t>ROBERTO JAIME GUERRA NUÃEZ</t>
   </si>
   <si>
     <t>ROBERTO PERSY LLONTOP VARGAS</t>
   </si>
   <si>
     <t>06433541</t>
   </si>
   <si>
+    <t>ROCIO  ALACOTE JANAMPA</t>
+  </si>
+  <si>
     <t>ROCIO CAROLINA OCAMPO FAVERIO</t>
   </si>
   <si>
     <t>ROCIO DEL CARMEN RODRIGUEZ QUIÃONES</t>
   </si>
   <si>
     <t>ROCIO KELLY CASTRO FERNANDEZ</t>
   </si>
   <si>
     <t>02441044</t>
   </si>
   <si>
     <t>ROCIO MILAGROS CADILLO RODRIGUEZ</t>
   </si>
   <si>
     <t>ROCIO VIOLETA ZEVALLOS TIPIANA</t>
   </si>
   <si>
     <t>RODOLFO FELRROD ARREDONDO NONTOL</t>
   </si>
   <si>
     <t>RODOLFO GILMAR CHAVEZ SALAS</t>
   </si>
   <si>
     <t>01316674</t>
@@ -6806,50 +7058,53 @@
   <si>
     <t>RONALD DARWIN CORDOVA GARCIA</t>
   </si>
   <si>
     <t>RONALD ROBET CAMPOS MALLEA</t>
   </si>
   <si>
     <t>RONNIE DAVID VIZCARDO NUÃEZ</t>
   </si>
   <si>
     <t>ROQUE MARTIN SAAVEDRA GUERRA</t>
   </si>
   <si>
     <t>02633171</t>
   </si>
   <si>
     <t>ROSA  IRIGOYEN QUIÃONES</t>
   </si>
   <si>
     <t>ROSA ANGELICA CABRERA SILVA</t>
   </si>
   <si>
     <t>ROSA ANGELICA SENMACHE ARANCIBIA</t>
   </si>
   <si>
+    <t>ROSA ARACELLI CENTENO SANCHEZ</t>
+  </si>
+  <si>
     <t>ROSA ISABEL CALDERON TORRES</t>
   </si>
   <si>
     <t>ROSA LUZ YAÃEZ OLARTE DE AZPILCUETA</t>
   </si>
   <si>
     <t>ROSA RAFAELA PEREZ MIRANDA</t>
   </si>
   <si>
     <t>ROSABEL  BUSTAMANTE VASQUEZ</t>
   </si>
   <si>
     <t>ROSAEMILIA  TUIRO MANTILLA</t>
   </si>
   <si>
     <t>ROSANA  MEGO ROJAS</t>
   </si>
   <si>
     <t>ROSARIO ASUNCION FERNANDEZ MEJIA</t>
   </si>
   <si>
     <t>ROSARIO ELENA ZEGARRA VDA DE CHAVEZ</t>
   </si>
   <si>
     <t>00416769</t>
@@ -6998,50 +7253,56 @@
   <si>
     <t>SARA BARRA DOOLITTLE</t>
   </si>
   <si>
     <t>SCOTIABANK PERU SAA</t>
   </si>
   <si>
     <t>AV. CANAVAL Y MOREYRA NRO. 522 (CRUCE CON REPUBLICA DE PANAMA) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>SEBASTIAN SIMON VIRGINIA</t>
   </si>
   <si>
     <t>SECCION PERUANA DE AMNISTIA INTERNACIONAL</t>
   </si>
   <si>
     <t>CAL.SANTA LUISA NRO. 170 DPTO. 101 URB.  FUNDO CONDE DE SAN ISIDRO - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>SEDALIB S.A.</t>
   </si>
   <si>
     <t>AV. FEDERICO VILLARREAL NRO. 1300 URB.  SEMI RUSTICA EL BOSQUE - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
+    <t>SEGELECTRIC S.R.L.</t>
+  </si>
+  <si>
+    <t>AV. JOSE L ORTIZ NRO. 128 URB.  LOS PARQUES  (ENTRANDO A LA DERECHA) - CHICLAYO - CHICLAYO - LAMBAYE</t>
+  </si>
+  <si>
     <t>SEGUNDA ROSARIO GUERRA CORDOVA</t>
   </si>
   <si>
     <t>SEGUNDO ANTONIO DELGADO COLLAZOS</t>
   </si>
   <si>
     <t>SEGUNDO AUGUSTO REYNA CHAVEZ</t>
   </si>
   <si>
     <t>SEGUNDO ELEAZAR GALLARDO CABRERA</t>
   </si>
   <si>
     <t>SEGUNDO RUPERTO TAMARIZ MORENO</t>
   </si>
   <si>
     <t>00236932</t>
   </si>
   <si>
     <t>SEGURO SOCIAL DE SALUD</t>
   </si>
   <si>
     <t>AV. DOMINGO CUETO NRO. 120 - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>SELECTA AUDIO MUSICAL S.A.C.</t>
@@ -7106,50 +7367,56 @@
   <si>
     <t>AV. PEDRO VILCAPAZA NRO. 208 (3ER PISO B) - WANCHAQ - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>SERVICIOS E INVERSIONES PROCÂ´MAR EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>MZA. B3 LOTE. 20 INT. 02-B URB.  PIUIRA  (POR PARQUE ECOLOGICO - COCHERA) - PIURA - PIURA - PIURA</t>
   </si>
   <si>
     <t>SERVICIOS EDUCATIVOS HUELLITAS EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>JR. CIRIALO MZA. H LOTE. 20 QUILLABAMBA  (LOCAL JARDIN HUELLITAS) - SANTA ANA - LA CONVENCION - CUSC</t>
   </si>
   <si>
     <t>SERVICIOS ELECTRICOS COMERCIALES SRL</t>
   </si>
   <si>
     <t>SERVICIOS GENERALES DEL CARDAVID E.I.R.L.</t>
   </si>
   <si>
     <t>JR. CAHUIDE NRO. 320 (ENT. DE JOSE OLAYA 3 CDRAS.) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
+    <t>SERVICIOS GENERALES EL CRISTAL E.I.R.L.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CAL.FRANCISCO BOLOGNESI NRO. 1333 OTR.  FRANCISCO BOLOGNESI  (ENTRE ALFONSO UGARTE Y JOSE GALVEZ) - </t>
+  </si>
+  <si>
     <t>SERVICIOS GENERALES TURISMO PACIFICO S.A.C.</t>
   </si>
   <si>
     <t>CAL.PROGRESO NRO. 301 - OTUZCO - OTUZCO - LA LIBERTAD</t>
   </si>
   <si>
     <t>SERVICIOS GRAFICOS VIRGEN DE LA PUERTA SAC</t>
   </si>
   <si>
     <t>CAL.HUAYNA CAPAC NRO. 720 URB.  SANTA MARIA  (A MEDIA CDRA. DE LUNA ROTA) - TRUJILLO - TRUJILLO - LA</t>
   </si>
   <si>
     <t>SERVICIOS INDUSTRIALES DE LA MARINA S.A.</t>
   </si>
   <si>
     <t>AV. CONTRALMIRANTE MORA NRO. 1102 BASE NAVAL - CALLAO - PROV. CONST. DEL CALLAO - PROV. CONST. DEL C</t>
   </si>
   <si>
     <t>SERVICIOS TURISTICOS Y MULTIPLES SANDER E.I.R.L.</t>
   </si>
   <si>
     <t>JR. LUIS RIVAROLA NRO. 176 BAR.  08 DE OCTUBRE - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>SHEILA GRETCHEN PIÃA DE LA TORRE</t>
@@ -7211,50 +7478,56 @@
   <si>
     <t>SINDICATO UNICO DE TRABAJADORES DE CASA GRANDE Y ANEXOS</t>
   </si>
   <si>
     <t>AV. TREN NRO. 31 CASA GRANDE  (A 3 CDRAS. ESCUELA SAN JUAN BAUTISTA) - CASA GRANDE - ASCOPE - LA LIB</t>
   </si>
   <si>
     <t>SINDICATO UNICO DE TRABAJADORES DE LA UNIVERSIDAD NACIONAL INTERCULTURAL DE LA AMAZONIA</t>
   </si>
   <si>
     <t>CAR.SAN JOSE KM. 0.5 (EN LA UNIA) - YARINACOCHA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>SINDICATO UNITARIO NACIONAL DE NUTRICIONISTAS DE ESSALUD</t>
   </si>
   <si>
     <t>JR. GENERAL CORDOVA NRO. 1780 DPTO. 103 (ALT. DE LA CDRA 3 DE JR LEON VELARDE) - LINCE - LIMA - LIMA</t>
   </si>
   <si>
     <t>SINGENOR CONTRATISTAS GENERALES E.I.R.L.</t>
   </si>
   <si>
     <t>CAL.POLONIA NRO. 286 URB.  LAS BRISAS - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
+    <t>SINOHYDRO CORPORATION LIMITED, SUCURSAL DEL PERU</t>
+  </si>
+  <si>
+    <t>JR. CONTRALMIRANTE MONTERO NRO. 409 INT. 704 (EX ALBERTO DEL CAMPO) - MAGDALENA DEL MAR - LIMA - LIM</t>
+  </si>
+  <si>
     <t>SISSY JESSICA YUPANQUI PEREZ</t>
   </si>
   <si>
     <t>SOCIEDAD DE BENEFICENCIA AREQUIPA</t>
   </si>
   <si>
     <t>AV. GOYENECHE NRO. 341 URB.  CERCADO - AREQUIPA - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>SOCIEDAD MINERA DE RESPONSABILIDAD LIMITADA LOS TESOROS DEL INCA</t>
   </si>
   <si>
     <t>AV. LOS PAREDONES LOTE. 11 B - NASCA - NASCA - ICA</t>
   </si>
   <si>
     <t>SOCIEDAD PERUANA DE DERECHO AMBIENTAL</t>
   </si>
   <si>
     <t>AV. PROLONGACION ARENALES NRO. 437 - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>SOCIEDAD QUIMICA S.A.</t>
   </si>
   <si>
     <t>MZA. C LOTE. 24 URB.  LA ARBOLEDA - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
@@ -7529,80 +7802,98 @@
   <si>
     <t>AV. AVDA. VICTOR RAUL HAYA DE LA TORRE NRO. 200 OTR.  PUEBLO NUEVO  (ENTRE EL PODER JUDICIAL Y EL IN</t>
   </si>
   <si>
     <t>UGEL PALLASCA</t>
   </si>
   <si>
     <t>JR. LIMA NRO. 204 - CABANA - PALLASCA - ANCASH</t>
   </si>
   <si>
     <t>UGEL SANCHEZ CARRION</t>
   </si>
   <si>
     <t>UN MUNDO PARA CREAR EIRL</t>
   </si>
   <si>
     <t>AV. AMERICA NORTE NRO. 523 BARR. EL MOLINO  (ESQUINA AV. AMERICA NORTE CON AV. SANTA) - TRUJILLO - T</t>
   </si>
   <si>
     <t>UND. DE GESTION EDUCATIVA LOCAL SAN MART</t>
   </si>
   <si>
     <t>JR. SAN PABLO DE LA CRUZ NRO. 381 BARRIO SUCHICHE - TARAPOTO - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
+    <t>UNIDAD DE GESTION EDUCATIVA DE AIJA</t>
+  </si>
+  <si>
+    <t>AV. TUPAC AMARU NRO. 927 - AIJA - AIJA - ANCASH</t>
+  </si>
+  <si>
     <t>UNIDAD DE GESTION EDUCATIVA DE ALTO AMAZONAS</t>
   </si>
   <si>
     <t>CAL.TACNA NRO. 802 - YURIMAGUAS - ALTO AMAZONAS - LORETO</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL</t>
   </si>
   <si>
     <t xml:space="preserve">AV. VICTORINO ELORZ GOICOCHEA NRO. S-N A.H.  EL OBRERO  (COSTADO DE INSTIT. PEDAGOGICO) - SULLANA - </t>
   </si>
   <si>
     <t>CAL.FRANCISCO BOLOGNESI NRO. SN (COSTADO DE LA MUNICIPALIDAD) - HUARMACA - HUANCABAMBA - PIURA</t>
   </si>
   <si>
     <t>JR. 14 DE SETIEMBRE NRO. 229 (COSTADO DE LA IGLESIA SANTA CRUZ) - JULI - CHUCUITO - PUNO</t>
   </si>
   <si>
+    <t>UNIDAD DE GESTION EDUCATIVA LOCAL  ISLAY</t>
+  </si>
+  <si>
+    <t>CAL.IQUITOS NRO. 437 - MOLLENDO - ISLAY - AREQUIPA</t>
+  </si>
+  <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL CARAVELÃ</t>
   </si>
   <si>
     <t>AV. GARCILAZO DE LA VEGA NRO. S/N (A UNA CDRA MUNICIPALIDAD DISTRITAL) - ATICO - CARAVELI - AREQUIPA</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE  OTUZCO</t>
   </si>
   <si>
     <t>JR. BOLIVAR NRO. 767 LA HERMITA - OTUZCO - OTUZCO - LA LIBERTAD</t>
   </si>
   <si>
+    <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE ASUNCION</t>
+  </si>
+  <si>
+    <t>JR. LIMA NRO. S/N (A 3 CDRAS DE LA PLAZA DE ARMAS) - CHACAS - ASUNCION - ANCASH</t>
+  </si>
+  <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE BOLOGNESI</t>
   </si>
   <si>
     <t>JR. ESPINAR NRO. 441 CENT CHIQUIAN  (A 2 CDRAS ANTES DE LA POSTA MEDICA) - CHIQUIAN - BOLOGNESI - AN</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE CHULUCANAS</t>
   </si>
   <si>
     <t>MZA. Ã LOTE. 01 A.H.  ÃACARA  (CEO CHULUCANAS) - CHULUCANAS - MORROPON - PIURA</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE CRUCERO</t>
   </si>
   <si>
     <t>JR. VELASCO ASTETE NRO. 105 - CRUCERO - CARABAYA - PUNO</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE LA PROVINCIA DE HUALGAYOC</t>
   </si>
   <si>
     <t>JR. PENCASPAMPA NRO. S/N CENTRO BAMBAMARCA  (AL COSTADO DEL CEMENTERIO) - BAMBAMARCA - HUALGAYOC - C</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE LA PROVINCIA DE SAN MIGUEL</t>
@@ -7661,50 +7952,56 @@
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL NAZCA</t>
   </si>
   <si>
     <t>MZA. F LOTE. 8 URB.  AMAPROVI  (COSTADO DE HOGAR DE ANCIANOS) - NASCA - NASCA - ICA</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL PACASMAYO</t>
   </si>
   <si>
     <t>AV. RAIMONDI NRO. 107 - SAN PEDRO DE LLOC - PACASMAYO - LA LIBERTAD</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL SAN PABLO</t>
   </si>
   <si>
     <t xml:space="preserve">JR. MIGUEL IGLESIAS MZA. L LOTE. 1 PBLO SAN PABLO  (UGEL SAN PABLO-ESQUINA JR TALARA) - SAN PABLO - </t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA SANCHEZ CARRION</t>
   </si>
   <si>
     <t>JR. BALTA NRO. 1005 - HUAMACHUCO - SANCHEZ CARRION - LA LIBERTAD</t>
   </si>
   <si>
+    <t>UNIDAD EJECUTORA :  UGEL CONDESUYOS</t>
+  </si>
+  <si>
+    <t>NRO. SN MORRO ATITIRCA - CHUQUIBAMBA - CONDESUYOS - AREQUIPA</t>
+  </si>
+  <si>
     <t>UNIDAD EJECUTORA 002 GESTIÃN DE PROYECTOS Y FORTALECIMIENTO DE CAPACIDADES</t>
   </si>
   <si>
     <t>JR. CAMILO CARRILLO NRO. 114 (ALT. CDRA 8 AV. ARENALES) - JESUS MARIA - LIMA - LIMA</t>
   </si>
   <si>
     <t>UNIDAD EJECUTORA 002 SERVICIOS DE SANEAMIENTO TUMBES</t>
   </si>
   <si>
     <t>JR. JOSE JIMENEZ NRO. SN BAR.  BUENOS AIRES - EL MILAGRO  (PLANTA TRATAMIENTO AGUA POTABLE TUMBES) -</t>
   </si>
   <si>
     <t>UNIDAD EJECUTORA 004</t>
   </si>
   <si>
     <t>AV. PASEO DE LA REPUBLICA NRO. 3101 (RIPLEY - SAGA C.C. SAN ISIDRO) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>UNIDAD EJECUTORA 300</t>
   </si>
   <si>
     <t>AV. PANAMERICANA NORTE NRO. 775 P.J.  RICARDO PALMA - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>UNIDAD EJECUTORA 301 EDUCA CHNCHA PISCO</t>
@@ -7853,50 +8150,56 @@
   <si>
     <t>UNIVERSIDAD NACIONAL AUTONOMA DE TAYACAJA DANIEL HERNANDEZ MORILLO</t>
   </si>
   <si>
     <t>AV. UNIVERSITARIA NRO. S/N (CIUDAD UNIVERSITARIA DE LA UNAT) - AHUAYCHA - TAYACAJA - HUANCAVELICA</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL CIRO ALEGRIA</t>
   </si>
   <si>
     <t>JR. MIGUEL GRAU 459 NRO. 469 (UNCA) - HUAMACHUCO - SANCHEZ CARRION - LA LIBERTAD</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DANIEL ALCIDES CARRION</t>
   </si>
   <si>
     <t>PJ. 28 DE JULIO NRO. 4 URB.  SAN JUAN PAMPA  (EDIF. ESTATAL - PARQUE UNIVERSITARIO) - YANACANCHA - P</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE CAJAMARCA</t>
   </si>
   <si>
     <t>AV. ATAHUALPA NRO. 1050 C.H.  CIUDAD UNIVERSITARIA  (CARRETERA BAÃOS DEL INCA) - CAJAMARCA - CAJAMAR</t>
   </si>
   <si>
+    <t>UNIVERSIDAD NACIONAL DE CARABAYA</t>
+  </si>
+  <si>
+    <t>AV. CENTENARIO NRO. 100 CENTRO CIVICO  (PLAZA DE ARMAS DE MACUSANI) - MACUSANI - CARABAYA - PUNO</t>
+  </si>
+  <si>
     <t>UNIVERSIDAD NACIONAL DE FRONTERA</t>
   </si>
   <si>
     <t>AV. SAN HILARION NRO. 101 OTR.  URB. POP. VILLA PERU CANADA  (ZONA EXPANSION URBANA, MARGEN IZQUIERD</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE HUANCAVELICA</t>
   </si>
   <si>
     <t xml:space="preserve">JR. VICTORIA GARMA NRO. 275 BARR.CENTRO  (FTE I.E.36001-LAS VERDES) - HUANCAVELICA - HUANCAVELICA - </t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE LA AMAZONIA PERUANA</t>
   </si>
   <si>
     <t>CAL.SAN MARCOS NRO. 185 OTR.  OTROS - SAN JUAN BAUTISTA - MAYNAS - LORETO</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE MOQUEGUA</t>
   </si>
   <si>
     <t>CAL.ANCASH 1RA CUADRA NRO. SN - MOQUEGUA - MARISCAL NIETO - MOQUEGUA</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE PIURA</t>
@@ -7907,50 +8210,56 @@
   <si>
     <t>UNIVERSIDAD NACIONAL DE SAN AGUSTIN</t>
   </si>
   <si>
     <t>CAL.SANTA CATALINA NRO. 117 - AREQUIPA - AREQUIPA - AREQUIPA</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE SAN ANTONIO ABAD DEL CUSCO</t>
   </si>
   <si>
     <t>AV. DE LA CULTURA NRO. 733 (LOCAL DIGA - ANTIGUO COMEDOR) - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE SAN CRISTOBAL DH</t>
   </si>
   <si>
     <t>PQ. PORTAL INDEPENDENCIA NRO. 57 U.V.  PARQUE SUCRE - AYACUCHO - HUAMANGA - AYACUCHO</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE SAN MARTIN</t>
   </si>
   <si>
     <t>JR. MAYNAS NRO. 179 - TARAPOTO - SAN MARTIN - SAN MARTIN</t>
   </si>
   <si>
+    <t>UNIVERSIDAD NACIONAL DE SECHURA</t>
+  </si>
+  <si>
+    <t>CAL.CALLE LEONCIO PRADO NRO. 684 OTR.  CALLE  (ALFRENTE DE LA IE SAN MARTIN) - SECHURA - SECHURA - P</t>
+  </si>
+  <si>
     <t>UNIVERSIDAD NACIONAL DE TRUJILLO</t>
   </si>
   <si>
     <t>CAL.DIEGO DE ALMAGRO NRO. 344 - TRUJILLO - TRUJILLO - LA LIBERTAD</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE TUMBES</t>
   </si>
   <si>
     <t>----CIUDAD UNIVERSITARIA NRO. S/N (BARRIO PAMPA GRANDE) - TUMBES - TUMBES - TUMBES</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DE UCAYALI</t>
   </si>
   <si>
     <t>CAR.FEDERICO BASADRE KM. REF: (KM. 6.001 UNU) - CALLERIA - CORONEL PORTILLO - UCAYALI</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL DEL ALTIPLANO PUNO</t>
   </si>
   <si>
     <t>AV. EL SOL NRO. 329 BARRIO BELLAVISTA - PUNO - PUNO - PUNO</t>
   </si>
   <si>
     <t>UNIVERSIDAD NACIONAL INTERCULTURAL DE LA AMAZONIA</t>
@@ -8147,50 +8456,53 @@
   <si>
     <t>VIZNEY IRMA QUENTA URUCHI</t>
   </si>
   <si>
     <t>VLADIMIR  MUÃOZ DE LA CRUZ</t>
   </si>
   <si>
     <t>WALDO IVAN ALVARADO CABALLERO</t>
   </si>
   <si>
     <t>WALTER  ATAPAUCAR CONDORI</t>
   </si>
   <si>
     <t>WALTER DEYVI VASQUEZ TIRADO</t>
   </si>
   <si>
     <t>WALTER EDGARDO HUIZA ZARATE</t>
   </si>
   <si>
     <t>WALTER EDUARDO RAMOS VASQUEZ</t>
   </si>
   <si>
     <t>WALTER GERARDO CHAVEZ HERRERA</t>
   </si>
   <si>
+    <t>WALTER HUGO MASGO CASTRO</t>
+  </si>
+  <si>
     <t>WALTER ROY LLACTAHUAMAN JIMENEZ</t>
   </si>
   <si>
     <t>WEISMAN  CAMPOS IRIGOIN</t>
   </si>
   <si>
     <t>WENDY CLAREN FLORES VASQUEZ</t>
   </si>
   <si>
     <t>WENDY LIZETH MENDOZA JAMANCA</t>
   </si>
   <si>
     <t>WILBERT JUVENCIO GERONIMO PIÃA</t>
   </si>
   <si>
     <t>JUNIN--HUANCAYO</t>
   </si>
   <si>
     <t>WILDER DENYS RAMOS CONTRERAS</t>
   </si>
   <si>
     <t>WILDER HUGO ENCARNACION CABALLERO</t>
   </si>
   <si>
     <t>WILDER VIRILO VELEZMORO ARAUJO</t>
@@ -8264,50 +8576,53 @@
   <si>
     <t>YANAPACCHA PERU EXPEDITIONS E.I.R.L.</t>
   </si>
   <si>
     <t xml:space="preserve">JR. SIMÃN BOLÃVAR 757 MZA. C9 LOTE. 19 CENTRO CÃVICO  (A ESPALDAS DE LA CATEDRAL) - HUARAZ - HUARAZ </t>
   </si>
   <si>
     <t>YANETH  MACHACA AQUISE</t>
   </si>
   <si>
     <t>YANETT LADDY FLORES GODIÃO</t>
   </si>
   <si>
     <t>YARITZA MIGDALIA OSORIO HUAMAN</t>
   </si>
   <si>
     <t>YEFRY JOEL GALVAN HUAROC</t>
   </si>
   <si>
     <t>YENI MARIELA JARA INOFUENTE</t>
   </si>
   <si>
     <t>01314452</t>
   </si>
   <si>
+    <t>YENY  ANCCO BONIFAS</t>
+  </si>
+  <si>
     <t>YENY ANCCO ROJAS</t>
   </si>
   <si>
     <t>YERSON  VASQUEZ GOMEZ</t>
   </si>
   <si>
     <t>YESSENIA ROXANA ROMERO MIRANDA</t>
   </si>
   <si>
     <t>YESSICA MARDELI BOÃON BRIONES</t>
   </si>
   <si>
     <t>YGOR JOFRE PUERTA PINEDO</t>
   </si>
   <si>
     <t>YLDA SABINA MEDINA CHAVEZ</t>
   </si>
   <si>
     <t>02418236</t>
   </si>
   <si>
     <t>YNOVA ALEJANDRA PERRY DELGADO</t>
   </si>
   <si>
     <t>YOJAN JULIO MONTALVO ROJAS</t>
@@ -8318,51 +8633,57 @@
   <si>
     <t>04416547</t>
   </si>
   <si>
     <t>YOLANDA  GAMARRA GAMARRA</t>
   </si>
   <si>
     <t>YONER  RUBIO ALTAMIRANO</t>
   </si>
   <si>
     <t>YONY ABELARDO QUISPE MAMANI</t>
   </si>
   <si>
     <t>YRMA DELICIA BONILLA VALLEJOS</t>
   </si>
   <si>
     <t>00220375</t>
   </si>
   <si>
     <t>YSABEL JANET CRUZ RUIZ</t>
   </si>
   <si>
     <t>YTALO JOEL BARAHONA AGUILAR</t>
   </si>
   <si>
+    <t>YUBER ANGEL VASQUEZ AGUILAR</t>
+  </si>
+  <si>
     <t>YUDITH MAGALY BASTIDAS MEZAHUAMAN</t>
+  </si>
+  <si>
+    <t>YUL ALEXANDER NEIRE ROBLES</t>
   </si>
   <si>
     <t>YULI ROSANA GUTIERREZ GUTIERREZ</t>
   </si>
   <si>
     <t>YULY RAQUEL QUISPE CCOLQQUE</t>
   </si>
   <si>
     <t>YURI  ESTRADA VARGAS</t>
   </si>
   <si>
     <t>YUSEIDE KALINE CHALLAPA PAMPA</t>
   </si>
   <si>
     <t>ZAIDA CLEME IGLESIAS BEDOYA</t>
   </si>
   <si>
     <t>01200054</t>
   </si>
   <si>
     <t>ZAVALETA LINARES JORGE</t>
   </si>
   <si>
     <t>ZONA REGISTRAL I</t>
   </si>
@@ -8775,54 +9096,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1880"/>
+  <dimension ref="A1:G1952"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="G1880" sqref="G1880"/>
+      <selection activeCell="G1952" sqref="G1952"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
     <row r="2" spans="1:7">
@@ -9307,35168 +9628,36534 @@
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C27" s="3">
         <v>21468099</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E27" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C28" s="3">
-        <v>31657913</v>
+        <v>40568367</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E28" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C29" s="3">
-        <v>45060765</v>
+        <v>31657913</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E29" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C30" s="3">
-        <v>17819849</v>
+        <v>45060765</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E30" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C31" s="3">
-        <v>43723686</v>
+        <v>17819849</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E31" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="3">
-        <v>22282323</v>
+        <v>43723686</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E32" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="3">
-        <v>42923872</v>
+        <v>22282323</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E33" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C34" s="3">
-        <v>48074585</v>
+        <v>42923872</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E34" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="3">
-        <v>75328783</v>
+        <v>48074585</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="C36" s="3">
+        <v>75328783</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>55</v>
       </c>
       <c r="C37" s="3">
-        <v>16225164</v>
+        <v>71579602</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E37" s="3"/>
+      <c r="E37" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>56</v>
       </c>
       <c r="C38" s="3">
-        <v>21481226</v>
+        <v>16225164</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C39" s="3">
-        <v>24716379</v>
+        <v>21481226</v>
       </c>
       <c r="D39" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C40" s="3">
+        <v>24716379</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>59</v>
-      </c>
-[...7 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C41" s="3">
+        <v>20136745582</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="3">
-        <v>20602355421</v>
+        <v>22510245</v>
       </c>
       <c r="D42" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>63</v>
+        <v>19</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C43" s="3">
+        <v>20602355421</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>64</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C44" s="3">
+        <v>20554015604</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>66</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C45" s="3" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>46167990</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E45" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="3">
-        <v>32971702</v>
+        <v>46167990</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="3">
-        <v>46607779</v>
+        <v>32971702</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E47" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>71</v>
       </c>
       <c r="C48" s="3">
-        <v>46960262</v>
+        <v>46607779</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E48" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="3">
-        <v>16483637</v>
+        <v>46960262</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E49" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>73</v>
       </c>
       <c r="C50" s="3">
-        <v>29230760</v>
+        <v>16782505</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E50" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>74</v>
       </c>
       <c r="C51" s="3">
-        <v>26613587</v>
+        <v>16483637</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E51" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C52" s="3" t="s">
-        <v>76</v>
+      <c r="C52" s="3">
+        <v>29230760</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E52" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C53" s="3">
-        <v>23978864</v>
+        <v>26613587</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E53" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C54" s="3" t="s">
         <v>78</v>
       </c>
-      <c r="C54" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>79</v>
       </c>
       <c r="C55" s="3">
-        <v>20608846264</v>
+        <v>23978864</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>80</v>
+        <v>19</v>
       </c>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C56" s="3">
-        <v>46705492</v>
+        <v>10413287958</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E56" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C57" s="3">
+        <v>20608846264</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" s="3" t="s">
         <v>82</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>83</v>
       </c>
-      <c r="C58" s="3" t="s">
-        <v>84</v>
+      <c r="C58" s="3">
+        <v>46705492</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E58" s="3"/>
+      <c r="E58" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C59" s="3">
-        <v>17877575</v>
+        <v>70059775</v>
       </c>
       <c r="D59" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E59" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C60" s="3" t="s">
         <v>86</v>
       </c>
-      <c r="C60" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D60" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E60" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C61" s="3">
-        <v>44636107</v>
+        <v>17877575</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E61" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="C62" s="3">
+        <v>29281564</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C63" s="3">
-        <v>16668309</v>
+        <v>44636107</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E63" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>91</v>
       </c>
-      <c r="C64" s="3" t="s">
-        <v>92</v>
+      <c r="C64" s="3">
+        <v>10323879406</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C65" s="3">
-        <v>76082165</v>
+        <v>16668309</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E65" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C66" s="3" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>42340600</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E66" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>95</v>
       </c>
       <c r="C67" s="3">
-        <v>45554630</v>
+        <v>76082165</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E67" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>96</v>
       </c>
       <c r="C68" s="3">
-        <v>40431764</v>
+        <v>42340600</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E68" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
         <v>97</v>
       </c>
       <c r="C69" s="3">
-        <v>59211580</v>
+        <v>45554630</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E69" s="3"/>
+      <c r="E69" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C70" s="3">
-        <v>72632913</v>
+        <v>40431764</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E70" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C71" s="3">
-        <v>16424568</v>
+        <v>59211580</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E71" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>100</v>
       </c>
       <c r="C72" s="3">
-        <v>74702101</v>
+        <v>72632913</v>
       </c>
       <c r="D72" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E72" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C73" s="3">
-        <v>23275013</v>
+        <v>16424568</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E73" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>102</v>
       </c>
       <c r="C74" s="3">
-        <v>25823763</v>
+        <v>74702101</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E74" s="3"/>
+      <c r="E74" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>103</v>
       </c>
       <c r="C75" s="3">
-        <v>76846291</v>
+        <v>23275013</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E75" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>104</v>
       </c>
       <c r="C76" s="3">
-        <v>72544041</v>
+        <v>25823763</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E76" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>105</v>
       </c>
       <c r="C77" s="3">
-        <v>10296683693</v>
+        <v>76846291</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>106</v>
       </c>
       <c r="C78" s="3">
-        <v>20445508064</v>
+        <v>72544041</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="C79" s="3">
-        <v>22514924</v>
+        <v>10296683693</v>
       </c>
       <c r="D79" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C80" s="3">
+        <v>20445508064</v>
+      </c>
+      <c r="D80" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" s="3" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>110</v>
       </c>
       <c r="C81" s="3">
-        <v>20602438067</v>
+        <v>22514924</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>111</v>
+        <v>19</v>
       </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C82" s="3">
-        <v>10053371332</v>
+        <v>10304086535</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C83" s="3">
+        <v>20602438067</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E83" s="3" t="s">
         <v>113</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C84" s="3">
-        <v>22432870</v>
+        <v>10053371332</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C85" s="3">
-        <v>73703250</v>
+        <v>43025247</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E85" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C86" s="3">
-        <v>29255547</v>
+        <v>22432870</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E86" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>117</v>
       </c>
-      <c r="C87" s="3" t="s">
-        <v>118</v>
+      <c r="C87" s="3">
+        <v>73703250</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E87" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C88" s="3">
-        <v>16474724</v>
+        <v>29255547</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E88" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C89" s="3" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>76184115</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E89" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>121</v>
       </c>
       <c r="C90" s="3">
-        <v>10403203471</v>
+        <v>16474724</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>122</v>
       </c>
       <c r="C91" s="3">
-        <v>20604462470</v>
+        <v>76184115</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C92" s="3">
-        <v>20600679377</v>
+        <v>10403203471</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>125</v>
+        <v>24</v>
       </c>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="C93" s="3">
-        <v>20600990609</v>
+        <v>20604462470</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C94" s="3">
-        <v>20609876191</v>
+        <v>20600679377</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="C95" s="3">
-        <v>20601967520</v>
+        <v>20600990609</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C96" s="3">
-        <v>20454338465</v>
+        <v>20609876191</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C97" s="3">
-        <v>20146582894</v>
+        <v>20601967520</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="C98" s="3">
-        <v>20607971375</v>
+        <v>20454338465</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="C99" s="3">
-        <v>20494345294</v>
+        <v>20146582894</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C100" s="3">
-        <v>20603385498</v>
+        <v>20607971375</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="3" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="C101" s="3">
-        <v>20526905521</v>
+        <v>20494345294</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="C102" s="3">
-        <v>20148102776</v>
+        <v>20603385498</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C103" s="3">
-        <v>20197543672</v>
+        <v>20526905521</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="C104" s="3">
-        <v>20510313934</v>
+        <v>20148102776</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="C105" s="3">
-        <v>20176922240</v>
+        <v>20197543672</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C106" s="3">
-        <v>20604840709</v>
+        <v>20510313934</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="C107" s="3">
-        <v>20408453489</v>
+        <v>20176922240</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C108" s="3">
-        <v>20607993182</v>
+        <v>20604840709</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C109" s="3">
-        <v>20602967779</v>
+        <v>20408453489</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="C110" s="3">
-        <v>20477563750</v>
+        <v>20607993182</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="3" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C111" s="3">
-        <v>20438098</v>
+        <v>20602967779</v>
       </c>
       <c r="D111" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E111" s="3" t="s">
-        <v>19</v>
+        <v>161</v>
       </c>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C112" s="3">
+        <v>20477563750</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="3" t="s">
         <v>163</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>164</v>
       </c>
       <c r="C113" s="3">
-        <v>72366162</v>
+        <v>20438098</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>165</v>
       </c>
       <c r="C114" s="3">
-        <v>73262129</v>
+        <v>42027520</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>166</v>
       </c>
       <c r="C115" s="3">
-        <v>20602648991</v>
+        <v>72366162</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C116" s="3">
-        <v>20520711865</v>
+        <v>73262129</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C117" s="3">
-        <v>20270971891</v>
+        <v>20602648991</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C118" s="3">
-        <v>20102179898</v>
+        <v>20495635822</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C119" s="3">
-        <v>45834442</v>
+        <v>20520711865</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>19</v>
+        <v>173</v>
       </c>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C120" s="3">
+        <v>20270971891</v>
+      </c>
+      <c r="D120" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" s="3" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="C121" s="3">
+        <v>20102179898</v>
+      </c>
+      <c r="D121" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" s="3" t="s">
         <v>177</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C122" s="3">
-        <v>41748986</v>
+        <v>45834442</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C123" s="3">
+        <v>20504565794</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E123" s="3" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>181</v>
       </c>
-      <c r="C124" s="3" t="s">
+      <c r="C124" s="3">
+        <v>20100030595</v>
+      </c>
+      <c r="D124" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E124" s="3" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>183</v>
       </c>
       <c r="C125" s="3">
-        <v>44191486</v>
+        <v>41748986</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>184</v>
       </c>
       <c r="C126" s="3">
-        <v>42366518</v>
+        <v>76877474</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>185</v>
       </c>
-      <c r="C127" s="3">
-        <v>28604669</v>
+      <c r="C127" s="3" t="s">
+        <v>186</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="C128" s="3" t="s">
         <v>187</v>
+      </c>
+      <c r="C128" s="3">
+        <v>44191486</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>188</v>
       </c>
       <c r="C129" s="3">
-        <v>17848495</v>
+        <v>42366518</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>189</v>
       </c>
       <c r="C130" s="3">
-        <v>10417383552</v>
+        <v>28604669</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E130" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>190</v>
       </c>
       <c r="C131" s="3" t="s">
         <v>191</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>192</v>
       </c>
       <c r="C132" s="3">
-        <v>23992335</v>
+        <v>17848495</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E132" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C133" s="3">
-        <v>41255185</v>
+        <v>10417383552</v>
       </c>
       <c r="D133" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E133" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>194</v>
       </c>
-      <c r="C134" s="3">
-        <v>43570717</v>
+      <c r="C134" s="3" t="s">
+        <v>195</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="C135" s="3" t="s">
         <v>196</v>
+      </c>
+      <c r="C135" s="3">
+        <v>23992335</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
         <v>197</v>
       </c>
       <c r="C136" s="3">
-        <v>46798383</v>
+        <v>41255185</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
         <v>198</v>
       </c>
-      <c r="C137" s="3" t="s">
-        <v>199</v>
+      <c r="C137" s="3">
+        <v>43570717</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C138" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C138" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E138" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C139" s="3">
-        <v>20570883624</v>
+        <v>46798383</v>
       </c>
       <c r="D139" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E139" s="3" t="s">
-        <v>202</v>
+        <v>19</v>
       </c>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C140" s="3">
+        <v>20605578161</v>
+      </c>
+      <c r="D140" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" s="3" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
         <v>204</v>
       </c>
-      <c r="C141" s="3">
-        <v>76270476</v>
+      <c r="C141" s="3" t="s">
+        <v>205</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C142" s="3">
-        <v>47416320</v>
+        <v>10179823123</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E142" s="3" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C143" s="3">
-        <v>41259771</v>
+        <v>20570883624</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>19</v>
+        <v>208</v>
       </c>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C144" s="3">
-        <v>70918570</v>
+        <v>71790601</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C145" s="3">
-        <v>71570082</v>
+        <v>76270476</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E145" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C146" s="3">
-        <v>20606700751</v>
+        <v>47416320</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E146" s="3" t="s">
-        <v>210</v>
+        <v>54</v>
       </c>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C147" s="3">
-        <v>10467150389</v>
+        <v>41259771</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E147" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C148" s="3">
-        <v>20606311673</v>
+        <v>70918570</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E148" s="3" t="s">
-        <v>213</v>
+        <v>19</v>
       </c>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
         <v>214</v>
       </c>
       <c r="C149" s="3">
-        <v>10709185701</v>
+        <v>71570082</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E149" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
         <v>215</v>
       </c>
       <c r="C150" s="3">
-        <v>10214486283</v>
+        <v>20606700751</v>
       </c>
       <c r="D150" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="3" t="s">
-        <v>24</v>
+        <v>216</v>
       </c>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C151" s="3">
-        <v>20104888934</v>
+        <v>10467150389</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="3" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
         <v>218</v>
       </c>
       <c r="C152" s="3">
-        <v>20102361939</v>
+        <v>20606311673</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="3" t="s">
         <v>219</v>
       </c>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
         <v>220</v>
       </c>
       <c r="C153" s="3">
-        <v>40948002</v>
+        <v>10709185701</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E153" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C154" s="3">
-        <v>20509528510</v>
+        <v>10214486283</v>
       </c>
       <c r="D154" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="3" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C155" s="3">
+        <v>20104888934</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="C156" s="3">
+        <v>20102361939</v>
+      </c>
+      <c r="D156" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" s="3" t="s">
         <v>225</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C157" s="3">
-        <v>41681922</v>
+        <v>40948002</v>
       </c>
       <c r="D157" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E157" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C158" s="3">
-        <v>29346801</v>
+        <v>20509528510</v>
       </c>
       <c r="D158" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E158" s="3" t="s">
-        <v>19</v>
+        <v>228</v>
       </c>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C159" s="3">
-        <v>28295460</v>
+        <v>20440197362</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E159" s="3" t="s">
-        <v>19</v>
+        <v>230</v>
       </c>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C160" s="3">
-        <v>28314604</v>
+        <v>10239811031</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E160" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>232</v>
+      </c>
+      <c r="C161" s="3">
+        <v>41681922</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C162" s="3">
-        <v>29392908</v>
+        <v>29346801</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E162" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C163" s="3">
-        <v>41726317</v>
+        <v>28295460</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="C164" s="3" t="s">
         <v>235</v>
+      </c>
+      <c r="C164" s="3">
+        <v>28314604</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C165" s="3">
-        <v>46449171</v>
+        <v>20053126</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C166" s="3">
-        <v>44363251</v>
+      <c r="C166" s="3" t="s">
+        <v>238</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E166" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C167" s="3">
-        <v>41523173</v>
+        <v>29392908</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C168" s="3">
-        <v>16644875</v>
+        <v>41726317</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>29224911</v>
+        <v>241</v>
+      </c>
+      <c r="C169" s="3" t="s">
+        <v>242</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E169" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C170" s="3">
-        <v>29397170</v>
+        <v>46449171</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E170" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C171" s="3">
-        <v>44910276</v>
+        <v>44363251</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>245</v>
+      </c>
+      <c r="C172" s="3">
+        <v>41523173</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C173" s="3">
-        <v>10218837</v>
+        <v>16644875</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C174" s="3">
-        <v>16710105</v>
+        <v>29224911</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E174" s="3" t="s">
-        <v>247</v>
+        <v>19</v>
       </c>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
         <v>248</v>
       </c>
       <c r="C175" s="3">
-        <v>18206665</v>
+        <v>29397170</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
         <v>249</v>
       </c>
       <c r="C176" s="3">
-        <v>41911276</v>
+        <v>44910276</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E176" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="C177" s="3">
-        <v>45074500</v>
+      <c r="C177" s="3" t="s">
+        <v>251</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E177" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C178" s="3">
-        <v>17901212</v>
+        <v>10218837</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E178" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C179" s="3">
-        <v>17917908</v>
+        <v>16710105</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E179" s="3" t="s">
-        <v>19</v>
+        <v>254</v>
       </c>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>255</v>
+      </c>
+      <c r="C180" s="3">
+        <v>18206665</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E180" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C181" s="3">
-        <v>40340469</v>
+        <v>41911276</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E181" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C182" s="3">
-        <v>44068607</v>
+        <v>45074500</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E182" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C183" s="3">
-        <v>10426400397</v>
+        <v>17901212</v>
       </c>
       <c r="D183" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E183" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E183" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="C184" s="3" t="s">
         <v>259</v>
+      </c>
+      <c r="C184" s="3">
+        <v>17917908</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E184" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
         <v>260</v>
       </c>
-      <c r="C185" s="3">
-        <v>17411216</v>
+      <c r="C185" s="3" t="s">
+        <v>261</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E185" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C186" s="3">
-        <v>10026923358</v>
+        <v>40340469</v>
       </c>
       <c r="D186" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E186" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C187" s="3">
-        <v>45707735</v>
+        <v>44068607</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C188" s="3">
-        <v>45205411</v>
+        <v>10426400397</v>
       </c>
       <c r="D188" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>20601974844</v>
+        <v>265</v>
+      </c>
+      <c r="C189" s="3" t="s">
+        <v>266</v>
       </c>
       <c r="D189" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E189" s="3" t="s">
-        <v>265</v>
+        <v>19</v>
       </c>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C190" s="3">
-        <v>20608737023</v>
+        <v>17411216</v>
       </c>
       <c r="D190" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E190" s="3" t="s">
-        <v>267</v>
+        <v>19</v>
       </c>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C191" s="3">
-        <v>20563810743</v>
+        <v>10026923358</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E191" s="3" t="s">
-        <v>269</v>
+        <v>24</v>
       </c>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C192" s="3">
-        <v>10415929175</v>
+        <v>45707735</v>
       </c>
       <c r="D192" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E192" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="C193" s="3">
-        <v>10081681681</v>
+        <v>45205411</v>
       </c>
       <c r="D193" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E193" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C194" s="3">
+        <v>20601974844</v>
+      </c>
+      <c r="D194" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E194" s="3" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C195" s="3">
-        <v>46009271</v>
+        <v>20608737023</v>
       </c>
       <c r="D195" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E195" s="3" t="s">
-        <v>19</v>
+        <v>274</v>
       </c>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C196" s="3">
-        <v>20481107629</v>
+        <v>20563810743</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E196" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C197" s="3">
-        <v>46584605</v>
+        <v>10415929175</v>
       </c>
       <c r="D197" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E197" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C198" s="3">
-        <v>20603560532</v>
+        <v>10081681681</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="3" t="s">
-        <v>278</v>
+        <v>24</v>
       </c>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C199" s="3">
-        <v>46802967</v>
+        <v>10420514684</v>
       </c>
       <c r="D199" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E199" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>280</v>
       </c>
       <c r="C200" s="3">
-        <v>73644794</v>
+        <v>46009271</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E200" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>281</v>
       </c>
       <c r="C201" s="3">
-        <v>40630311</v>
+        <v>20481107629</v>
       </c>
       <c r="D201" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E201" s="3" t="s">
-        <v>19</v>
+        <v>282</v>
       </c>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C202" s="3">
-        <v>20477382020</v>
+        <v>46584605</v>
       </c>
       <c r="D202" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E202" s="3" t="s">
-        <v>283</v>
+        <v>19</v>
       </c>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>284</v>
       </c>
       <c r="C203" s="3">
-        <v>20564338053</v>
+        <v>20603560532</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E203" s="3" t="s">
         <v>285</v>
       </c>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
         <v>286</v>
       </c>
       <c r="C204" s="3">
-        <v>20572190251</v>
+        <v>46802967</v>
       </c>
       <c r="D204" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E204" s="3" t="s">
-        <v>287</v>
+        <v>19</v>
       </c>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="C205" s="3">
-        <v>20612448052</v>
+        <v>73644794</v>
       </c>
       <c r="D205" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E205" s="3" t="s">
-        <v>289</v>
+        <v>19</v>
       </c>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C206" s="3">
-        <v>20611973692</v>
+        <v>40630311</v>
       </c>
       <c r="D206" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E206" s="3" t="s">
-        <v>291</v>
+        <v>19</v>
       </c>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="C207" s="3">
-        <v>20406371337</v>
+        <v>20477382020</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E207" s="3" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C208" s="3">
-        <v>20522192130</v>
+        <v>20564338053</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E208" s="3" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C209" s="3">
-        <v>20612179418</v>
+        <v>20572190251</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E209" s="3" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="C210" s="3">
-        <v>20481234574</v>
+        <v>20612448052</v>
       </c>
       <c r="D210" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E210" s="3" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C211" s="3">
-        <v>20609527332</v>
+        <v>20611973692</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E211" s="3" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C212" s="3">
-        <v>20608669826</v>
+        <v>20406371337</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E212" s="3" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="C213" s="3">
-        <v>20610973001</v>
+        <v>20522192130</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E213" s="3" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C214" s="3">
-        <v>20608635948</v>
+        <v>20612179418</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="3" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="C215" s="3">
-        <v>20601799996</v>
+        <v>20481234574</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E215" s="3" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="C216" s="3">
-        <v>22527524</v>
+        <v>20609527332</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E216" s="3" t="s">
-        <v>19</v>
+        <v>308</v>
       </c>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C217" s="3">
-        <v>28243533</v>
+        <v>20608669826</v>
       </c>
       <c r="D217" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E217" s="3" t="s">
-        <v>19</v>
+        <v>310</v>
       </c>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C218" s="3">
+        <v>20610973001</v>
+      </c>
+      <c r="D218" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E218" s="3" t="s">
         <v>312</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="C219" s="3" t="s">
+      <c r="C219" s="3">
+        <v>20608635948</v>
+      </c>
+      <c r="D219" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" s="3" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C220" s="3">
-        <v>73584606</v>
+        <v>20601799996</v>
       </c>
       <c r="D220" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E220" s="3" t="s">
-        <v>19</v>
+        <v>316</v>
       </c>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="C221" s="3" t="s">
         <v>317</v>
+      </c>
+      <c r="C221" s="3">
+        <v>22486611</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E221" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C222" s="3">
-        <v>22069630</v>
+        <v>22527524</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E222" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
         <v>319</v>
       </c>
       <c r="C223" s="3">
-        <v>40788846</v>
+        <v>28243533</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E223" s="3"/>
+      <c r="E223" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
         <v>320</v>
       </c>
-      <c r="C224" s="3" t="s">
-        <v>321</v>
+      <c r="C224" s="3">
+        <v>70618162</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E224" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C225" s="3" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E225" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>323</v>
+      </c>
+      <c r="C226" s="3">
+        <v>73584606</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E226" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>20608457349</v>
+        <v>324</v>
+      </c>
+      <c r="C227" s="3" t="s">
+        <v>325</v>
       </c>
       <c r="D227" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E227" s="3" t="s">
-        <v>327</v>
+        <v>19</v>
       </c>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="C228" s="3">
-        <v>10215219157</v>
+        <v>22069630</v>
       </c>
       <c r="D228" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E228" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C229" s="3">
-        <v>10427446293</v>
+        <v>40788846</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>330</v>
-[...2 lines deleted...]
-        <v>19824277</v>
+        <v>328</v>
+      </c>
+      <c r="C230" s="3" t="s">
+        <v>329</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E230" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C231" s="3" t="s">
         <v>331</v>
       </c>
-      <c r="C231" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D231" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E231" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>332</v>
       </c>
-      <c r="C232" s="3">
-        <v>10404757542</v>
+      <c r="C232" s="3" t="s">
+        <v>333</v>
       </c>
       <c r="D232" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E232" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C233" s="3">
-        <v>10064307997</v>
+        <v>20608457349</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="3" t="s">
-        <v>24</v>
+        <v>335</v>
       </c>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C234" s="3">
-        <v>10178762210</v>
+        <v>10215219157</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="C235" s="3">
-        <v>70863576</v>
+        <v>10762881867</v>
       </c>
       <c r="D235" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E235" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C236" s="3">
-        <v>74087265</v>
+        <v>10427446293</v>
       </c>
       <c r="D236" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E236" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="C237" s="3">
-        <v>10393913</v>
+        <v>19824277</v>
       </c>
       <c r="D237" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E237" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="C238" s="3">
-        <v>44553298</v>
+        <v>10429882937</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E238" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C239" s="3">
-        <v>40446823</v>
+        <v>10404757542</v>
       </c>
       <c r="D239" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E239" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C240" s="3">
-        <v>20137025354</v>
+        <v>10064307997</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="3" t="s">
-        <v>341</v>
+        <v>24</v>
       </c>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C241" s="3">
-        <v>77475640</v>
+        <v>10178762210</v>
       </c>
       <c r="D241" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E241" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C242" s="3">
-        <v>20481192049</v>
+        <v>70863576</v>
       </c>
       <c r="D242" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E242" s="3" t="s">
-        <v>344</v>
+        <v>19</v>
       </c>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C243" s="3">
-        <v>45657831</v>
+        <v>74087265</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E243" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C244" s="3">
-        <v>29226389</v>
+        <v>10393913</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E244" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>347</v>
       </c>
-      <c r="C245" s="3" t="s">
-        <v>348</v>
+      <c r="C245" s="3">
+        <v>44553298</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E245" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="C246" s="3">
-        <v>43699080</v>
+        <v>40446823</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E246" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C247" s="3">
+        <v>20137025354</v>
+      </c>
+      <c r="D247" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" s="3" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C248" s="3">
-        <v>71250961</v>
+        <v>77475640</v>
       </c>
       <c r="D248" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C249" s="3">
-        <v>20608728342</v>
+        <v>20481192049</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="3" t="s">
         <v>353</v>
       </c>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C250" s="3">
-        <v>21135384</v>
+        <v>45657831</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E250" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C251" s="3">
-        <v>20225697672</v>
+        <v>29226389</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E251" s="3" t="s">
-        <v>356</v>
+        <v>19</v>
       </c>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C252" s="3" t="s">
         <v>357</v>
       </c>
-      <c r="C252" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D252" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E252" s="3" t="s">
-        <v>358</v>
+        <v>19</v>
       </c>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="C253" s="3">
-        <v>20451169646</v>
+        <v>43699080</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E253" s="3" t="s">
-        <v>360</v>
+        <v>19</v>
       </c>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="C254" s="3">
-        <v>20448714919</v>
+        <v>46351696</v>
       </c>
       <c r="D254" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E254" s="3" t="s">
-        <v>362</v>
+        <v>19</v>
       </c>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="C255" s="3">
-        <v>20433624531</v>
+        <v>71250961</v>
       </c>
       <c r="D255" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E255" s="3" t="s">
-        <v>364</v>
+        <v>19</v>
       </c>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="C256" s="3">
-        <v>20160769964</v>
+        <v>20608728342</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="3" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C257" s="3">
-        <v>20117925375</v>
+        <v>21135384</v>
       </c>
       <c r="D257" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E257" s="3" t="s">
-        <v>368</v>
+        <v>19</v>
       </c>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C258" s="3">
-        <v>20206923327</v>
+        <v>20225697672</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="3" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="C259" s="3">
-        <v>20185471803</v>
+        <v>20130200789</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="3" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C260" s="3">
-        <v>20139589638</v>
+        <v>20451169646</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="3" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="C261" s="3">
-        <v>20274317397</v>
+        <v>20448714919</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E261" s="3" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="C262" s="3">
-        <v>20147169711</v>
+        <v>20433624531</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="3" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="C263" s="3">
-        <v>20467561694</v>
+        <v>20350468529</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="3" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C264" s="3">
-        <v>20450373711</v>
+        <v>20160769964</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="3" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="C265" s="3">
-        <v>20554162577</v>
+        <v>20117925375</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="3" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C266" s="3">
-        <v>20611148969</v>
+        <v>20206923327</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="3" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="C267" s="3">
-        <v>20339267821</v>
+        <v>20185471803</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="3" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="C268" s="3">
-        <v>20147625236</v>
+        <v>20139589638</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="3" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C269" s="3">
-        <v>20154598082</v>
+        <v>20274317397</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="3" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="C270" s="3">
-        <v>20260900081</v>
+        <v>20147169711</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="3" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C271" s="3">
-        <v>20461592768</v>
+        <v>20467561694</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="3" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C272" s="3">
-        <v>20498611681</v>
+        <v>20450373711</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="3" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="C273" s="3">
-        <v>20481768013</v>
+        <v>20554162577</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="3" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="C274" s="3">
-        <v>20568286562</v>
+        <v>20611148969</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="C275" s="3">
-        <v>20608591037</v>
+        <v>20339267821</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="3" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C276" s="3">
-        <v>20480916108</v>
+        <v>20147625236</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="3" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="C277" s="3">
-        <v>20603041128</v>
+        <v>20154598082</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="3" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="C278" s="3">
-        <v>20602494102</v>
+        <v>20260900081</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="C279" s="3">
-        <v>20404876628</v>
+        <v>20461592768</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="3" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="C280" s="3">
-        <v>20601818672</v>
+        <v>20498611681</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="3" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="C281" s="3">
-        <v>10410632239</v>
+        <v>20481768013</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="3" t="s">
-        <v>24</v>
+        <v>411</v>
       </c>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="C282" s="3">
-        <v>20602665390</v>
+        <v>20568286562</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="3" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C283" s="3">
-        <v>20357259976</v>
+        <v>20608591037</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C284" s="3">
-        <v>20601210984</v>
+        <v>20480916108</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="3" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C285" s="3">
-        <v>20202175024</v>
+        <v>20603041128</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="3" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C286" s="3">
-        <v>20495847099</v>
+        <v>20602494102</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="3" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C287" s="3">
-        <v>20611314231</v>
+        <v>20404876628</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="3" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C288" s="3">
-        <v>20613922190</v>
+        <v>20601818672</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="3" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C289" s="3">
-        <v>20611302712</v>
+        <v>10410632239</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="3" t="s">
-        <v>431</v>
+        <v>24</v>
       </c>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C290" s="3">
-        <v>20612028444</v>
+        <v>20602665390</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="3" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="C291" s="3">
-        <v>20606677546</v>
+        <v>20357259976</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="3" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C292" s="3">
-        <v>20178344952</v>
+        <v>20601210984</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="3" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="C293" s="3">
-        <v>20494171369</v>
+        <v>20202175024</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="3" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C294" s="3">
-        <v>20606913584</v>
+        <v>20495847099</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="3" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="C295" s="3">
-        <v>20611818107</v>
+        <v>20611314231</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="3" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="C296" s="3">
-        <v>20614734311</v>
+        <v>20613922190</v>
       </c>
       <c r="D296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="3" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="C297" s="3">
-        <v>20615138020</v>
+        <v>20611302712</v>
       </c>
       <c r="D297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C298" s="3">
-        <v>20608852655</v>
+        <v>20612028444</v>
       </c>
       <c r="D298" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="3" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="C299" s="3">
-        <v>20609998556</v>
+        <v>20606677546</v>
       </c>
       <c r="D299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="3" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="C300" s="3">
-        <v>20613019066</v>
+        <v>20178344952</v>
       </c>
       <c r="D300" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="3" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C301" s="3">
-        <v>20613503936</v>
+        <v>20494171369</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="3" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="C302" s="3">
-        <v>20613564196</v>
+        <v>20613648861</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="3" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="C303" s="3">
-        <v>20606457945</v>
+        <v>20606913584</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="3" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="C304" s="3">
-        <v>20600044304</v>
+        <v>20611818107</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="3" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="C305" s="3">
-        <v>20610823549</v>
+        <v>20614734311</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="3" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C306" s="3">
-        <v>20609698978</v>
+        <v>20615138020</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="3" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C307" s="3">
-        <v>20393739551</v>
+        <v>20608852655</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="3" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C308" s="3">
-        <v>20482261168</v>
+        <v>20609998556</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="3" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="C309" s="3">
-        <v>20612805335</v>
+        <v>20613019066</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C310" s="3">
-        <v>20530837816</v>
+        <v>20613503936</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="3" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C311" s="3">
-        <v>20489748054</v>
+        <v>20613564196</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="3" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="C312" s="3">
-        <v>20605753516</v>
+        <v>20109565017</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="3" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="C313" s="3">
-        <v>20612392758</v>
+        <v>20606457945</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="3" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C314" s="3">
-        <v>20406470581</v>
+        <v>20600044304</v>
       </c>
       <c r="D314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="3" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="C315" s="3">
-        <v>20131378972</v>
+        <v>20610823549</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="3" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C316" s="3">
-        <v>20132497410</v>
+        <v>20609698978</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="3" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C317" s="3">
-        <v>20132509795</v>
+        <v>20393739551</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="3" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C318" s="3">
-        <v>20528077511</v>
+        <v>20482261168</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E318" s="3"/>
+      <c r="E318" s="3" t="s">
+        <v>484</v>
+      </c>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="C319" s="3">
-        <v>20146809341</v>
+        <v>20612805335</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="3" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="C320" s="3">
-        <v>20142528780</v>
+        <v>20530837816</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="3" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C321" s="3">
-        <v>10224265111</v>
+        <v>20489748054</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="3" t="s">
-        <v>24</v>
+        <v>490</v>
       </c>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="C322" s="3">
-        <v>10480282375</v>
+        <v>20605753516</v>
       </c>
       <c r="D322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="3" t="s">
-        <v>24</v>
+        <v>492</v>
       </c>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C323" s="3">
-        <v>20607987328</v>
+        <v>20612392758</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="3" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="C324" s="3">
-        <v>20370146994</v>
+        <v>20406470581</v>
       </c>
       <c r="D324" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="3" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C325" s="3">
-        <v>20607674494</v>
+        <v>20131378972</v>
       </c>
       <c r="D325" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="3" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C326" s="3">
-        <v>20609401037</v>
+        <v>20132497410</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="3" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="C327" s="3">
-        <v>20563863944</v>
+        <v>20132509795</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="3" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C328" s="3">
-        <v>20530097944</v>
+        <v>20528077511</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E328" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E328" s="3"/>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="C329" s="3">
-        <v>20613818091</v>
+        <v>20146809341</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="3" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="C330" s="3">
-        <v>20603680392</v>
+        <v>20142528780</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="C331" s="3">
-        <v>20609263718</v>
+        <v>10224265111</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="3" t="s">
-        <v>512</v>
+        <v>24</v>
       </c>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="C332" s="3">
-        <v>20610180389</v>
+        <v>10480282375</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="3" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C333" s="3">
-        <v>20607536571</v>
+        <v>20607987328</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="3" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="C334" s="3">
-        <v>20602769934</v>
+        <v>20370146994</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="3" t="s">
-        <v>518</v>
+        <v>513</v>
       </c>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>519</v>
+        <v>514</v>
       </c>
       <c r="C335" s="3">
-        <v>20477550429</v>
+        <v>20607674494</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="3" t="s">
-        <v>520</v>
+        <v>515</v>
       </c>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="C336" s="3">
-        <v>20529629355</v>
+        <v>20609401037</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="3" t="s">
-        <v>522</v>
+        <v>517</v>
       </c>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="C337" s="3">
-        <v>20487872319</v>
+        <v>20563863944</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="3" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="C338" s="3">
-        <v>20529808446</v>
+        <v>20530097944</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="3" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
       <c r="C339" s="3">
-        <v>20542260476</v>
+        <v>20613818091</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="3" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="C340" s="3">
-        <v>20100082391</v>
+        <v>20603680392</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="3" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="C341" s="3">
-        <v>20533902856</v>
+        <v>20609263718</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="3" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="C342" s="3">
-        <v>40057423</v>
+        <v>20610180389</v>
       </c>
       <c r="D342" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E342" s="3" t="s">
-        <v>19</v>
+        <v>529</v>
       </c>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="C343" s="3">
-        <v>20525271391</v>
+        <v>20607536571</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="3" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="C344" s="3">
-        <v>20494488303</v>
+        <v>20602769934</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E344" s="3"/>
+      <c r="E344" s="3" t="s">
+        <v>533</v>
+      </c>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="C345" s="3">
-        <v>20101037623</v>
+        <v>20477550429</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="3" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="C346" s="3">
-        <v>45318139</v>
+        <v>20529629355</v>
       </c>
       <c r="D346" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E346" s="3" t="s">
-        <v>19</v>
+        <v>537</v>
       </c>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="C347" s="3">
-        <v>44721293</v>
+        <v>20487872319</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E347" s="3" t="s">
-        <v>19</v>
+        <v>539</v>
       </c>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="C348" s="3">
+        <v>20529808446</v>
+      </c>
+      <c r="D348" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E348" s="3" t="s">
         <v>541</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
         <v>542</v>
       </c>
       <c r="C349" s="3">
-        <v>44859892</v>
+        <v>20542260476</v>
       </c>
       <c r="D349" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E349" s="3" t="s">
-        <v>19</v>
+        <v>543</v>
       </c>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C350" s="3">
-        <v>42539401</v>
+        <v>20100082391</v>
       </c>
       <c r="D350" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E350" s="3" t="s">
-        <v>19</v>
+        <v>545</v>
       </c>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C351" s="3">
-        <v>41420471</v>
+        <v>20533902856</v>
       </c>
       <c r="D351" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E351" s="3" t="s">
-        <v>19</v>
+        <v>547</v>
       </c>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="C352" s="3">
-        <v>20133148532</v>
+        <v>40057423</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E352" s="3" t="s">
-        <v>546</v>
+        <v>19</v>
       </c>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="C353" s="3">
-        <v>10178752508</v>
+        <v>20525271391</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="3" t="s">
-        <v>24</v>
+        <v>550</v>
       </c>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="C354" s="3">
-        <v>10167005107</v>
+        <v>20494488303</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E354" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="C355" s="3">
-        <v>20108030802</v>
+        <v>20101037623</v>
       </c>
       <c r="D355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="3" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C356" s="3">
-        <v>10422038103</v>
+        <v>45318139</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E356" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C357" s="3">
-        <v>10457890368</v>
+        <v>44721293</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E357" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="C358" s="3">
-        <v>20608396757</v>
+        <v>43724766</v>
       </c>
       <c r="D358" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E358" s="3" t="s">
-        <v>554</v>
+        <v>19</v>
       </c>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C359" s="3">
-        <v>10282937595</v>
+        <v>44859892</v>
       </c>
       <c r="D359" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E359" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C360" s="3">
-        <v>10000213336</v>
+        <v>42539401</v>
       </c>
       <c r="D360" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E360" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="C361" s="3">
-        <v>40427590</v>
+        <v>41420471</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E361" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C362" s="3">
-        <v>40731713</v>
+        <v>20133148532</v>
       </c>
       <c r="D362" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E362" s="3" t="s">
-        <v>19</v>
+        <v>561</v>
       </c>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="C363" s="3">
-        <v>72530992</v>
+        <v>10178752508</v>
       </c>
       <c r="D363" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E363" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="C364" s="3">
-        <v>76747253</v>
+        <v>10167005107</v>
       </c>
       <c r="D364" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C365" s="3">
-        <v>75996365</v>
+        <v>20108030802</v>
       </c>
       <c r="D365" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E365" s="3" t="s">
-        <v>19</v>
+        <v>565</v>
       </c>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="C366" s="3">
-        <v>29498399</v>
+        <v>10422038103</v>
       </c>
       <c r="D366" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E366" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C367" s="3">
-        <v>73146497</v>
+        <v>10457890368</v>
       </c>
       <c r="D367" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E367" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="C368" s="3">
-        <v>42719335</v>
+        <v>20608396757</v>
       </c>
       <c r="D368" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E368" s="3" t="s">
-        <v>19</v>
+        <v>569</v>
       </c>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="C369" s="3">
-        <v>75828580</v>
+        <v>10282937595</v>
       </c>
       <c r="D369" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E369" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>571</v>
+      </c>
+      <c r="C370" s="3">
+        <v>10000213336</v>
       </c>
       <c r="D370" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E370" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="C371" s="3">
-        <v>42653063</v>
+        <v>40427590</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E371" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C372" s="3">
-        <v>22504897</v>
+        <v>40731713</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E372" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="C373" s="3">
-        <v>20602308848</v>
+        <v>72530992</v>
       </c>
       <c r="D373" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E373" s="3" t="s">
-        <v>571</v>
+        <v>19</v>
       </c>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="C374" s="3">
-        <v>29246800</v>
+        <v>76747253</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E374" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="C375" s="3">
-        <v>45599005</v>
+        <v>75996365</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E375" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C376" s="3">
-        <v>24754844</v>
+        <v>29498399</v>
       </c>
       <c r="D376" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E376" s="3" t="s">
-        <v>575</v>
+        <v>19</v>
       </c>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C377" s="3">
-        <v>29228967</v>
+        <v>73146497</v>
       </c>
       <c r="D377" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E377" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C378" s="3">
-        <v>45865086</v>
+        <v>42719335</v>
       </c>
       <c r="D378" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E378" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C379" s="3">
-        <v>44345764</v>
+        <v>75828580</v>
       </c>
       <c r="D379" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E379" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>20533267905</v>
+        <v>581</v>
+      </c>
+      <c r="C380" s="3" t="s">
+        <v>582</v>
       </c>
       <c r="D380" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E380" s="3" t="s">
-        <v>580</v>
+        <v>19</v>
       </c>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="C381" s="3">
-        <v>10181893732</v>
+        <v>42653063</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E381" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F381" s="3"/>
       <c r="G381" s="3"/>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C382" s="3">
-        <v>20477430521</v>
+        <v>22504897</v>
       </c>
       <c r="D382" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E382" s="3" t="s">
-        <v>583</v>
+        <v>19</v>
       </c>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C383" s="3">
-        <v>42988235</v>
+        <v>20602308848</v>
       </c>
       <c r="D383" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E383" s="3" t="s">
-        <v>19</v>
+        <v>586</v>
       </c>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="C384" s="3">
-        <v>72007302</v>
+        <v>29246800</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E384" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F384" s="3"/>
       <c r="G384" s="3"/>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C385" s="3">
-        <v>20600773080</v>
+        <v>45599005</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E385" s="3" t="s">
-        <v>587</v>
+        <v>19</v>
       </c>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C386" s="3">
-        <v>26655123</v>
+        <v>24754844</v>
       </c>
       <c r="D386" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E386" s="3" t="s">
-        <v>19</v>
+        <v>590</v>
       </c>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>591</v>
+      </c>
+      <c r="C387" s="3">
+        <v>29228967</v>
       </c>
       <c r="D387" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E387" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F387" s="3"/>
       <c r="G387" s="3"/>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C388" s="3">
-        <v>10451556</v>
+        <v>45865086</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E388" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C389" s="3">
-        <v>20491238764</v>
+        <v>44345764</v>
       </c>
       <c r="D389" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E389" s="3" t="s">
-        <v>593</v>
+        <v>19</v>
       </c>
       <c r="F389" s="3"/>
       <c r="G389" s="3"/>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>594</v>
       </c>
       <c r="C390" s="3">
-        <v>20402209250</v>
+        <v>20533267905</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="3" t="s">
         <v>595</v>
       </c>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>596</v>
       </c>
       <c r="C391" s="3">
-        <v>20539285361</v>
+        <v>10181893732</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="3" t="s">
-        <v>597</v>
+        <v>24</v>
       </c>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="C392" s="3">
+        <v>20477430521</v>
+      </c>
+      <c r="D392" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" s="3" t="s">
         <v>598</v>
-      </c>
-[...7 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F392" s="3"/>
       <c r="G392" s="3"/>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="C393" s="3">
+        <v>20304117142</v>
+      </c>
+      <c r="D393" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E393" s="3" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>601</v>
       </c>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="C394" s="3">
-        <v>22461991</v>
+        <v>42988235</v>
       </c>
       <c r="D394" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E394" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F394" s="3"/>
       <c r="G394" s="3"/>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="C395" s="3">
-        <v>18011992</v>
+        <v>72007302</v>
       </c>
       <c r="D395" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E395" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F395" s="3"/>
       <c r="G395" s="3"/>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="C396" s="3">
+        <v>20600773080</v>
+      </c>
+      <c r="D396" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" s="3" t="s">
         <v>604</v>
-      </c>
-[...7 lines deleted...]
-        <v>24</v>
       </c>
       <c r="F396" s="3"/>
       <c r="G396" s="3"/>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
         <v>605</v>
       </c>
       <c r="C397" s="3">
-        <v>45801548</v>
+        <v>26655123</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E397" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F397" s="3"/>
       <c r="G397" s="3"/>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
         <v>606</v>
       </c>
       <c r="C398" s="3">
-        <v>72016308</v>
+        <v>40984776</v>
       </c>
       <c r="D398" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E398" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F398" s="3"/>
       <c r="G398" s="3"/>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
         <v>607</v>
       </c>
-      <c r="C399" s="3">
-        <v>46091592</v>
+      <c r="C399" s="3" t="s">
+        <v>608</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E399" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F399" s="3"/>
       <c r="G399" s="3"/>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C400" s="3">
-        <v>41201034</v>
+        <v>10451556</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E400" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>609</v>
-[...1 lines deleted...]
-      <c r="C401" s="3" t="s">
         <v>610</v>
       </c>
+      <c r="C401" s="3">
+        <v>20491238764</v>
+      </c>
       <c r="D401" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E401" s="3" t="s">
-        <v>19</v>
+        <v>611</v>
       </c>
       <c r="F401" s="3"/>
       <c r="G401" s="3"/>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C402" s="3">
-        <v>20199565398</v>
+        <v>20402209250</v>
       </c>
       <c r="D402" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="3" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F402" s="3"/>
       <c r="G402" s="3"/>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C403" s="3">
-        <v>20488841301</v>
+        <v>20539285361</v>
       </c>
       <c r="D403" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="3" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C404" s="3">
-        <v>20170258054</v>
+        <v>20465874211</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F404" s="3"/>
       <c r="G404" s="3"/>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C405" s="3">
-        <v>20450241564</v>
+        <v>20602009905</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F405" s="3"/>
       <c r="G405" s="3"/>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C406" s="3">
-        <v>20199917928</v>
+        <v>22461991</v>
       </c>
       <c r="D406" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E406" s="3" t="s">
-        <v>620</v>
+        <v>19</v>
       </c>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
         <v>621</v>
       </c>
       <c r="C407" s="3">
-        <v>20491244900</v>
+        <v>18011992</v>
       </c>
       <c r="D407" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E407" s="3" t="s">
-        <v>622</v>
+        <v>19</v>
       </c>
       <c r="F407" s="3"/>
       <c r="G407" s="3"/>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>623</v>
+        <v>622</v>
       </c>
       <c r="C408" s="3">
-        <v>20363914994</v>
+        <v>10181367259</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="3" t="s">
-        <v>624</v>
+        <v>24</v>
       </c>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C409" s="3">
-        <v>20556118079</v>
+        <v>45801548</v>
       </c>
       <c r="D409" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E409" s="3" t="s">
-        <v>626</v>
+        <v>19</v>
       </c>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="C410" s="3">
-        <v>20321327231</v>
+        <v>72016308</v>
       </c>
       <c r="D410" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E410" s="3" t="s">
-        <v>628</v>
+        <v>19</v>
       </c>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>629</v>
+        <v>625</v>
       </c>
       <c r="C411" s="3">
-        <v>20402597918</v>
+        <v>46091592</v>
       </c>
       <c r="D411" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E411" s="3" t="s">
-        <v>630</v>
+        <v>19</v>
       </c>
       <c r="F411" s="3"/>
       <c r="G411" s="3"/>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="C412" s="3">
-        <v>20368981355</v>
+        <v>41201034</v>
       </c>
       <c r="D412" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E412" s="3" t="s">
-        <v>632</v>
+        <v>19</v>
       </c>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-        <v>20365213179</v>
+        <v>627</v>
+      </c>
+      <c r="C413" s="3" t="s">
+        <v>628</v>
       </c>
       <c r="D413" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E413" s="3" t="s">
-        <v>634</v>
+        <v>19</v>
       </c>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="C414" s="3">
-        <v>20167183515</v>
+        <v>20199565398</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="3" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="C415" s="3">
-        <v>20410016070</v>
+        <v>20488841301</v>
       </c>
       <c r="D415" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="3" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="F415" s="3"/>
       <c r="G415" s="3"/>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" s="3">
         <v>414</v>
       </c>
       <c r="B416" s="3" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="C416" s="3">
-        <v>20232544920</v>
+        <v>20170258054</v>
       </c>
       <c r="D416" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E416" s="3" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="F416" s="3"/>
       <c r="G416" s="3"/>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" s="3">
         <v>415</v>
       </c>
       <c r="B417" s="3" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="C417" s="3">
-        <v>20404224809</v>
+        <v>20450241564</v>
       </c>
       <c r="D417" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E417" s="3" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="F417" s="3"/>
       <c r="G417" s="3"/>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" s="3">
         <v>416</v>
       </c>
       <c r="B418" s="3" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
       <c r="C418" s="3">
-        <v>20366964437</v>
+        <v>20199917928</v>
       </c>
       <c r="D418" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E418" s="3" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="F418" s="3"/>
       <c r="G418" s="3"/>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" s="3">
         <v>417</v>
       </c>
       <c r="B419" s="3" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="C419" s="3">
-        <v>20182362141</v>
+        <v>20491244900</v>
       </c>
       <c r="D419" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="3" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="F419" s="3"/>
       <c r="G419" s="3"/>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" s="3">
         <v>418</v>
       </c>
       <c r="B420" s="3" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="C420" s="3">
-        <v>20165645325</v>
+        <v>20363914994</v>
       </c>
       <c r="D420" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="3" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="F420" s="3"/>
       <c r="G420" s="3"/>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" s="3">
         <v>419</v>
       </c>
       <c r="B421" s="3" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="C421" s="3">
-        <v>20156003817</v>
+        <v>20556118079</v>
       </c>
       <c r="D421" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="3" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" s="3">
         <v>420</v>
       </c>
       <c r="B422" s="3" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="C422" s="3">
-        <v>20163779707</v>
+        <v>20321327231</v>
       </c>
       <c r="D422" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="3" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" s="3">
         <v>421</v>
       </c>
       <c r="B423" s="3" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="C423" s="3">
-        <v>41263364</v>
+        <v>20402597918</v>
       </c>
       <c r="D423" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E423" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E423" s="3" t="s">
+        <v>648</v>
+      </c>
       <c r="F423" s="3"/>
       <c r="G423" s="3"/>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" s="3">
         <v>422</v>
       </c>
       <c r="B424" s="3" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="C424" s="3">
-        <v>20171880891</v>
+        <v>20368981355</v>
       </c>
       <c r="D424" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="3" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" s="3">
         <v>423</v>
       </c>
       <c r="B425" s="3" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="C425" s="3">
-        <v>20171766509</v>
+        <v>20365213179</v>
       </c>
       <c r="D425" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="3" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="F425" s="3"/>
       <c r="G425" s="3"/>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" s="3">
         <v>424</v>
       </c>
       <c r="B426" s="3" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="C426" s="3">
-        <v>20195189146</v>
+        <v>20167183515</v>
       </c>
       <c r="D426" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="3" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="F426" s="3"/>
       <c r="G426" s="3"/>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" s="3">
         <v>425</v>
       </c>
       <c r="B427" s="3" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="C427" s="3">
-        <v>20392327747</v>
+        <v>20410016070</v>
       </c>
       <c r="D427" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="3" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" s="3">
         <v>426</v>
       </c>
       <c r="B428" s="3" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="C428" s="3">
-        <v>20199189710</v>
+        <v>20232544920</v>
       </c>
       <c r="D428" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="3" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" s="3">
         <v>427</v>
       </c>
       <c r="B429" s="3" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="C429" s="3">
-        <v>20286907467</v>
+        <v>20404224809</v>
       </c>
       <c r="D429" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="3" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F429" s="3"/>
       <c r="G429" s="3"/>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" s="3">
         <v>428</v>
       </c>
       <c r="B430" s="3" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="C430" s="3">
-        <v>20603245548</v>
+        <v>20366964437</v>
       </c>
       <c r="D430" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="3" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" s="3">
         <v>429</v>
       </c>
       <c r="B431" s="3" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="C431" s="3">
-        <v>20605867015</v>
+        <v>20182362141</v>
       </c>
       <c r="D431" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="3" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" s="3">
         <v>430</v>
       </c>
       <c r="B432" s="3" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="C432" s="3">
-        <v>20614349833</v>
+        <v>20165645325</v>
       </c>
       <c r="D432" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="3" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="F432" s="3"/>
       <c r="G432" s="3"/>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" s="3">
         <v>431</v>
       </c>
       <c r="B433" s="3" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="C433" s="3">
-        <v>20285564973</v>
+        <v>20156003817</v>
       </c>
       <c r="D433" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="3" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" s="3">
         <v>432</v>
       </c>
       <c r="B434" s="3" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="C434" s="3">
-        <v>20606145536</v>
+        <v>20163779707</v>
       </c>
       <c r="D434" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="3" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="F434" s="3"/>
       <c r="G434" s="3"/>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" s="3">
         <v>433</v>
       </c>
       <c r="B435" s="3" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="C435" s="3">
-        <v>22078532</v>
+        <v>41263364</v>
       </c>
       <c r="D435" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E435" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E435" s="3"/>
       <c r="F435" s="3"/>
       <c r="G435" s="3"/>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" s="3">
         <v>434</v>
       </c>
       <c r="B436" s="3" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="C436" s="3">
-        <v>16461911</v>
+        <v>20171880891</v>
       </c>
       <c r="D436" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E436" s="3" t="s">
-        <v>19</v>
+        <v>673</v>
       </c>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" s="3">
         <v>435</v>
       </c>
       <c r="B437" s="3" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="C437" s="3">
-        <v>44246863</v>
+        <v>20171766509</v>
       </c>
       <c r="D437" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E437" s="3" t="s">
-        <v>19</v>
+        <v>675</v>
       </c>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" s="3">
         <v>436</v>
       </c>
       <c r="B438" s="3" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="C438" s="3">
-        <v>40446196</v>
+        <v>20195189146</v>
       </c>
       <c r="D438" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E438" s="3" t="s">
-        <v>19</v>
+        <v>677</v>
       </c>
       <c r="F438" s="3"/>
       <c r="G438" s="3"/>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" s="3">
         <v>437</v>
       </c>
       <c r="B439" s="3" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="C439" s="3">
-        <v>20602220011</v>
+        <v>20198261476</v>
       </c>
       <c r="D439" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="3" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="F439" s="3"/>
       <c r="G439" s="3"/>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" s="3">
         <v>438</v>
       </c>
       <c r="B440" s="3" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="C440" s="3">
-        <v>40736457</v>
+        <v>20392327747</v>
       </c>
       <c r="D440" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E440" s="3" t="s">
-        <v>19</v>
+        <v>681</v>
       </c>
       <c r="F440" s="3"/>
       <c r="G440" s="3"/>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" s="3">
         <v>439</v>
       </c>
       <c r="B441" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="C441" s="3">
+        <v>20199189710</v>
+      </c>
+      <c r="D441" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" s="3" t="s">
         <v>683</v>
-      </c>
-[...7 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F441" s="3"/>
       <c r="G441" s="3"/>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" s="3">
         <v>440</v>
       </c>
       <c r="B442" s="3" t="s">
+        <v>684</v>
+      </c>
+      <c r="C442" s="3">
+        <v>20286907467</v>
+      </c>
+      <c r="D442" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="3" t="s">
         <v>685</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F442" s="3"/>
       <c r="G442" s="3"/>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" s="3">
         <v>441</v>
       </c>
       <c r="B443" s="3" t="s">
         <v>686</v>
       </c>
       <c r="C443" s="3">
-        <v>19840785</v>
+        <v>20603245548</v>
       </c>
       <c r="D443" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E443" s="3" t="s">
-        <v>19</v>
+        <v>687</v>
       </c>
       <c r="F443" s="3"/>
       <c r="G443" s="3"/>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" s="3">
         <v>442</v>
       </c>
       <c r="B444" s="3" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C444" s="3">
-        <v>25217181</v>
+        <v>20605867015</v>
       </c>
       <c r="D444" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E444" s="3" t="s">
-        <v>19</v>
+        <v>689</v>
       </c>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" s="3">
         <v>443</v>
       </c>
       <c r="B445" s="3" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-        <v>689</v>
+        <v>690</v>
+      </c>
+      <c r="C445" s="3">
+        <v>20614349833</v>
       </c>
       <c r="D445" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E445" s="3" t="s">
-        <v>19</v>
+        <v>691</v>
       </c>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" s="3">
         <v>444</v>
       </c>
       <c r="B446" s="3" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C446" s="3">
-        <v>26697611</v>
+        <v>20612704628</v>
       </c>
       <c r="D446" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E446" s="3" t="s">
-        <v>19</v>
+        <v>693</v>
       </c>
       <c r="F446" s="3"/>
       <c r="G446" s="3"/>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" s="3">
         <v>445</v>
       </c>
       <c r="B447" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="C447" s="3">
-        <v>17612859</v>
+        <v>20285564973</v>
       </c>
       <c r="D447" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E447" s="3" t="s">
-        <v>19</v>
+        <v>695</v>
       </c>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" s="3">
         <v>446</v>
       </c>
       <c r="B448" s="3" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>696</v>
+      </c>
+      <c r="C448" s="3">
+        <v>20606145536</v>
       </c>
       <c r="D448" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E448" s="3" t="s">
-        <v>19</v>
+        <v>697</v>
       </c>
       <c r="F448" s="3"/>
       <c r="G448" s="3"/>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" s="3">
         <v>447</v>
       </c>
       <c r="B449" s="3" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="C449" s="3">
-        <v>21511500</v>
+        <v>22078532</v>
       </c>
       <c r="D449" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E449" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" s="3">
         <v>448</v>
       </c>
       <c r="B450" s="3" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="C450" s="3">
-        <v>76805023</v>
+        <v>20520588486</v>
       </c>
       <c r="D450" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E450" s="3" t="s">
-        <v>19</v>
+        <v>700</v>
       </c>
       <c r="F450" s="3"/>
       <c r="G450" s="3"/>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" s="3">
         <v>449</v>
       </c>
       <c r="B451" s="3" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="C451" s="3">
-        <v>70161965</v>
+        <v>16461911</v>
       </c>
       <c r="D451" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E451" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" s="3">
         <v>450</v>
       </c>
       <c r="B452" s="3" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="C452" s="3">
-        <v>48078552</v>
+        <v>44246863</v>
       </c>
       <c r="D452" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E452" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" s="3">
         <v>451</v>
       </c>
       <c r="B453" s="3" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C453" s="3">
-        <v>44038513</v>
+        <v>40446196</v>
       </c>
       <c r="D453" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E453" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F453" s="3"/>
       <c r="G453" s="3"/>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" s="3">
         <v>452</v>
       </c>
       <c r="B454" s="3" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="C454" s="3">
-        <v>78373253</v>
+        <v>20602220011</v>
       </c>
       <c r="D454" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E454" s="3" t="s">
-        <v>19</v>
+        <v>705</v>
       </c>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" s="3">
         <v>453</v>
       </c>
       <c r="B455" s="3" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>41501814</v>
+        <v>706</v>
+      </c>
+      <c r="C455" s="3" t="s">
+        <v>707</v>
       </c>
       <c r="D455" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E455" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" s="3">
         <v>454</v>
       </c>
       <c r="B456" s="3" t="s">
-        <v>701</v>
-[...2 lines deleted...]
-        <v>702</v>
+        <v>708</v>
+      </c>
+      <c r="C456" s="3">
+        <v>40736457</v>
       </c>
       <c r="D456" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E456" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F456" s="3"/>
       <c r="G456" s="3"/>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" s="3">
         <v>455</v>
       </c>
       <c r="B457" s="3" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>704</v>
+        <v>709</v>
+      </c>
+      <c r="C457" s="3">
+        <v>20527593744</v>
       </c>
       <c r="D457" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E457" s="3" t="s">
-        <v>19</v>
+        <v>710</v>
       </c>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" s="3">
         <v>456</v>
       </c>
       <c r="B458" s="3" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="C458" s="3">
-        <v>20350338315</v>
+        <v>25209434</v>
       </c>
       <c r="D458" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E458" s="3" t="s">
-        <v>706</v>
+        <v>19</v>
       </c>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" s="3">
         <v>457</v>
       </c>
       <c r="B459" s="3" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C459" s="3">
-        <v>45600661</v>
+        <v>19840785</v>
       </c>
       <c r="D459" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E459" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" s="3">
         <v>458</v>
       </c>
       <c r="B460" s="3" t="s">
-        <v>708</v>
-[...2 lines deleted...]
-        <v>709</v>
+        <v>713</v>
+      </c>
+      <c r="C460" s="3">
+        <v>25217181</v>
       </c>
       <c r="D460" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E460" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F460" s="3"/>
       <c r="G460" s="3"/>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" s="3">
         <v>459</v>
       </c>
       <c r="B461" s="3" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>44919437</v>
+        <v>714</v>
+      </c>
+      <c r="C461" s="3" t="s">
+        <v>715</v>
       </c>
       <c r="D461" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E461" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" s="3">
         <v>460</v>
       </c>
       <c r="B462" s="3" t="s">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>23854868</v>
+        <v>716</v>
+      </c>
+      <c r="C462" s="3" t="s">
+        <v>717</v>
       </c>
       <c r="D462" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E462" s="3" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" s="3">
         <v>461</v>
       </c>
       <c r="B463" s="3" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>718</v>
+      </c>
+      <c r="C463" s="3">
+        <v>26697611</v>
       </c>
       <c r="D463" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E463" s="3" t="s">
-        <v>714</v>
+        <v>19</v>
       </c>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" s="3">
         <v>462</v>
       </c>
       <c r="B464" s="3" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>716</v>
+        <v>719</v>
+      </c>
+      <c r="C464" s="3">
+        <v>17612859</v>
       </c>
       <c r="D464" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E464" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" s="3">
         <v>463</v>
       </c>
       <c r="B465" s="3" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>42191243</v>
+        <v>720</v>
+      </c>
+      <c r="C465" s="3" t="s">
+        <v>721</v>
       </c>
       <c r="D465" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E465" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F465" s="3"/>
       <c r="G465" s="3"/>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" s="3">
         <v>464</v>
       </c>
       <c r="B466" s="3" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C466" s="3">
-        <v>41096104</v>
+        <v>21511500</v>
       </c>
       <c r="D466" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E466" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" s="3">
         <v>465</v>
       </c>
       <c r="B467" s="3" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="C467" s="3">
-        <v>43644795</v>
+        <v>76805023</v>
       </c>
       <c r="D467" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E467" s="3"/>
+      <c r="E467" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" s="3">
         <v>466</v>
       </c>
       <c r="B468" s="3" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>724</v>
+      </c>
+      <c r="C468" s="3">
+        <v>70161965</v>
       </c>
       <c r="D468" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E468" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" s="3">
         <v>467</v>
       </c>
       <c r="B469" s="3" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C469" s="3">
-        <v>20495692460</v>
+        <v>48078552</v>
       </c>
       <c r="D469" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E469" s="3" t="s">
-        <v>723</v>
+        <v>19</v>
       </c>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" s="3">
         <v>468</v>
       </c>
       <c r="B470" s="3" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="C470" s="3">
-        <v>20311432177</v>
+        <v>44038513</v>
       </c>
       <c r="D470" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E470" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E470" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F470" s="3"/>
       <c r="G470" s="3"/>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" s="3">
         <v>469</v>
       </c>
       <c r="B471" s="3" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>727</v>
+      </c>
+      <c r="C471" s="3">
+        <v>78373253</v>
       </c>
       <c r="D471" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E471" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" s="3">
         <v>470</v>
       </c>
       <c r="B472" s="3" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="C472" s="3">
-        <v>20604219435</v>
+        <v>41501814</v>
       </c>
       <c r="D472" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E472" s="3" t="s">
-        <v>728</v>
+        <v>19</v>
       </c>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" s="3">
         <v>471</v>
       </c>
       <c r="B473" s="3" t="s">
         <v>729</v>
       </c>
-      <c r="C473" s="3">
-        <v>20602428312</v>
+      <c r="C473" s="3" t="s">
+        <v>730</v>
       </c>
       <c r="D473" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E473" s="3" t="s">
-        <v>730</v>
+        <v>19</v>
       </c>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" s="3">
         <v>472</v>
       </c>
       <c r="B474" s="3" t="s">
         <v>731</v>
       </c>
-      <c r="C474" s="3">
-        <v>32790596</v>
+      <c r="C474" s="3" t="s">
+        <v>732</v>
       </c>
       <c r="D474" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E474" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" s="3">
         <v>473</v>
       </c>
       <c r="B475" s="3" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C475" s="3">
-        <v>40687238</v>
+        <v>20350338315</v>
       </c>
       <c r="D475" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E475" s="3" t="s">
-        <v>19</v>
+        <v>734</v>
       </c>
       <c r="F475" s="3"/>
       <c r="G475" s="3"/>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" s="3">
         <v>474</v>
       </c>
       <c r="B476" s="3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C476" s="3">
-        <v>19100573</v>
+        <v>45600661</v>
       </c>
       <c r="D476" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E476" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" s="3">
         <v>475</v>
       </c>
       <c r="B477" s="3" t="s">
-        <v>734</v>
-[...2 lines deleted...]
-        <v>42196564</v>
+        <v>736</v>
+      </c>
+      <c r="C477" s="3" t="s">
+        <v>737</v>
       </c>
       <c r="D477" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E477" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" s="3">
         <v>476</v>
       </c>
       <c r="B478" s="3" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C478" s="3">
-        <v>17916395</v>
+        <v>44919437</v>
       </c>
       <c r="D478" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E478" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" s="3">
         <v>477</v>
       </c>
       <c r="B479" s="3" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C479" s="3">
-        <v>42008695</v>
+        <v>23854868</v>
       </c>
       <c r="D479" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E479" s="3" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" s="3">
         <v>478</v>
       </c>
       <c r="B480" s="3" t="s">
-        <v>737</v>
-[...2 lines deleted...]
-        <v>24487658</v>
+        <v>740</v>
+      </c>
+      <c r="C480" s="3" t="s">
+        <v>741</v>
       </c>
       <c r="D480" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E480" s="3" t="s">
-        <v>19</v>
+        <v>742</v>
       </c>
       <c r="F480" s="3"/>
       <c r="G480" s="3"/>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" s="3">
         <v>479</v>
       </c>
       <c r="B481" s="3" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>22418533</v>
+        <v>743</v>
+      </c>
+      <c r="C481" s="3" t="s">
+        <v>744</v>
       </c>
       <c r="D481" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E481" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" s="3">
         <v>480</v>
       </c>
       <c r="B482" s="3" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="C482" s="3">
-        <v>29314401</v>
+        <v>42191243</v>
       </c>
       <c r="D482" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E482" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" s="3">
         <v>481</v>
       </c>
       <c r="B483" s="3" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="C483" s="3">
-        <v>44462819</v>
+        <v>45067240</v>
       </c>
       <c r="D483" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E483" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" s="3">
         <v>482</v>
       </c>
       <c r="B484" s="3" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C484" s="3">
-        <v>42213331</v>
+        <v>41096104</v>
       </c>
       <c r="D484" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E484" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" s="3">
         <v>483</v>
       </c>
       <c r="B485" s="3" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="C485" s="3">
-        <v>27364629</v>
+        <v>43644795</v>
       </c>
       <c r="D485" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E485" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E485" s="3"/>
       <c r="F485" s="3"/>
       <c r="G485" s="3"/>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" s="3">
         <v>484</v>
       </c>
       <c r="B486" s="3" t="s">
-        <v>743</v>
-[...2 lines deleted...]
-        <v>46164983</v>
+        <v>749</v>
+      </c>
+      <c r="C486" s="3" t="s">
+        <v>750</v>
       </c>
       <c r="D486" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E486" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" s="3">
         <v>485</v>
       </c>
       <c r="B487" s="3" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="C487" s="3">
-        <v>24683299</v>
+        <v>20495692460</v>
       </c>
       <c r="D487" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E487" s="3" t="s">
-        <v>19</v>
+        <v>752</v>
       </c>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" s="3">
         <v>486</v>
       </c>
       <c r="B488" s="3" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>753</v>
+      </c>
+      <c r="C488" s="3">
+        <v>20311432177</v>
       </c>
       <c r="D488" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E488" s="3"/>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" s="3">
         <v>487</v>
       </c>
       <c r="B489" s="3" t="s">
-        <v>747</v>
-[...2 lines deleted...]
-        <v>20614400677</v>
+        <v>754</v>
+      </c>
+      <c r="C489" s="3" t="s">
+        <v>755</v>
       </c>
       <c r="D489" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E489" s="3" t="s">
-        <v>748</v>
+        <v>19</v>
       </c>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" s="3">
         <v>488</v>
       </c>
       <c r="B490" s="3" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="C490" s="3">
-        <v>16414673</v>
+        <v>20604219435</v>
       </c>
       <c r="D490" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E490" s="3" t="s">
-        <v>19</v>
+        <v>757</v>
       </c>
       <c r="F490" s="3"/>
       <c r="G490" s="3"/>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" s="3">
         <v>489</v>
       </c>
       <c r="B491" s="3" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="C491" s="3">
-        <v>40504949</v>
+        <v>20602428312</v>
       </c>
       <c r="D491" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E491" s="3" t="s">
-        <v>19</v>
+        <v>759</v>
       </c>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" s="3">
         <v>490</v>
       </c>
       <c r="B492" s="3" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C492" s="3">
-        <v>20525289843</v>
+        <v>32790596</v>
       </c>
       <c r="D492" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E492" s="3" t="s">
-        <v>752</v>
+        <v>19</v>
       </c>
       <c r="F492" s="3"/>
       <c r="G492" s="3"/>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" s="3">
         <v>491</v>
       </c>
       <c r="B493" s="3" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="C493" s="3">
-        <v>16801337</v>
+        <v>40687238</v>
       </c>
       <c r="D493" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E493" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" s="3">
         <v>492</v>
       </c>
       <c r="B494" s="3" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="C494" s="3">
-        <v>74121376</v>
+        <v>19100573</v>
       </c>
       <c r="D494" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E494" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" s="3">
         <v>493</v>
       </c>
       <c r="B495" s="3" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
       <c r="C495" s="3">
-        <v>46412274</v>
+        <v>42196564</v>
       </c>
       <c r="D495" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E495" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F495" s="3"/>
       <c r="G495" s="3"/>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" s="3">
         <v>494</v>
       </c>
       <c r="B496" s="3" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="C496" s="3">
-        <v>20103795631</v>
+        <v>17916395</v>
       </c>
       <c r="D496" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E496" s="3" t="s">
-        <v>757</v>
+        <v>19</v>
       </c>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" s="3">
         <v>495</v>
       </c>
       <c r="B497" s="3" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="C497" s="3">
-        <v>20163947693</v>
+        <v>42008695</v>
       </c>
       <c r="D497" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E497" s="3" t="s">
-        <v>759</v>
+        <v>19</v>
       </c>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" s="3">
         <v>496</v>
       </c>
       <c r="B498" s="3" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="C498" s="3">
-        <v>20119205949</v>
+        <v>24487658</v>
       </c>
       <c r="D498" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E498" s="3" t="s">
-        <v>761</v>
+        <v>19</v>
       </c>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" s="3">
         <v>497</v>
       </c>
       <c r="B499" s="3" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="C499" s="3">
-        <v>20489412579</v>
+        <v>22418533</v>
       </c>
       <c r="D499" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E499" s="3" t="s">
-        <v>763</v>
+        <v>19</v>
       </c>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" s="3">
         <v>498</v>
       </c>
       <c r="B500" s="3" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="C500" s="3">
-        <v>20393375419</v>
+        <v>29314401</v>
       </c>
       <c r="D500" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E500" s="3" t="s">
-        <v>765</v>
+        <v>19</v>
       </c>
       <c r="F500" s="3"/>
       <c r="G500" s="3"/>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" s="3">
         <v>499</v>
       </c>
       <c r="B501" s="3" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="C501" s="3">
-        <v>20602865356</v>
+        <v>41407674</v>
       </c>
       <c r="D501" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E501" s="3" t="s">
-        <v>767</v>
+        <v>19</v>
       </c>
       <c r="F501" s="3"/>
       <c r="G501" s="3"/>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" s="3">
         <v>500</v>
       </c>
       <c r="B502" s="3" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C502" s="3">
-        <v>20495986960</v>
+        <v>44462819</v>
       </c>
       <c r="D502" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E502" s="3" t="s">
-        <v>769</v>
+        <v>19</v>
       </c>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" s="3">
         <v>501</v>
       </c>
       <c r="B503" s="3" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C503" s="3">
-        <v>20513877324</v>
+        <v>42213331</v>
       </c>
       <c r="D503" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E503" s="3" t="s">
-        <v>771</v>
+        <v>19</v>
       </c>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" s="3">
         <v>502</v>
       </c>
       <c r="B504" s="3" t="s">
         <v>772</v>
       </c>
       <c r="C504" s="3">
-        <v>20535180793</v>
+        <v>27364629</v>
       </c>
       <c r="D504" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E504" s="3" t="s">
-        <v>773</v>
+        <v>19</v>
       </c>
       <c r="F504" s="3"/>
       <c r="G504" s="3"/>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" s="3">
         <v>503</v>
       </c>
       <c r="B505" s="3" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="C505" s="3">
-        <v>20607455091</v>
+        <v>46164983</v>
       </c>
       <c r="D505" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E505" s="3" t="s">
-        <v>775</v>
+        <v>19</v>
       </c>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" s="3">
         <v>504</v>
       </c>
       <c r="B506" s="3" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C506" s="3">
-        <v>20609426692</v>
+        <v>24683299</v>
       </c>
       <c r="D506" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E506" s="3" t="s">
-        <v>777</v>
+        <v>19</v>
       </c>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" s="3">
         <v>505</v>
       </c>
       <c r="B507" s="3" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>20147626712</v>
+        <v>775</v>
+      </c>
+      <c r="C507" s="3" t="s">
+        <v>776</v>
       </c>
       <c r="D507" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E507" s="3" t="s">
-        <v>779</v>
+        <v>19</v>
       </c>
       <c r="F507" s="3"/>
       <c r="G507" s="3"/>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" s="3">
         <v>506</v>
       </c>
       <c r="B508" s="3" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="C508" s="3">
-        <v>20105087978</v>
+        <v>20614400677</v>
       </c>
       <c r="D508" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E508" s="3" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" s="3">
         <v>507</v>
       </c>
       <c r="B509" s="3" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C509" s="3">
-        <v>20128985841</v>
+        <v>16414673</v>
       </c>
       <c r="D509" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E509" s="3" t="s">
-        <v>783</v>
+        <v>19</v>
       </c>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" s="3">
         <v>508</v>
       </c>
       <c r="B510" s="3" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C510" s="3">
-        <v>20529023040</v>
+        <v>40504949</v>
       </c>
       <c r="D510" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E510" s="3" t="s">
-        <v>785</v>
+        <v>19</v>
       </c>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" s="3">
         <v>509</v>
       </c>
       <c r="B511" s="3" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="C511" s="3">
-        <v>20162275012</v>
+        <v>20525289843</v>
       </c>
       <c r="D511" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E511" s="3" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" s="3">
         <v>510</v>
       </c>
       <c r="B512" s="3" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="C512" s="3">
-        <v>20132023540</v>
+        <v>16801337</v>
       </c>
       <c r="D512" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E512" s="3" t="s">
-        <v>789</v>
+        <v>19</v>
       </c>
       <c r="F512" s="3"/>
       <c r="G512" s="3"/>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" s="3">
         <v>511</v>
       </c>
       <c r="B513" s="3" t="s">
-        <v>790</v>
+        <v>784</v>
       </c>
       <c r="C513" s="3">
-        <v>20205298739</v>
+        <v>74121376</v>
       </c>
       <c r="D513" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E513" s="3" t="s">
-        <v>791</v>
+        <v>19</v>
       </c>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" s="3">
         <v>512</v>
       </c>
       <c r="B514" s="3" t="s">
-        <v>792</v>
+        <v>785</v>
       </c>
       <c r="C514" s="3">
-        <v>73650115</v>
+        <v>46412274</v>
       </c>
       <c r="D514" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E514" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" s="3">
         <v>513</v>
       </c>
       <c r="B515" s="3" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="C515" s="3">
-        <v>30850724</v>
+        <v>20444400596</v>
       </c>
       <c r="D515" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E515" s="3" t="s">
-        <v>19</v>
+        <v>787</v>
       </c>
       <c r="F515" s="3"/>
       <c r="G515" s="3"/>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" s="3">
         <v>514</v>
       </c>
       <c r="B516" s="3" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="C516" s="3">
-        <v>20119147051</v>
+        <v>20103795631</v>
       </c>
       <c r="D516" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E516" s="3" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
       <c r="F516" s="3"/>
       <c r="G516" s="3"/>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" s="3">
         <v>515</v>
       </c>
       <c r="B517" s="3" t="s">
-        <v>796</v>
+        <v>790</v>
       </c>
       <c r="C517" s="3">
-        <v>20171147787</v>
+        <v>20163947693</v>
       </c>
       <c r="D517" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E517" s="3" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" s="3">
         <v>516</v>
       </c>
       <c r="B518" s="3" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="C518" s="3">
-        <v>20126850680</v>
+        <v>20119205949</v>
       </c>
       <c r="D518" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E518" s="3" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" s="3">
         <v>517</v>
       </c>
       <c r="B519" s="3" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="C519" s="3">
-        <v>20121796857</v>
+        <v>20489412579</v>
       </c>
       <c r="D519" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E519" s="3" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" s="3">
         <v>518</v>
       </c>
       <c r="B520" s="3" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="C520" s="3">
-        <v>20136353315</v>
+        <v>20393375419</v>
       </c>
       <c r="D520" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E520" s="3" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="F520" s="3"/>
       <c r="G520" s="3"/>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" s="3">
         <v>519</v>
       </c>
       <c r="B521" s="3" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="C521" s="3">
-        <v>20103745293</v>
+        <v>20602865356</v>
       </c>
       <c r="D521" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E521" s="3" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" s="3">
         <v>520</v>
       </c>
       <c r="B522" s="3" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
       <c r="C522" s="3">
-        <v>44295224</v>
+        <v>20495986960</v>
       </c>
       <c r="D522" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E522" s="3" t="s">
-        <v>19</v>
+        <v>801</v>
       </c>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" s="3">
         <v>521</v>
       </c>
       <c r="B523" s="3" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="C523" s="3">
-        <v>46615143</v>
+        <v>20513877324</v>
       </c>
       <c r="D523" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E523" s="3" t="s">
-        <v>19</v>
+        <v>803</v>
       </c>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" s="3">
         <v>522</v>
       </c>
       <c r="B524" s="3" t="s">
-        <v>808</v>
+        <v>804</v>
       </c>
       <c r="C524" s="3">
-        <v>32933005</v>
+        <v>20535180793</v>
       </c>
       <c r="D524" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E524" s="3" t="s">
-        <v>19</v>
+        <v>805</v>
       </c>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" s="3">
         <v>523</v>
       </c>
       <c r="B525" s="3" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="C525" s="3">
-        <v>45810858</v>
+        <v>20607455091</v>
       </c>
       <c r="D525" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E525" s="3" t="s">
-        <v>19</v>
+        <v>807</v>
       </c>
       <c r="F525" s="3"/>
       <c r="G525" s="3"/>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" s="3">
         <v>524</v>
       </c>
       <c r="B526" s="3" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="C526" s="3">
-        <v>41936139</v>
+        <v>20609426692</v>
       </c>
       <c r="D526" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E526" s="3" t="s">
-        <v>19</v>
+        <v>809</v>
       </c>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" s="3">
         <v>525</v>
       </c>
       <c r="B527" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="C527" s="3">
+        <v>20147626712</v>
+      </c>
+      <c r="D527" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E527" s="3" t="s">
         <v>811</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" s="3">
         <v>526</v>
       </c>
       <c r="B528" s="3" t="s">
         <v>812</v>
       </c>
       <c r="C528" s="3">
-        <v>72761111</v>
+        <v>20105087978</v>
       </c>
       <c r="D528" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E528" s="3" t="s">
-        <v>19</v>
+        <v>813</v>
       </c>
       <c r="F528" s="3"/>
       <c r="G528" s="3"/>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" s="3">
         <v>527</v>
       </c>
       <c r="B529" s="3" t="s">
-        <v>813</v>
-[...1 lines deleted...]
-      <c r="C529" s="3" t="s">
         <v>814</v>
       </c>
+      <c r="C529" s="3">
+        <v>20128985841</v>
+      </c>
       <c r="D529" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E529" s="3" t="s">
-        <v>19</v>
+        <v>815</v>
       </c>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" s="3">
         <v>528</v>
       </c>
       <c r="B530" s="3" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C530" s="3">
-        <v>46745382</v>
+        <v>20529023040</v>
       </c>
       <c r="D530" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E530" s="3" t="s">
-        <v>19</v>
+        <v>817</v>
       </c>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" s="3">
         <v>529</v>
       </c>
       <c r="B531" s="3" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C531" s="3">
-        <v>78200349</v>
+        <v>20162275012</v>
       </c>
       <c r="D531" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E531" s="3" t="s">
-        <v>19</v>
+        <v>819</v>
       </c>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" s="3">
         <v>530</v>
       </c>
       <c r="B532" s="3" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="C532" s="3">
-        <v>18181346</v>
+        <v>20132023540</v>
       </c>
       <c r="D532" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E532" s="3" t="s">
-        <v>19</v>
+        <v>821</v>
       </c>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" s="3">
         <v>531</v>
       </c>
       <c r="B533" s="3" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C533" s="3">
-        <v>75175654</v>
+        <v>20205298739</v>
       </c>
       <c r="D533" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E533" s="3" t="s">
-        <v>19</v>
+        <v>823</v>
       </c>
       <c r="F533" s="3"/>
       <c r="G533" s="3"/>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" s="3">
         <v>532</v>
       </c>
       <c r="B534" s="3" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C534" s="3">
-        <v>20601210666</v>
+        <v>16683601</v>
       </c>
       <c r="D534" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E534" s="3" t="s">
-        <v>820</v>
+        <v>19</v>
       </c>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" s="3">
         <v>533</v>
       </c>
       <c r="B535" s="3" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="C535" s="3">
-        <v>20203997087</v>
+        <v>73650115</v>
       </c>
       <c r="D535" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E535" s="3" t="s">
-        <v>822</v>
+        <v>19</v>
       </c>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" s="3">
         <v>534</v>
       </c>
       <c r="B536" s="3" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="C536" s="3">
-        <v>20175642341</v>
+        <v>30850724</v>
       </c>
       <c r="D536" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E536" s="3" t="s">
-        <v>824</v>
+        <v>19</v>
       </c>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" s="3">
         <v>535</v>
       </c>
       <c r="B537" s="3" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C537" s="3">
-        <v>20219539119</v>
+        <v>20119147051</v>
       </c>
       <c r="D537" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E537" s="3" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" s="3">
         <v>536</v>
       </c>
       <c r="B538" s="3" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C538" s="3">
-        <v>60729871</v>
+        <v>20171147787</v>
       </c>
       <c r="D538" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E538" s="3" t="s">
-        <v>19</v>
+        <v>830</v>
       </c>
       <c r="F538" s="3"/>
       <c r="G538" s="3"/>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" s="3">
         <v>537</v>
       </c>
       <c r="B539" s="3" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C539" s="3">
-        <v>78018966</v>
+        <v>20126850680</v>
       </c>
       <c r="D539" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E539" s="3" t="s">
-        <v>19</v>
+        <v>832</v>
       </c>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" s="3">
         <v>538</v>
       </c>
       <c r="B540" s="3" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C540" s="3">
-        <v>47013217</v>
+        <v>20121796857</v>
       </c>
       <c r="D540" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E540" s="3" t="s">
-        <v>19</v>
+        <v>834</v>
       </c>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" s="3">
         <v>539</v>
       </c>
       <c r="B541" s="3" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="C541" s="3">
-        <v>71769582</v>
+        <v>20136353315</v>
       </c>
       <c r="D541" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E541" s="3" t="s">
-        <v>19</v>
+        <v>836</v>
       </c>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" s="3">
         <v>540</v>
       </c>
       <c r="B542" s="3" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="C542" s="3">
-        <v>20533719903</v>
+        <v>20103745293</v>
       </c>
       <c r="D542" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E542" s="3" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" s="3">
         <v>541</v>
       </c>
       <c r="B543" s="3" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="C543" s="3">
-        <v>20559633802</v>
+        <v>44295224</v>
       </c>
       <c r="D543" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E543" s="3" t="s">
-        <v>834</v>
+        <v>19</v>
       </c>
       <c r="F543" s="3"/>
       <c r="G543" s="3"/>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" s="3">
         <v>542</v>
       </c>
       <c r="B544" s="3" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="C544" s="3">
-        <v>20603327897</v>
+        <v>46615143</v>
       </c>
       <c r="D544" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E544" s="3" t="s">
-        <v>836</v>
+        <v>19</v>
       </c>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" s="3">
         <v>543</v>
       </c>
       <c r="B545" s="3" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="C545" s="3">
-        <v>20529875631</v>
+        <v>32933005</v>
       </c>
       <c r="D545" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E545" s="3" t="s">
-        <v>838</v>
+        <v>19</v>
       </c>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" s="3">
         <v>544</v>
       </c>
       <c r="B546" s="3" t="s">
-        <v>839</v>
-[...2 lines deleted...]
-        <v>840</v>
+        <v>842</v>
+      </c>
+      <c r="C546" s="3">
+        <v>45810858</v>
       </c>
       <c r="D546" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E546" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" s="3">
         <v>545</v>
       </c>
       <c r="B547" s="3" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C547" s="3">
-        <v>21435622</v>
+        <v>41936139</v>
       </c>
       <c r="D547" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E547" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" s="3">
         <v>546</v>
       </c>
       <c r="B548" s="3" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>844</v>
+      </c>
+      <c r="C548" s="3">
+        <v>45508771</v>
       </c>
       <c r="D548" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E548" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F548" s="3"/>
       <c r="G548" s="3"/>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" s="3">
         <v>547</v>
       </c>
       <c r="B549" s="3" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C549" s="3">
-        <v>21534270</v>
+        <v>72761111</v>
       </c>
       <c r="D549" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E549" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" s="3">
         <v>548</v>
       </c>
       <c r="B550" s="3" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>19813287</v>
+        <v>846</v>
+      </c>
+      <c r="C550" s="3" t="s">
+        <v>847</v>
       </c>
       <c r="D550" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E550" s="3" t="s">
-        <v>846</v>
+        <v>19</v>
       </c>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" s="3">
         <v>549</v>
       </c>
       <c r="B551" s="3" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C551" s="3">
-        <v>41821218</v>
+        <v>46745382</v>
       </c>
       <c r="D551" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E551" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" s="3">
         <v>550</v>
       </c>
       <c r="B552" s="3" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C552" s="3">
-        <v>46528931</v>
+        <v>21574734</v>
       </c>
       <c r="D552" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E552" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" s="3">
         <v>551</v>
       </c>
       <c r="B553" s="3" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C553" s="3">
-        <v>22494024</v>
+        <v>78200349</v>
       </c>
       <c r="D553" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E553" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F553" s="3"/>
       <c r="G553" s="3"/>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" s="3">
         <v>552</v>
       </c>
       <c r="B554" s="3" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C554" s="3">
-        <v>72383983</v>
+        <v>18181346</v>
       </c>
       <c r="D554" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E554" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" s="3">
         <v>553</v>
       </c>
       <c r="B555" s="3" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C555" s="3">
-        <v>20403401227</v>
+        <v>75175654</v>
       </c>
       <c r="D555" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E555" s="3" t="s">
-        <v>852</v>
+        <v>19</v>
       </c>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" s="3">
         <v>554</v>
       </c>
       <c r="B556" s="3" t="s">
         <v>853</v>
       </c>
       <c r="C556" s="3">
-        <v>40595521</v>
+        <v>20601210666</v>
       </c>
       <c r="D556" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E556" s="3" t="s">
-        <v>19</v>
+        <v>854</v>
       </c>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" s="3">
         <v>555</v>
       </c>
       <c r="B557" s="3" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="C557" s="3" t="s">
         <v>855</v>
       </c>
+      <c r="C557" s="3">
+        <v>20203997087</v>
+      </c>
       <c r="D557" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E557" s="3"/>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" s="3">
         <v>556</v>
       </c>
       <c r="B558" s="3" t="s">
         <v>856</v>
       </c>
       <c r="C558" s="3">
-        <v>29250283</v>
+        <v>20175642341</v>
       </c>
       <c r="D558" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E558" s="3" t="s">
-        <v>19</v>
+        <v>857</v>
       </c>
       <c r="F558" s="3"/>
       <c r="G558" s="3"/>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" s="3">
         <v>557</v>
       </c>
       <c r="B559" s="3" t="s">
-        <v>857</v>
-[...1 lines deleted...]
-      <c r="C559" s="3" t="s">
         <v>858</v>
       </c>
+      <c r="C559" s="3">
+        <v>20219539119</v>
+      </c>
       <c r="D559" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E559" s="3" t="s">
-        <v>19</v>
+        <v>859</v>
       </c>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" s="3">
         <v>558</v>
       </c>
       <c r="B560" s="3" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C560" s="3">
-        <v>20481506591</v>
+        <v>60729871</v>
       </c>
       <c r="D560" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E560" s="3" t="s">
-        <v>860</v>
+        <v>19</v>
       </c>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" s="3">
         <v>559</v>
       </c>
       <c r="B561" s="3" t="s">
         <v>861</v>
       </c>
       <c r="C561" s="3">
-        <v>25327649</v>
+        <v>78018966</v>
       </c>
       <c r="D561" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E561" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" s="3">
         <v>560</v>
       </c>
       <c r="B562" s="3" t="s">
         <v>862</v>
       </c>
       <c r="C562" s="3">
-        <v>73086254</v>
+        <v>47013217</v>
       </c>
       <c r="D562" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E562" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" s="3">
         <v>561</v>
       </c>
       <c r="B563" s="3" t="s">
         <v>863</v>
       </c>
-      <c r="C563" s="3" t="s">
-        <v>864</v>
+      <c r="C563" s="3">
+        <v>71769582</v>
       </c>
       <c r="D563" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E563" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F563" s="3"/>
       <c r="G563" s="3"/>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" s="3">
         <v>562</v>
       </c>
       <c r="B564" s="3" t="s">
+        <v>864</v>
+      </c>
+      <c r="C564" s="3">
+        <v>20533719903</v>
+      </c>
+      <c r="D564" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E564" s="3" t="s">
         <v>865</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" s="3">
         <v>563</v>
       </c>
       <c r="B565" s="3" t="s">
         <v>866</v>
       </c>
       <c r="C565" s="3">
-        <v>41958505</v>
+        <v>20559633802</v>
       </c>
       <c r="D565" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E565" s="3" t="s">
-        <v>19</v>
+        <v>867</v>
       </c>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" s="3">
         <v>564</v>
       </c>
       <c r="B566" s="3" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C566" s="3">
-        <v>47238828</v>
+        <v>20603327897</v>
       </c>
       <c r="D566" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E566" s="3" t="s">
-        <v>19</v>
+        <v>869</v>
       </c>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" s="3">
         <v>565</v>
       </c>
       <c r="B567" s="3" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>870</v>
+      </c>
+      <c r="C567" s="3">
+        <v>20529875631</v>
       </c>
       <c r="D567" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E567" s="3" t="s">
-        <v>19</v>
+        <v>871</v>
       </c>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" s="3">
         <v>566</v>
       </c>
       <c r="B568" s="3" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C568" s="3" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D568" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E568" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F568" s="3"/>
       <c r="G568" s="3"/>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" s="3">
         <v>567</v>
       </c>
       <c r="B569" s="3" t="s">
-        <v>872</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>874</v>
+      </c>
+      <c r="C569" s="3">
+        <v>21435622</v>
       </c>
       <c r="D569" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E569" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" s="3">
         <v>568</v>
       </c>
       <c r="B570" s="3" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C570" s="3" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D570" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E570" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" s="3">
         <v>569</v>
       </c>
       <c r="B571" s="3" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C571" s="3">
-        <v>31653673</v>
+        <v>21534270</v>
       </c>
       <c r="D571" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E571" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" s="3">
         <v>570</v>
       </c>
       <c r="B572" s="3" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C572" s="3">
-        <v>20228319768</v>
+        <v>19813287</v>
       </c>
       <c r="D572" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E572" s="3" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" s="3">
         <v>571</v>
       </c>
       <c r="B573" s="3" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C573" s="3">
-        <v>70536923</v>
+        <v>41821218</v>
       </c>
       <c r="D573" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E573" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F573" s="3"/>
       <c r="G573" s="3"/>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" s="3">
         <v>572</v>
       </c>
       <c r="B574" s="3" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C574" s="3">
-        <v>46387594</v>
+        <v>46528931</v>
       </c>
       <c r="D574" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E574" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" s="3">
         <v>573</v>
       </c>
       <c r="B575" s="3" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C575" s="3">
-        <v>48516752</v>
+        <v>22494024</v>
       </c>
       <c r="D575" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E575" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" s="3">
         <v>574</v>
       </c>
       <c r="B576" s="3" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="C576" s="3">
-        <v>76074673</v>
+        <v>72383983</v>
       </c>
       <c r="D576" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E576" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" s="3">
         <v>575</v>
       </c>
       <c r="B577" s="3" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C577" s="3">
-        <v>22499417</v>
+        <v>20403401227</v>
       </c>
       <c r="D577" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E577" s="3" t="s">
-        <v>19</v>
+        <v>885</v>
       </c>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" s="3">
         <v>576</v>
       </c>
       <c r="B578" s="3" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C578" s="3">
-        <v>29380493</v>
+        <v>40595521</v>
       </c>
       <c r="D578" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E578" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F578" s="3"/>
       <c r="G578" s="3"/>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" s="3">
         <v>577</v>
       </c>
       <c r="B579" s="3" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>28061328</v>
+        <v>887</v>
+      </c>
+      <c r="C579" s="3" t="s">
+        <v>888</v>
       </c>
       <c r="D579" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E579" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" s="3">
         <v>578</v>
       </c>
       <c r="B580" s="3" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C580" s="3">
-        <v>44126196</v>
+        <v>29250283</v>
       </c>
       <c r="D580" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E580" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F580" s="3"/>
       <c r="G580" s="3"/>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" s="3">
         <v>579</v>
       </c>
       <c r="B581" s="3" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="C581" s="3" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="D581" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E581" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" s="3">
         <v>580</v>
       </c>
       <c r="B582" s="3" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="C582" s="3">
-        <v>42873063</v>
+        <v>20481506591</v>
       </c>
       <c r="D582" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E582" s="3" t="s">
-        <v>19</v>
+        <v>893</v>
       </c>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" s="3">
         <v>581</v>
       </c>
       <c r="B583" s="3" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C583" s="3">
-        <v>72623115</v>
+        <v>25327649</v>
       </c>
       <c r="D583" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E583" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F583" s="3"/>
       <c r="G583" s="3"/>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" s="3">
         <v>582</v>
       </c>
       <c r="B584" s="3" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="C584" s="3">
-        <v>40076863</v>
+        <v>73086254</v>
       </c>
       <c r="D584" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E584" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" s="3">
         <v>583</v>
       </c>
       <c r="B585" s="3" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>29447517</v>
+        <v>896</v>
+      </c>
+      <c r="C585" s="3" t="s">
+        <v>897</v>
       </c>
       <c r="D585" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E585" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F585" s="3"/>
       <c r="G585" s="3"/>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" s="3">
         <v>584</v>
       </c>
       <c r="B586" s="3" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="C586" s="3">
-        <v>10316536731</v>
+        <v>20059251</v>
       </c>
       <c r="D586" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E586" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" s="3">
         <v>585</v>
       </c>
       <c r="B587" s="3" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="C587" s="3">
-        <v>44996226</v>
+        <v>41958505</v>
       </c>
       <c r="D587" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E587" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F587" s="3"/>
       <c r="G587" s="3"/>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" s="3">
         <v>586</v>
       </c>
       <c r="B588" s="3" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="C588" s="3">
-        <v>20499030810</v>
+        <v>47238828</v>
       </c>
       <c r="D588" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E588" s="3" t="s">
-        <v>896</v>
+        <v>19</v>
       </c>
       <c r="F588" s="3"/>
       <c r="G588" s="3"/>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" s="3">
         <v>587</v>
       </c>
       <c r="B589" s="3" t="s">
-        <v>897</v>
-[...2 lines deleted...]
-        <v>20216510365</v>
+        <v>901</v>
+      </c>
+      <c r="C589" s="3" t="s">
+        <v>902</v>
       </c>
       <c r="D589" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E589" s="3" t="s">
-        <v>898</v>
+        <v>19</v>
       </c>
       <c r="F589" s="3"/>
       <c r="G589" s="3"/>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" s="3">
         <v>588</v>
       </c>
       <c r="B590" s="3" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>20106649180</v>
+        <v>903</v>
+      </c>
+      <c r="C590" s="3" t="s">
+        <v>904</v>
       </c>
       <c r="D590" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E590" s="3" t="s">
-        <v>900</v>
+        <v>19</v>
       </c>
       <c r="F590" s="3"/>
       <c r="G590" s="3"/>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" s="3">
         <v>589</v>
       </c>
       <c r="B591" s="3" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-        <v>20481552517</v>
+        <v>905</v>
+      </c>
+      <c r="C591" s="3" t="s">
+        <v>906</v>
       </c>
       <c r="D591" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E591" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E591" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F591" s="3"/>
       <c r="G591" s="3"/>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" s="3">
         <v>590</v>
       </c>
       <c r="B592" s="3" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-        <v>20605695362</v>
+        <v>907</v>
+      </c>
+      <c r="C592" s="3" t="s">
+        <v>908</v>
       </c>
       <c r="D592" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E592" s="3" t="s">
-        <v>903</v>
+        <v>19</v>
       </c>
       <c r="F592" s="3"/>
       <c r="G592" s="3"/>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" s="3">
         <v>591</v>
       </c>
       <c r="B593" s="3" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C593" s="3">
-        <v>43252825</v>
+        <v>31653673</v>
       </c>
       <c r="D593" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E593" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" s="3">
         <v>592</v>
       </c>
       <c r="B594" s="3" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="C594" s="3">
-        <v>18073920</v>
+        <v>20228319768</v>
       </c>
       <c r="D594" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E594" s="3" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" s="3">
         <v>593</v>
       </c>
       <c r="B595" s="3" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="C595" s="3">
-        <v>18123680</v>
+        <v>70536923</v>
       </c>
       <c r="D595" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E595" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F595" s="3"/>
       <c r="G595" s="3"/>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" s="3">
         <v>594</v>
       </c>
       <c r="B596" s="3" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C596" s="3">
-        <v>15664237</v>
+        <v>46387594</v>
       </c>
       <c r="D596" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E596" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F596" s="3"/>
       <c r="G596" s="3"/>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" s="3">
         <v>595</v>
       </c>
       <c r="B597" s="3" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="C597" s="3">
-        <v>19234197</v>
+        <v>48516752</v>
       </c>
       <c r="D597" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E597" s="3" t="s">
-        <v>910</v>
+        <v>19</v>
       </c>
       <c r="F597" s="3"/>
       <c r="G597" s="3"/>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" s="3">
         <v>596</v>
       </c>
       <c r="B598" s="3" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C598" s="3">
-        <v>44201537</v>
+        <v>76074673</v>
       </c>
       <c r="D598" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E598" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" s="3">
         <v>597</v>
       </c>
       <c r="B599" s="3" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="C599" s="3">
-        <v>72524925</v>
+        <v>22499417</v>
       </c>
       <c r="D599" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E599" s="3" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" s="3">
         <v>598</v>
       </c>
       <c r="B600" s="3" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="C600" s="3">
-        <v>45541337</v>
+        <v>29380493</v>
       </c>
       <c r="D600" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E600" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" s="3">
         <v>599</v>
       </c>
       <c r="B601" s="3" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C601" s="3">
-        <v>44752920</v>
+        <v>28061328</v>
       </c>
       <c r="D601" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E601" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F601" s="3"/>
       <c r="G601" s="3"/>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" s="3">
         <v>600</v>
       </c>
       <c r="B602" s="3" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C602" s="3">
-        <v>31635194</v>
+        <v>44126196</v>
       </c>
       <c r="D602" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E602" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F602" s="3"/>
       <c r="G602" s="3"/>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" s="3">
         <v>601</v>
       </c>
       <c r="B603" s="3" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>29664744</v>
+        <v>920</v>
+      </c>
+      <c r="C603" s="3" t="s">
+        <v>921</v>
       </c>
       <c r="D603" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E603" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" s="3">
         <v>602</v>
       </c>
       <c r="B604" s="3" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="C604" s="3">
-        <v>17858398</v>
+        <v>42873063</v>
       </c>
       <c r="D604" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E604" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" s="3">
         <v>603</v>
       </c>
       <c r="B605" s="3" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="C605" s="3">
-        <v>22469136</v>
+        <v>72623115</v>
       </c>
       <c r="D605" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E605" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F605" s="3"/>
       <c r="G605" s="3"/>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" s="3">
         <v>604</v>
       </c>
       <c r="B606" s="3" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="C606" s="3">
-        <v>26613412</v>
+        <v>40076863</v>
       </c>
       <c r="D606" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E606" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F606" s="3"/>
       <c r="G606" s="3"/>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" s="3">
         <v>605</v>
       </c>
       <c r="B607" s="3" t="s">
-        <v>920</v>
-[...2 lines deleted...]
-        <v>921</v>
+        <v>925</v>
+      </c>
+      <c r="C607" s="3">
+        <v>29447517</v>
       </c>
       <c r="D607" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E607" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F607" s="3"/>
       <c r="G607" s="3"/>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" s="3">
         <v>606</v>
       </c>
       <c r="B608" s="3" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="C608" s="3">
-        <v>20486148251</v>
+        <v>10316536731</v>
       </c>
       <c r="D608" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E608" s="3" t="s">
-        <v>923</v>
+        <v>24</v>
       </c>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" s="3">
         <v>607</v>
       </c>
       <c r="B609" s="3" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="C609" s="3">
-        <v>45024962</v>
+        <v>44996226</v>
       </c>
       <c r="D609" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E609" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F609" s="3"/>
       <c r="G609" s="3"/>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" s="3">
         <v>608</v>
       </c>
       <c r="B610" s="3" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="C610" s="3">
-        <v>19083186</v>
+        <v>20499030810</v>
       </c>
       <c r="D610" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E610" s="3" t="s">
-        <v>19</v>
+        <v>929</v>
       </c>
       <c r="F610" s="3"/>
       <c r="G610" s="3"/>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" s="3">
         <v>609</v>
       </c>
       <c r="B611" s="3" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="C611" s="3">
-        <v>10252008328</v>
+        <v>20216510365</v>
       </c>
       <c r="D611" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E611" s="3" t="s">
-        <v>24</v>
+        <v>931</v>
       </c>
       <c r="F611" s="3"/>
       <c r="G611" s="3"/>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" s="3">
         <v>610</v>
       </c>
       <c r="B612" s="3" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="C612" s="3">
-        <v>20606605219</v>
+        <v>20106649180</v>
       </c>
       <c r="D612" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E612" s="3" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="F612" s="3"/>
       <c r="G612" s="3"/>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" s="3">
         <v>611</v>
       </c>
       <c r="B613" s="3" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="C613" s="3">
-        <v>48339913</v>
+        <v>20481552517</v>
       </c>
       <c r="D613" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E613" s="3"/>
       <c r="F613" s="3"/>
       <c r="G613" s="3"/>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" s="3">
         <v>612</v>
       </c>
       <c r="B614" s="3" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="C614" s="3">
-        <v>29329142</v>
+        <v>20605695362</v>
       </c>
       <c r="D614" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E614" s="3" t="s">
-        <v>19</v>
+        <v>936</v>
       </c>
       <c r="F614" s="3"/>
       <c r="G614" s="3"/>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" s="3">
         <v>613</v>
       </c>
       <c r="B615" s="3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="C615" s="3">
-        <v>16473303</v>
+        <v>43252825</v>
       </c>
       <c r="D615" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E615" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F615" s="3"/>
       <c r="G615" s="3"/>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" s="3">
         <v>614</v>
       </c>
       <c r="B616" s="3" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="C616" s="3">
-        <v>20529587920</v>
+        <v>18073920</v>
       </c>
       <c r="D616" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E616" s="3" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="F616" s="3"/>
       <c r="G616" s="3"/>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" s="3">
         <v>615</v>
       </c>
       <c r="B617" s="3" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="C617" s="3">
-        <v>20445568636</v>
+        <v>18123680</v>
       </c>
       <c r="D617" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E617" s="3" t="s">
-        <v>935</v>
+        <v>19</v>
       </c>
       <c r="F617" s="3"/>
       <c r="G617" s="3"/>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" s="3">
         <v>616</v>
       </c>
       <c r="B618" s="3" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="C618" s="3">
-        <v>45857065</v>
+        <v>15664237</v>
       </c>
       <c r="D618" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E618" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F618" s="3"/>
       <c r="G618" s="3"/>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" s="3">
         <v>617</v>
       </c>
       <c r="B619" s="3" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="C619" s="3">
-        <v>46696877</v>
+        <v>19234197</v>
       </c>
       <c r="D619" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E619" s="3" t="s">
-        <v>19</v>
+        <v>943</v>
       </c>
       <c r="F619" s="3"/>
       <c r="G619" s="3"/>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" s="3">
         <v>618</v>
       </c>
       <c r="B620" s="3" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="C620" s="3">
-        <v>20482678581</v>
+        <v>44201537</v>
       </c>
       <c r="D620" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E620" s="3" t="s">
-        <v>939</v>
+        <v>19</v>
       </c>
       <c r="F620" s="3"/>
       <c r="G620" s="3"/>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" s="3">
         <v>619</v>
       </c>
       <c r="B621" s="3" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="C621" s="3">
-        <v>20219793252</v>
+        <v>72524925</v>
       </c>
       <c r="D621" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E621" s="3" t="s">
-        <v>941</v>
+        <v>89</v>
       </c>
       <c r="F621" s="3"/>
       <c r="G621" s="3"/>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" s="3">
         <v>620</v>
       </c>
       <c r="B622" s="3" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C622" s="3">
-        <v>20408454531</v>
+        <v>45541337</v>
       </c>
       <c r="D622" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E622" s="3" t="s">
-        <v>943</v>
+        <v>19</v>
       </c>
       <c r="F622" s="3"/>
       <c r="G622" s="3"/>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" s="3">
         <v>621</v>
       </c>
       <c r="B623" s="3" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="C623" s="3">
-        <v>20408454370</v>
+        <v>44752920</v>
       </c>
       <c r="D623" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E623" s="3" t="s">
-        <v>945</v>
+        <v>19</v>
       </c>
       <c r="F623" s="3"/>
       <c r="G623" s="3"/>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" s="3">
         <v>622</v>
       </c>
       <c r="B624" s="3" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C624" s="3">
-        <v>20190572081</v>
+        <v>31635194</v>
       </c>
       <c r="D624" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E624" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E624" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F624" s="3"/>
       <c r="G624" s="3"/>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" s="3">
         <v>623</v>
       </c>
       <c r="B625" s="3" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="C625" s="3">
-        <v>20222053154</v>
+        <v>29664744</v>
       </c>
       <c r="D625" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E625" s="3" t="s">
-        <v>948</v>
+        <v>19</v>
       </c>
       <c r="F625" s="3"/>
       <c r="G625" s="3"/>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" s="3">
         <v>624</v>
       </c>
       <c r="B626" s="3" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C626" s="3">
-        <v>20163833094</v>
+        <v>17858398</v>
       </c>
       <c r="D626" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E626" s="3" t="s">
-        <v>950</v>
+        <v>19</v>
       </c>
       <c r="F626" s="3"/>
       <c r="G626" s="3"/>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" s="3">
         <v>625</v>
       </c>
       <c r="B627" s="3" t="s">
         <v>951</v>
       </c>
       <c r="C627" s="3">
-        <v>20171092354</v>
+        <v>22469136</v>
       </c>
       <c r="D627" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E627" s="3" t="s">
-        <v>952</v>
+        <v>19</v>
       </c>
       <c r="F627" s="3"/>
       <c r="G627" s="3"/>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" s="3">
         <v>626</v>
       </c>
       <c r="B628" s="3" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="C628" s="3">
-        <v>20408454299</v>
+        <v>26613412</v>
       </c>
       <c r="D628" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E628" s="3" t="s">
-        <v>954</v>
+        <v>19</v>
       </c>
       <c r="F628" s="3"/>
       <c r="G628" s="3"/>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" s="3">
         <v>627</v>
       </c>
       <c r="B629" s="3" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-        <v>20172661794</v>
+        <v>953</v>
+      </c>
+      <c r="C629" s="3" t="s">
+        <v>954</v>
       </c>
       <c r="D629" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E629" s="3" t="s">
-        <v>956</v>
+        <v>19</v>
       </c>
       <c r="F629" s="3"/>
       <c r="G629" s="3"/>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" s="3">
         <v>628</v>
       </c>
       <c r="B630" s="3" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="C630" s="3">
-        <v>20218911189</v>
+        <v>20486148251</v>
       </c>
       <c r="D630" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E630" s="3" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="F630" s="3"/>
       <c r="G630" s="3"/>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" s="3">
         <v>629</v>
       </c>
       <c r="B631" s="3" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="C631" s="3">
-        <v>20189975920</v>
+        <v>45024962</v>
       </c>
       <c r="D631" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E631" s="3" t="s">
-        <v>960</v>
+        <v>19</v>
       </c>
       <c r="F631" s="3"/>
       <c r="G631" s="3"/>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" s="3">
         <v>630</v>
       </c>
       <c r="B632" s="3" t="s">
-        <v>959</v>
+        <v>958</v>
       </c>
       <c r="C632" s="3">
-        <v>20408632146</v>
+        <v>19083186</v>
       </c>
       <c r="D632" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E632" s="3" t="s">
-        <v>961</v>
+        <v>19</v>
       </c>
       <c r="F632" s="3"/>
       <c r="G632" s="3"/>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" s="3">
         <v>631</v>
       </c>
       <c r="B633" s="3" t="s">
         <v>959</v>
       </c>
       <c r="C633" s="3">
-        <v>20370859877</v>
+        <v>10252008328</v>
       </c>
       <c r="D633" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E633" s="3" t="s">
-        <v>962</v>
+        <v>24</v>
       </c>
       <c r="F633" s="3"/>
       <c r="G633" s="3"/>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" s="3">
         <v>632</v>
       </c>
       <c r="B634" s="3" t="s">
-        <v>963</v>
+        <v>960</v>
       </c>
       <c r="C634" s="3">
-        <v>20221170688</v>
+        <v>20606605219</v>
       </c>
       <c r="D634" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E634" s="3" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="F634" s="3"/>
       <c r="G634" s="3"/>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" s="3">
         <v>633</v>
       </c>
       <c r="B635" s="3" t="s">
-        <v>965</v>
+        <v>962</v>
       </c>
       <c r="C635" s="3">
-        <v>20185898343</v>
+        <v>48339913</v>
       </c>
       <c r="D635" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E635" s="3" t="s">
-        <v>966</v>
+        <v>19</v>
       </c>
       <c r="F635" s="3"/>
       <c r="G635" s="3"/>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" s="3">
         <v>634</v>
       </c>
       <c r="B636" s="3" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="C636" s="3">
-        <v>20409285024</v>
+        <v>29329142</v>
       </c>
       <c r="D636" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E636" s="3" t="s">
-        <v>968</v>
+        <v>19</v>
       </c>
       <c r="F636" s="3"/>
       <c r="G636" s="3"/>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" s="3">
         <v>635</v>
       </c>
       <c r="B637" s="3" t="s">
-        <v>969</v>
+        <v>964</v>
       </c>
       <c r="C637" s="3">
-        <v>23978213</v>
+        <v>45804487</v>
       </c>
       <c r="D637" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E637" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F637" s="3"/>
       <c r="G637" s="3"/>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" s="3">
         <v>636</v>
       </c>
       <c r="B638" s="3" t="s">
-        <v>970</v>
+        <v>965</v>
       </c>
       <c r="C638" s="3">
-        <v>74123083</v>
+        <v>16473303</v>
       </c>
       <c r="D638" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E638" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F638" s="3"/>
       <c r="G638" s="3"/>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" s="3">
         <v>637</v>
       </c>
       <c r="B639" s="3" t="s">
-        <v>971</v>
+        <v>966</v>
       </c>
       <c r="C639" s="3">
-        <v>20603569271</v>
+        <v>20529587920</v>
       </c>
       <c r="D639" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E639" s="3" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="F639" s="3"/>
       <c r="G639" s="3"/>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" s="3">
         <v>638</v>
       </c>
       <c r="B640" s="3" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="C640" s="3">
-        <v>31683113</v>
+        <v>20445568636</v>
       </c>
       <c r="D640" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E640" s="3" t="s">
-        <v>19</v>
+        <v>969</v>
       </c>
       <c r="F640" s="3"/>
       <c r="G640" s="3"/>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" s="3">
         <v>639</v>
       </c>
       <c r="B641" s="3" t="s">
-        <v>974</v>
+        <v>970</v>
       </c>
       <c r="C641" s="3">
-        <v>10424041136</v>
+        <v>45857065</v>
       </c>
       <c r="D641" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E641" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F641" s="3"/>
       <c r="G641" s="3"/>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" s="3">
         <v>640</v>
       </c>
       <c r="B642" s="3" t="s">
-        <v>975</v>
+        <v>971</v>
       </c>
       <c r="C642" s="3">
-        <v>16585934</v>
+        <v>46696877</v>
       </c>
       <c r="D642" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E642" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F642" s="3"/>
       <c r="G642" s="3"/>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" s="3">
         <v>641</v>
       </c>
       <c r="B643" s="3" t="s">
-        <v>976</v>
+        <v>972</v>
       </c>
       <c r="C643" s="3">
-        <v>77490101</v>
+        <v>20482678581</v>
       </c>
       <c r="D643" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E643" s="3" t="s">
-        <v>19</v>
+        <v>973</v>
       </c>
       <c r="F643" s="3"/>
       <c r="G643" s="3"/>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" s="3">
         <v>642</v>
       </c>
       <c r="B644" s="3" t="s">
-        <v>977</v>
+        <v>974</v>
       </c>
       <c r="C644" s="3">
-        <v>46750155</v>
+        <v>20604264546</v>
       </c>
       <c r="D644" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E644" s="3" t="s">
-        <v>19</v>
+        <v>975</v>
       </c>
       <c r="F644" s="3"/>
       <c r="G644" s="3"/>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" s="3">
         <v>643</v>
       </c>
       <c r="B645" s="3" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="C645" s="3">
-        <v>20601886066</v>
+        <v>20219793252</v>
       </c>
       <c r="D645" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E645" s="3" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="F645" s="3"/>
       <c r="G645" s="3"/>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" s="3">
         <v>644</v>
       </c>
       <c r="B646" s="3" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="C646" s="3">
-        <v>70479415</v>
+        <v>20408454531</v>
       </c>
       <c r="D646" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E646" s="3" t="s">
-        <v>19</v>
+        <v>979</v>
       </c>
       <c r="F646" s="3"/>
       <c r="G646" s="3"/>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" s="3">
         <v>645</v>
       </c>
       <c r="B647" s="3" t="s">
+        <v>980</v>
+      </c>
+      <c r="C647" s="3">
+        <v>20408454370</v>
+      </c>
+      <c r="D647" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E647" s="3" t="s">
         <v>981</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F647" s="3"/>
       <c r="G647" s="3"/>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" s="3">
         <v>646</v>
       </c>
       <c r="B648" s="3" t="s">
         <v>982</v>
       </c>
       <c r="C648" s="3">
-        <v>41734185</v>
+        <v>20190572081</v>
       </c>
       <c r="D648" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E648" s="3"/>
       <c r="F648" s="3"/>
       <c r="G648" s="3"/>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" s="3">
         <v>647</v>
       </c>
       <c r="B649" s="3" t="s">
         <v>983</v>
       </c>
-      <c r="C649" s="3" t="s">
+      <c r="C649" s="3">
+        <v>20222053154</v>
+      </c>
+      <c r="D649" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E649" s="3" t="s">
         <v>984</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F649" s="3"/>
       <c r="G649" s="3"/>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" s="3">
         <v>648</v>
       </c>
       <c r="B650" s="3" t="s">
         <v>985</v>
       </c>
       <c r="C650" s="3">
-        <v>29411265</v>
+        <v>20163833094</v>
       </c>
       <c r="D650" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E650" s="3" t="s">
-        <v>19</v>
+        <v>986</v>
       </c>
       <c r="F650" s="3"/>
       <c r="G650" s="3"/>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" s="3">
         <v>649</v>
       </c>
       <c r="B651" s="3" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C651" s="3">
-        <v>33438394</v>
+        <v>20171092354</v>
       </c>
       <c r="D651" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E651" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E651" s="3" t="s">
+        <v>988</v>
+      </c>
       <c r="F651" s="3"/>
       <c r="G651" s="3"/>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" s="3">
         <v>650</v>
       </c>
       <c r="B652" s="3" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C652" s="3">
-        <v>17867010</v>
+        <v>20408454299</v>
       </c>
       <c r="D652" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E652" s="3" t="s">
-        <v>19</v>
+        <v>990</v>
       </c>
       <c r="F652" s="3"/>
       <c r="G652" s="3"/>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" s="3">
         <v>651</v>
       </c>
       <c r="B653" s="3" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C653" s="3">
-        <v>42455075</v>
+        <v>20172661794</v>
       </c>
       <c r="D653" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E653" s="3" t="s">
-        <v>19</v>
+        <v>992</v>
       </c>
       <c r="F653" s="3"/>
       <c r="G653" s="3"/>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" s="3">
         <v>652</v>
       </c>
       <c r="B654" s="3" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="C654" s="3">
-        <v>17634321</v>
+        <v>20218911189</v>
       </c>
       <c r="D654" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E654" s="3" t="s">
-        <v>19</v>
+        <v>994</v>
       </c>
       <c r="F654" s="3"/>
       <c r="G654" s="3"/>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" s="3">
         <v>653</v>
       </c>
       <c r="B655" s="3" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="C655" s="3">
-        <v>20452393493</v>
+        <v>20370859877</v>
       </c>
       <c r="D655" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E655" s="3" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="F655" s="3"/>
       <c r="G655" s="3"/>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" s="3">
         <v>654</v>
       </c>
       <c r="B656" s="3" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="C656" s="3">
-        <v>20453744168</v>
+        <v>20408632146</v>
       </c>
       <c r="D656" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E656" s="3" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="F656" s="3"/>
       <c r="G656" s="3"/>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" s="3">
         <v>655</v>
       </c>
       <c r="B657" s="3" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="C657" s="3">
-        <v>20493196902</v>
+        <v>20189975920</v>
       </c>
       <c r="D657" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E657" s="3" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="F657" s="3"/>
       <c r="G657" s="3"/>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" s="3">
         <v>656</v>
       </c>
       <c r="B658" s="3" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="C658" s="3">
-        <v>20519752515</v>
+        <v>20221170688</v>
       </c>
       <c r="D658" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E658" s="3" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="F658" s="3"/>
       <c r="G658" s="3"/>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" s="3">
         <v>657</v>
       </c>
       <c r="B659" s="3" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="C659" s="3">
-        <v>20393066386</v>
+        <v>20185898343</v>
       </c>
       <c r="D659" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E659" s="3" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="F659" s="3"/>
       <c r="G659" s="3"/>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" s="3">
         <v>658</v>
       </c>
       <c r="B660" s="3" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="C660" s="3">
-        <v>40187656</v>
+        <v>20409285024</v>
       </c>
       <c r="D660" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E660" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E660" s="3" t="s">
+        <v>1004</v>
+      </c>
       <c r="F660" s="3"/>
       <c r="G660" s="3"/>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" s="3">
         <v>659</v>
       </c>
       <c r="B661" s="3" t="s">
-        <v>1000</v>
+        <v>1005</v>
       </c>
       <c r="C661" s="3">
-        <v>20489250731</v>
+        <v>23978213</v>
       </c>
       <c r="D661" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E661" s="3" t="s">
-        <v>1001</v>
+        <v>19</v>
       </c>
       <c r="F661" s="3"/>
       <c r="G661" s="3"/>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" s="3">
         <v>660</v>
       </c>
       <c r="B662" s="3" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C662" s="3">
-        <v>20452393817</v>
+        <v>74123083</v>
       </c>
       <c r="D662" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E662" s="3" t="s">
-        <v>1003</v>
+        <v>19</v>
       </c>
       <c r="F662" s="3"/>
       <c r="G662" s="3"/>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" s="3">
         <v>661</v>
       </c>
       <c r="B663" s="3" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="C663" s="3">
-        <v>20486021692</v>
+        <v>20603569271</v>
       </c>
       <c r="D663" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E663" s="3" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="F663" s="3"/>
       <c r="G663" s="3"/>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" s="3">
         <v>662</v>
       </c>
       <c r="B664" s="3" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C664" s="3">
-        <v>20440374248</v>
+        <v>31683113</v>
       </c>
       <c r="D664" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E664" s="3" t="s">
-        <v>1007</v>
+        <v>19</v>
       </c>
       <c r="F664" s="3"/>
       <c r="G664" s="3"/>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" s="3">
         <v>663</v>
       </c>
       <c r="B665" s="3" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C665" s="3">
-        <v>20479569780</v>
+        <v>10424041136</v>
       </c>
       <c r="D665" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E665" s="3" t="s">
-        <v>1009</v>
+        <v>24</v>
       </c>
       <c r="F665" s="3"/>
       <c r="G665" s="3"/>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" s="3">
         <v>664</v>
       </c>
       <c r="B666" s="3" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C666" s="3">
-        <v>20527143200</v>
+        <v>16585934</v>
       </c>
       <c r="D666" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E666" s="3" t="s">
-        <v>1011</v>
+        <v>19</v>
       </c>
       <c r="F666" s="3"/>
       <c r="G666" s="3"/>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" s="3">
         <v>665</v>
       </c>
       <c r="B667" s="3" t="s">
         <v>1012</v>
       </c>
       <c r="C667" s="3">
-        <v>20406325815</v>
+        <v>77490101</v>
       </c>
       <c r="D667" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E667" s="3" t="s">
-        <v>1013</v>
+        <v>19</v>
       </c>
       <c r="F667" s="3"/>
       <c r="G667" s="3"/>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" s="3">
         <v>666</v>
       </c>
       <c r="B668" s="3" t="s">
-        <v>1014</v>
+        <v>1013</v>
       </c>
       <c r="C668" s="3">
-        <v>20531375808</v>
+        <v>46750155</v>
       </c>
       <c r="D668" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E668" s="3" t="s">
-        <v>1015</v>
+        <v>19</v>
       </c>
       <c r="F668" s="3"/>
       <c r="G668" s="3"/>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" s="3">
         <v>667</v>
       </c>
       <c r="B669" s="3" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="C669" s="3">
-        <v>20484003883</v>
+        <v>20601886066</v>
       </c>
       <c r="D669" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E669" s="3" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="F669" s="3"/>
       <c r="G669" s="3"/>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" s="3">
         <v>668</v>
       </c>
       <c r="B670" s="3" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="C670" s="3">
-        <v>72980211</v>
+        <v>70479415</v>
       </c>
       <c r="D670" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E670" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F670" s="3"/>
       <c r="G670" s="3"/>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" s="3">
         <v>669</v>
       </c>
       <c r="B671" s="3" t="s">
-        <v>1019</v>
+        <v>1017</v>
       </c>
       <c r="C671" s="3">
-        <v>22464791</v>
+        <v>21418546</v>
       </c>
       <c r="D671" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E671" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F671" s="3"/>
       <c r="G671" s="3"/>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" s="3">
         <v>670</v>
       </c>
       <c r="B672" s="3" t="s">
-        <v>1020</v>
+        <v>1018</v>
       </c>
       <c r="C672" s="3">
-        <v>10461876361</v>
+        <v>41734185</v>
       </c>
       <c r="D672" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E672" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F672" s="3"/>
       <c r="G672" s="3"/>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" s="3">
         <v>671</v>
       </c>
       <c r="B673" s="3" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>10180897289</v>
+        <v>1019</v>
+      </c>
+      <c r="C673" s="3" t="s">
+        <v>1020</v>
       </c>
       <c r="D673" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E673" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F673" s="3"/>
       <c r="G673" s="3"/>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" s="3">
         <v>672</v>
       </c>
       <c r="B674" s="3" t="s">
-        <v>1022</v>
+        <v>1021</v>
       </c>
       <c r="C674" s="3">
-        <v>10248097243</v>
+        <v>29411265</v>
       </c>
       <c r="D674" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E674" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F674" s="3"/>
       <c r="G674" s="3"/>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" s="3">
         <v>673</v>
       </c>
       <c r="B675" s="3" t="s">
-        <v>1023</v>
+        <v>1022</v>
       </c>
       <c r="C675" s="3">
-        <v>10419619120</v>
+        <v>33438394</v>
       </c>
       <c r="D675" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E675" s="3"/>
       <c r="F675" s="3"/>
       <c r="G675" s="3"/>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" s="3">
         <v>674</v>
       </c>
       <c r="B676" s="3" t="s">
-        <v>1024</v>
+        <v>1023</v>
       </c>
       <c r="C676" s="3">
-        <v>10090560927</v>
+        <v>17867010</v>
       </c>
       <c r="D676" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E676" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F676" s="3"/>
       <c r="G676" s="3"/>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" s="3">
         <v>675</v>
       </c>
       <c r="B677" s="3" t="s">
-        <v>1025</v>
-[...2 lines deleted...]
-        <v>1026</v>
+        <v>1024</v>
+      </c>
+      <c r="C677" s="3">
+        <v>42455075</v>
       </c>
       <c r="D677" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E677" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F677" s="3"/>
       <c r="G677" s="3"/>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" s="3">
         <v>676</v>
       </c>
       <c r="B678" s="3" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C678" s="3">
-        <v>47499439</v>
+        <v>17634321</v>
       </c>
       <c r="D678" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E678" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F678" s="3"/>
       <c r="G678" s="3"/>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" s="3">
         <v>677</v>
       </c>
       <c r="B679" s="3" t="s">
-        <v>1028</v>
+        <v>1026</v>
       </c>
       <c r="C679" s="3">
-        <v>47148353</v>
+        <v>20452393493</v>
       </c>
       <c r="D679" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E679" s="3" t="s">
-        <v>19</v>
+        <v>1027</v>
       </c>
       <c r="F679" s="3"/>
       <c r="G679" s="3"/>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" s="3">
         <v>678</v>
       </c>
       <c r="B680" s="3" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C680" s="3">
+        <v>20453744168</v>
+      </c>
+      <c r="D680" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E680" s="3" t="s">
         <v>1029</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F680" s="3"/>
       <c r="G680" s="3"/>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" s="3">
         <v>679</v>
       </c>
       <c r="B681" s="3" t="s">
         <v>1030</v>
       </c>
       <c r="C681" s="3">
-        <v>20601248442</v>
+        <v>20493196902</v>
       </c>
       <c r="D681" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E681" s="3" t="s">
         <v>1031</v>
       </c>
       <c r="F681" s="3"/>
       <c r="G681" s="3"/>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" s="3">
         <v>680</v>
       </c>
       <c r="B682" s="3" t="s">
         <v>1032</v>
       </c>
-      <c r="C682" s="3" t="s">
+      <c r="C682" s="3">
+        <v>20519752515</v>
+      </c>
+      <c r="D682" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E682" s="3" t="s">
         <v>1033</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F682" s="3"/>
       <c r="G682" s="3"/>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" s="3">
         <v>681</v>
       </c>
       <c r="B683" s="3" t="s">
         <v>1034</v>
       </c>
       <c r="C683" s="3">
-        <v>61375975</v>
+        <v>20393066386</v>
       </c>
       <c r="D683" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E683" s="3" t="s">
-        <v>19</v>
+        <v>1035</v>
       </c>
       <c r="F683" s="3"/>
       <c r="G683" s="3"/>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" s="3">
         <v>682</v>
       </c>
       <c r="B684" s="3" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C684" s="3">
-        <v>46487398</v>
+        <v>40187656</v>
       </c>
       <c r="D684" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E684" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E684" s="3"/>
       <c r="F684" s="3"/>
       <c r="G684" s="3"/>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" s="3">
         <v>683</v>
       </c>
       <c r="B685" s="3" t="s">
         <v>1036</v>
       </c>
       <c r="C685" s="3">
-        <v>40627191</v>
+        <v>20489250731</v>
       </c>
       <c r="D685" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E685" s="3" t="s">
-        <v>19</v>
+        <v>1037</v>
       </c>
       <c r="F685" s="3"/>
       <c r="G685" s="3"/>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" s="3">
         <v>684</v>
       </c>
       <c r="B686" s="3" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C686" s="3">
-        <v>20605050582</v>
+        <v>20452393817</v>
       </c>
       <c r="D686" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E686" s="3" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="F686" s="3"/>
       <c r="G686" s="3"/>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" s="3">
         <v>685</v>
       </c>
       <c r="B687" s="3" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C687" s="3">
-        <v>20608430696</v>
+        <v>20486021692</v>
       </c>
       <c r="D687" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E687" s="3" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F687" s="3"/>
       <c r="G687" s="3"/>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" s="3">
         <v>686</v>
       </c>
       <c r="B688" s="3" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C688" s="3">
-        <v>20540001201</v>
+        <v>20440374248</v>
       </c>
       <c r="D688" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E688" s="3" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="F688" s="3"/>
       <c r="G688" s="3"/>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" s="3">
         <v>687</v>
       </c>
       <c r="B689" s="3" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C689" s="3">
-        <v>20603584709</v>
+        <v>20479569780</v>
       </c>
       <c r="D689" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E689" s="3" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F689" s="3"/>
       <c r="G689" s="3"/>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" s="3">
         <v>688</v>
       </c>
       <c r="B690" s="3" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C690" s="3">
-        <v>20564348954</v>
+        <v>20527143200</v>
       </c>
       <c r="D690" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E690" s="3" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="F690" s="3"/>
       <c r="G690" s="3"/>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" s="3">
         <v>689</v>
       </c>
       <c r="B691" s="3" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C691" s="3">
-        <v>20604251100</v>
+        <v>20406325815</v>
       </c>
       <c r="D691" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E691" s="3" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F691" s="3"/>
       <c r="G691" s="3"/>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" s="3">
         <v>690</v>
       </c>
       <c r="B692" s="3" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C692" s="3">
-        <v>20609065282</v>
+        <v>20531375808</v>
       </c>
       <c r="D692" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E692" s="3" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="F692" s="3"/>
       <c r="G692" s="3"/>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" s="3">
         <v>691</v>
       </c>
       <c r="B693" s="3" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C693" s="3">
-        <v>23930519</v>
+        <v>20484003883</v>
       </c>
       <c r="D693" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E693" s="3" t="s">
-        <v>19</v>
+        <v>1053</v>
       </c>
       <c r="F693" s="3"/>
       <c r="G693" s="3"/>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" s="3">
         <v>692</v>
       </c>
       <c r="B694" s="3" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="C694" s="3">
-        <v>10454878863</v>
+        <v>72980211</v>
       </c>
       <c r="D694" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E694" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F694" s="3"/>
       <c r="G694" s="3"/>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" s="3">
         <v>693</v>
       </c>
       <c r="B695" s="3" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C695" s="3">
-        <v>45154003</v>
+        <v>22464791</v>
       </c>
       <c r="D695" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E695" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F695" s="3"/>
       <c r="G695" s="3"/>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" s="3">
         <v>694</v>
       </c>
       <c r="B696" s="3" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="C696" s="3">
-        <v>23998796</v>
+        <v>10461876361</v>
       </c>
       <c r="D696" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E696" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F696" s="3"/>
       <c r="G696" s="3"/>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" s="3">
         <v>695</v>
       </c>
       <c r="B697" s="3" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C697" s="3">
-        <v>19197748</v>
+        <v>10180897289</v>
       </c>
       <c r="D697" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E697" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F697" s="3"/>
       <c r="G697" s="3"/>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" s="3">
         <v>696</v>
       </c>
       <c r="B698" s="3" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>1057</v>
+        <v>1058</v>
+      </c>
+      <c r="C698" s="3">
+        <v>10248097243</v>
       </c>
       <c r="D698" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E698" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F698" s="3"/>
       <c r="G698" s="3"/>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" s="3">
         <v>697</v>
       </c>
       <c r="B699" s="3" t="s">
-        <v>1058</v>
-[...1 lines deleted...]
-      <c r="C699" s="3" t="s">
         <v>1059</v>
       </c>
+      <c r="C699" s="3">
+        <v>10419619120</v>
+      </c>
       <c r="D699" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E699" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F699" s="3"/>
       <c r="G699" s="3"/>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" s="3">
         <v>698</v>
       </c>
       <c r="B700" s="3" t="s">
         <v>1060</v>
       </c>
       <c r="C700" s="3">
-        <v>71238716</v>
+        <v>10090560927</v>
       </c>
       <c r="D700" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E700" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F700" s="3"/>
       <c r="G700" s="3"/>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" s="3">
         <v>699</v>
       </c>
       <c r="B701" s="3" t="s">
         <v>1061</v>
       </c>
-      <c r="C701" s="3">
-        <v>46314821</v>
+      <c r="C701" s="3" t="s">
+        <v>1062</v>
       </c>
       <c r="D701" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E701" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F701" s="3"/>
       <c r="G701" s="3"/>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" s="3">
         <v>700</v>
       </c>
       <c r="B702" s="3" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="C702" s="3">
-        <v>72904929</v>
+        <v>47499439</v>
       </c>
       <c r="D702" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E702" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F702" s="3"/>
       <c r="G702" s="3"/>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" s="3">
         <v>701</v>
       </c>
       <c r="B703" s="3" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C703" s="3">
-        <v>10311770905</v>
+        <v>47148353</v>
       </c>
       <c r="D703" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E703" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F703" s="3"/>
       <c r="G703" s="3"/>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" s="3">
         <v>702</v>
       </c>
       <c r="B704" s="3" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C704" s="3">
-        <v>10164395443</v>
+        <v>18858428</v>
       </c>
       <c r="D704" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E704" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F704" s="3"/>
       <c r="G704" s="3"/>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" s="3">
         <v>703</v>
       </c>
       <c r="B705" s="3" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C705" s="3">
-        <v>20561231053</v>
+        <v>20601248442</v>
       </c>
       <c r="D705" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E705" s="3" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="F705" s="3"/>
       <c r="G705" s="3"/>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" s="3">
         <v>704</v>
       </c>
       <c r="B706" s="3" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-        <v>10013277571</v>
+        <v>1068</v>
+      </c>
+      <c r="C706" s="3" t="s">
+        <v>1069</v>
       </c>
       <c r="D706" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E706" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F706" s="3"/>
       <c r="G706" s="3"/>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" s="3">
         <v>705</v>
       </c>
       <c r="B707" s="3" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="C707" s="3">
-        <v>42716607</v>
+        <v>61375975</v>
       </c>
       <c r="D707" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E707" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F707" s="3"/>
       <c r="G707" s="3"/>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" s="3">
         <v>706</v>
       </c>
       <c r="B708" s="3" t="s">
-        <v>1069</v>
-[...2 lines deleted...]
-        <v>1070</v>
+        <v>1071</v>
+      </c>
+      <c r="C708" s="3">
+        <v>46487398</v>
       </c>
       <c r="D708" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E708" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F708" s="3"/>
       <c r="G708" s="3"/>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" s="3">
         <v>707</v>
       </c>
       <c r="B709" s="3" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="C709" s="3">
-        <v>33826572</v>
+        <v>40627191</v>
       </c>
       <c r="D709" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E709" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F709" s="3"/>
       <c r="G709" s="3"/>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" s="3">
         <v>708</v>
       </c>
       <c r="B710" s="3" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C710" s="3">
-        <v>74845760</v>
+        <v>20605050582</v>
       </c>
       <c r="D710" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E710" s="3" t="s">
-        <v>19</v>
+        <v>1074</v>
       </c>
       <c r="F710" s="3"/>
       <c r="G710" s="3"/>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" s="3">
         <v>709</v>
       </c>
       <c r="B711" s="3" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>1074</v>
+        <v>1075</v>
+      </c>
+      <c r="C711" s="3">
+        <v>20608430696</v>
       </c>
       <c r="D711" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E711" s="3" t="s">
-        <v>19</v>
+        <v>1076</v>
       </c>
       <c r="F711" s="3"/>
       <c r="G711" s="3"/>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" s="3">
         <v>710</v>
       </c>
       <c r="B712" s="3" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="C712" s="3">
-        <v>43514460</v>
+        <v>20540001201</v>
       </c>
       <c r="D712" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E712" s="3" t="s">
-        <v>19</v>
+        <v>1078</v>
       </c>
       <c r="F712" s="3"/>
       <c r="G712" s="3"/>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" s="3">
         <v>711</v>
       </c>
       <c r="B713" s="3" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="C713" s="3">
-        <v>26617213</v>
+        <v>20603584709</v>
       </c>
       <c r="D713" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E713" s="3" t="s">
-        <v>19</v>
+        <v>1080</v>
       </c>
       <c r="F713" s="3"/>
       <c r="G713" s="3"/>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" s="3">
         <v>712</v>
       </c>
       <c r="B714" s="3" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="C714" s="3">
-        <v>30408653</v>
+        <v>20564348954</v>
       </c>
       <c r="D714" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E714" s="3" t="s">
-        <v>19</v>
+        <v>1082</v>
       </c>
       <c r="F714" s="3"/>
       <c r="G714" s="3"/>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" s="3">
         <v>713</v>
       </c>
       <c r="B715" s="3" t="s">
-        <v>1078</v>
+        <v>1083</v>
       </c>
       <c r="C715" s="3">
-        <v>29271585</v>
+        <v>20603588241</v>
       </c>
       <c r="D715" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E715" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E715" s="3" t="s">
+        <v>1084</v>
+      </c>
       <c r="F715" s="3"/>
       <c r="G715" s="3"/>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" s="3">
         <v>714</v>
       </c>
       <c r="B716" s="3" t="s">
-        <v>1079</v>
+        <v>1085</v>
       </c>
       <c r="C716" s="3">
-        <v>44518972</v>
+        <v>20604251100</v>
       </c>
       <c r="D716" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E716" s="3" t="s">
-        <v>19</v>
+        <v>1086</v>
       </c>
       <c r="F716" s="3"/>
       <c r="G716" s="3"/>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" s="3">
         <v>715</v>
       </c>
       <c r="B717" s="3" t="s">
-        <v>1080</v>
+        <v>1087</v>
       </c>
       <c r="C717" s="3">
-        <v>10797413</v>
+        <v>20609065282</v>
       </c>
       <c r="D717" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E717" s="3" t="s">
-        <v>53</v>
+        <v>1088</v>
       </c>
       <c r="F717" s="3"/>
       <c r="G717" s="3"/>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" s="3">
         <v>716</v>
       </c>
       <c r="B718" s="3" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="C718" s="3">
-        <v>20422143701</v>
+        <v>23930519</v>
       </c>
       <c r="D718" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E718" s="3" t="s">
-        <v>1082</v>
+        <v>19</v>
       </c>
       <c r="F718" s="3"/>
       <c r="G718" s="3"/>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" s="3">
         <v>717</v>
       </c>
       <c r="B719" s="3" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="C719" s="3">
-        <v>20603073933</v>
+        <v>10454878863</v>
       </c>
       <c r="D719" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E719" s="3" t="s">
-        <v>1084</v>
+        <v>24</v>
       </c>
       <c r="F719" s="3"/>
       <c r="G719" s="3"/>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" s="3">
         <v>718</v>
       </c>
       <c r="B720" s="3" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="C720" s="3">
-        <v>72217356</v>
+        <v>45154003</v>
       </c>
       <c r="D720" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E720" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F720" s="3"/>
       <c r="G720" s="3"/>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" s="3">
         <v>719</v>
       </c>
       <c r="B721" s="3" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="C721" s="3">
-        <v>21553157</v>
+        <v>23998796</v>
       </c>
       <c r="D721" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E721" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F721" s="3"/>
       <c r="G721" s="3"/>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" s="3">
         <v>720</v>
       </c>
       <c r="B722" s="3" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="C722" s="3">
-        <v>32878016</v>
+        <v>19197748</v>
       </c>
       <c r="D722" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E722" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F722" s="3"/>
       <c r="G722" s="3"/>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" s="3">
         <v>721</v>
       </c>
       <c r="B723" s="3" t="s">
-        <v>1088</v>
-[...2 lines deleted...]
-        <v>20009054</v>
+        <v>1094</v>
+      </c>
+      <c r="C723" s="3" t="s">
+        <v>1095</v>
       </c>
       <c r="D723" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E723" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F723" s="3"/>
       <c r="G723" s="3"/>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" s="3">
         <v>722</v>
       </c>
       <c r="B724" s="3" t="s">
-        <v>1089</v>
-[...2 lines deleted...]
-        <v>46142643</v>
+        <v>1096</v>
+      </c>
+      <c r="C724" s="3" t="s">
+        <v>1097</v>
       </c>
       <c r="D724" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E724" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F724" s="3"/>
       <c r="G724" s="3"/>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" s="3">
         <v>723</v>
       </c>
       <c r="B725" s="3" t="s">
-        <v>1090</v>
+        <v>1098</v>
       </c>
       <c r="C725" s="3">
-        <v>20534113715</v>
+        <v>71238716</v>
       </c>
       <c r="D725" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E725" s="3" t="s">
-        <v>1091</v>
+        <v>19</v>
       </c>
       <c r="F725" s="3"/>
       <c r="G725" s="3"/>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" s="3">
         <v>724</v>
       </c>
       <c r="B726" s="3" t="s">
-        <v>1092</v>
+        <v>1099</v>
       </c>
       <c r="C726" s="3">
-        <v>20601824940</v>
+        <v>46314821</v>
       </c>
       <c r="D726" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E726" s="3" t="s">
-        <v>1093</v>
+        <v>19</v>
       </c>
       <c r="F726" s="3"/>
       <c r="G726" s="3"/>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" s="3">
         <v>725</v>
       </c>
       <c r="B727" s="3" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="C727" s="3">
-        <v>20483997541</v>
+        <v>21554454</v>
       </c>
       <c r="D727" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E727" s="3" t="s">
-        <v>1095</v>
+        <v>19</v>
       </c>
       <c r="F727" s="3"/>
       <c r="G727" s="3"/>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" s="3">
         <v>726</v>
       </c>
       <c r="B728" s="3" t="s">
-        <v>1096</v>
+        <v>1101</v>
       </c>
       <c r="C728" s="3">
-        <v>20444054400</v>
+        <v>72904929</v>
       </c>
       <c r="D728" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E728" s="3" t="s">
-        <v>1097</v>
+        <v>19</v>
       </c>
       <c r="F728" s="3"/>
       <c r="G728" s="3"/>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" s="3">
         <v>727</v>
       </c>
       <c r="B729" s="3" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C729" s="3">
-        <v>20570610148</v>
+        <v>10311770905</v>
       </c>
       <c r="D729" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E729" s="3" t="s">
-        <v>1099</v>
+        <v>24</v>
       </c>
       <c r="F729" s="3"/>
       <c r="G729" s="3"/>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" s="3">
         <v>728</v>
       </c>
       <c r="B730" s="3" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="C730" s="3">
-        <v>20223149635</v>
+        <v>10164395443</v>
       </c>
       <c r="D730" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E730" s="3" t="s">
-        <v>1101</v>
+        <v>24</v>
       </c>
       <c r="F730" s="3"/>
       <c r="G730" s="3"/>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" s="3">
         <v>729</v>
       </c>
       <c r="B731" s="3" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="C731" s="3">
-        <v>20196425005</v>
+        <v>20561231053</v>
       </c>
       <c r="D731" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E731" s="3"/>
+      <c r="E731" s="3" t="s">
+        <v>1105</v>
+      </c>
       <c r="F731" s="3"/>
       <c r="G731" s="3"/>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" s="3">
         <v>730</v>
       </c>
       <c r="B732" s="3" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="C732" s="3">
-        <v>20482361626</v>
+        <v>10013277571</v>
       </c>
       <c r="D732" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E732" s="3" t="s">
-        <v>1104</v>
+        <v>24</v>
       </c>
       <c r="F732" s="3"/>
       <c r="G732" s="3"/>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" s="3">
         <v>731</v>
       </c>
       <c r="B733" s="3" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="C733" s="3">
-        <v>20232860767</v>
+        <v>42716607</v>
       </c>
       <c r="D733" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E733" s="3" t="s">
-        <v>1106</v>
+        <v>19</v>
       </c>
       <c r="F733" s="3"/>
       <c r="G733" s="3"/>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" s="3">
         <v>732</v>
       </c>
       <c r="B734" s="3" t="s">
-        <v>1107</v>
-[...2 lines deleted...]
-        <v>10239355299</v>
+        <v>1108</v>
+      </c>
+      <c r="C734" s="3" t="s">
+        <v>1109</v>
       </c>
       <c r="D734" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E734" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F734" s="3"/>
       <c r="G734" s="3"/>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" s="3">
         <v>733</v>
       </c>
       <c r="B735" s="3" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="C735" s="3">
-        <v>10415749924</v>
+        <v>33826572</v>
       </c>
       <c r="D735" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E735" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F735" s="3"/>
       <c r="G735" s="3"/>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" s="3">
         <v>734</v>
       </c>
       <c r="B736" s="3" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="C736" s="3">
-        <v>10276717281</v>
+        <v>74845760</v>
       </c>
       <c r="D736" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E736" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F736" s="3"/>
       <c r="G736" s="3"/>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" s="3">
         <v>735</v>
       </c>
       <c r="B737" s="3" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-        <v>26704290</v>
+        <v>1112</v>
+      </c>
+      <c r="C737" s="3" t="s">
+        <v>1113</v>
       </c>
       <c r="D737" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E737" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F737" s="3"/>
       <c r="G737" s="3"/>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" s="3">
         <v>736</v>
       </c>
       <c r="B738" s="3" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C738" s="3">
-        <v>40436623</v>
+        <v>43514460</v>
       </c>
       <c r="D738" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E738" s="3"/>
+      <c r="E738" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F738" s="3"/>
       <c r="G738" s="3"/>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" s="3">
         <v>737</v>
       </c>
       <c r="B739" s="3" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="C739" s="3">
-        <v>10026400118</v>
+        <v>26617213</v>
       </c>
       <c r="D739" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E739" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F739" s="3"/>
       <c r="G739" s="3"/>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" s="3">
         <v>738</v>
       </c>
       <c r="B740" s="3" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-        <v>1114</v>
+        <v>1116</v>
+      </c>
+      <c r="C740" s="3">
+        <v>30408653</v>
       </c>
       <c r="D740" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E740" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F740" s="3"/>
       <c r="G740" s="3"/>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" s="3">
         <v>739</v>
       </c>
       <c r="B741" s="3" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-        <v>20529802910</v>
+        <v>1117</v>
+      </c>
+      <c r="C741" s="3" t="s">
+        <v>1118</v>
       </c>
       <c r="D741" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E741" s="3" t="s">
-        <v>1116</v>
+        <v>19</v>
       </c>
       <c r="F741" s="3"/>
       <c r="G741" s="3"/>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" s="3">
         <v>740</v>
       </c>
       <c r="B742" s="3" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="C742" s="3">
-        <v>20607749788</v>
+        <v>29271585</v>
       </c>
       <c r="D742" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E742" s="3"/>
       <c r="F742" s="3"/>
       <c r="G742" s="3"/>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" s="3">
         <v>741</v>
       </c>
       <c r="B743" s="3" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C743" s="3">
-        <v>11111111</v>
+        <v>44518972</v>
       </c>
       <c r="D743" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E743" s="3"/>
+      <c r="E743" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F743" s="3"/>
       <c r="G743" s="3"/>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" s="3">
         <v>742</v>
       </c>
       <c r="B744" s="3" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C744" s="3">
-        <v>20601095450</v>
+        <v>10797413</v>
       </c>
       <c r="D744" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E744" s="3" t="s">
-        <v>1121</v>
+        <v>54</v>
       </c>
       <c r="F744" s="3"/>
       <c r="G744" s="3"/>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" s="3">
         <v>743</v>
       </c>
       <c r="B745" s="3" t="s">
         <v>1122</v>
       </c>
       <c r="C745" s="3">
-        <v>22527497</v>
+        <v>20422143701</v>
       </c>
       <c r="D745" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E745" s="3" t="s">
-        <v>19</v>
+        <v>1123</v>
       </c>
       <c r="F745" s="3"/>
       <c r="G745" s="3"/>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" s="3">
         <v>744</v>
       </c>
       <c r="B746" s="3" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C746" s="3">
-        <v>24005456</v>
+        <v>20603073933</v>
       </c>
       <c r="D746" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E746" s="3" t="s">
-        <v>19</v>
+        <v>1125</v>
       </c>
       <c r="F746" s="3"/>
       <c r="G746" s="3"/>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" s="3">
         <v>745</v>
       </c>
       <c r="B747" s="3" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C747" s="3">
-        <v>20481772550</v>
+        <v>72217356</v>
       </c>
       <c r="D747" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E747" s="3" t="s">
-        <v>1125</v>
+        <v>19</v>
       </c>
       <c r="F747" s="3"/>
       <c r="G747" s="3"/>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" s="3">
         <v>746</v>
       </c>
       <c r="B748" s="3" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C748" s="3">
-        <v>20527722064</v>
+        <v>21553157</v>
       </c>
       <c r="D748" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E748" s="3" t="s">
-        <v>1127</v>
+        <v>19</v>
       </c>
       <c r="F748" s="3"/>
       <c r="G748" s="3"/>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" s="3">
         <v>747</v>
       </c>
       <c r="B749" s="3" t="s">
         <v>1128</v>
       </c>
       <c r="C749" s="3">
-        <v>20369532848</v>
+        <v>32878016</v>
       </c>
       <c r="D749" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E749" s="3" t="s">
-        <v>1129</v>
+        <v>19</v>
       </c>
       <c r="F749" s="3"/>
       <c r="G749" s="3"/>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" s="3">
         <v>748</v>
       </c>
       <c r="B750" s="3" t="s">
-        <v>1130</v>
+        <v>1129</v>
       </c>
       <c r="C750" s="3">
-        <v>20482690875</v>
+        <v>20009054</v>
       </c>
       <c r="D750" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E750" s="3" t="s">
-        <v>1131</v>
+        <v>19</v>
       </c>
       <c r="F750" s="3"/>
       <c r="G750" s="3"/>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" s="3">
         <v>749</v>
       </c>
       <c r="B751" s="3" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="C751" s="3">
-        <v>27671728</v>
+        <v>46142643</v>
       </c>
       <c r="D751" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E751" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F751" s="3"/>
       <c r="G751" s="3"/>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" s="3">
         <v>750</v>
       </c>
       <c r="B752" s="3" t="s">
-        <v>1133</v>
-[...2 lines deleted...]
-        <v>1134</v>
+        <v>1131</v>
+      </c>
+      <c r="C752" s="3">
+        <v>20534113715</v>
       </c>
       <c r="D752" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E752" s="3" t="s">
-        <v>19</v>
+        <v>1132</v>
       </c>
       <c r="F752" s="3"/>
       <c r="G752" s="3"/>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" s="3">
         <v>751</v>
       </c>
       <c r="B753" s="3" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="C753" s="3">
-        <v>20603757794</v>
+        <v>20601824940</v>
       </c>
       <c r="D753" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E753" s="3" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="F753" s="3"/>
       <c r="G753" s="3"/>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" s="3">
         <v>752</v>
       </c>
       <c r="B754" s="3" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="C754" s="3">
-        <v>20525249469</v>
+        <v>20483997541</v>
       </c>
       <c r="D754" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E754" s="3" t="s">
-        <v>1138</v>
+        <v>1136</v>
       </c>
       <c r="F754" s="3"/>
       <c r="G754" s="3"/>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" s="3">
         <v>753</v>
       </c>
       <c r="B755" s="3" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="C755" s="3">
-        <v>20537859483</v>
+        <v>20444054400</v>
       </c>
       <c r="D755" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E755" s="3" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="F755" s="3"/>
       <c r="G755" s="3"/>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" s="3">
         <v>754</v>
       </c>
       <c r="B756" s="3" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="C756" s="3">
-        <v>18092323</v>
+        <v>20570610148</v>
       </c>
       <c r="D756" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E756" s="3" t="s">
-        <v>19</v>
+        <v>1140</v>
       </c>
       <c r="F756" s="3"/>
       <c r="G756" s="3"/>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" s="3">
         <v>755</v>
       </c>
       <c r="B757" s="3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C757" s="3">
+        <v>20223149635</v>
+      </c>
+      <c r="D757" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E757" s="3" t="s">
         <v>1142</v>
-      </c>
-[...7 lines deleted...]
-        <v>1143</v>
       </c>
       <c r="F757" s="3"/>
       <c r="G757" s="3"/>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" s="3">
         <v>756</v>
       </c>
       <c r="B758" s="3" t="s">
-        <v>1144</v>
+        <v>1143</v>
       </c>
       <c r="C758" s="3">
-        <v>20601535441</v>
+        <v>20196425005</v>
       </c>
       <c r="D758" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E758" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E758" s="3"/>
       <c r="F758" s="3"/>
       <c r="G758" s="3"/>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" s="3">
         <v>757</v>
       </c>
       <c r="B759" s="3" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="C759" s="3">
-        <v>20110504412</v>
+        <v>20482361626</v>
       </c>
       <c r="D759" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E759" s="3" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="F759" s="3"/>
       <c r="G759" s="3"/>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" s="3">
         <v>758</v>
       </c>
       <c r="B760" s="3" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="C760" s="3">
-        <v>20204709417</v>
+        <v>20232860767</v>
       </c>
       <c r="D760" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E760" s="3" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="F760" s="3"/>
       <c r="G760" s="3"/>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" s="3">
         <v>759</v>
       </c>
       <c r="B761" s="3" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="C761" s="3">
-        <v>20604021376</v>
+        <v>10239355299</v>
       </c>
       <c r="D761" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E761" s="3" t="s">
-        <v>1151</v>
+        <v>24</v>
       </c>
       <c r="F761" s="3"/>
       <c r="G761" s="3"/>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" s="3">
         <v>760</v>
       </c>
       <c r="B762" s="3" t="s">
-        <v>1152</v>
+        <v>1149</v>
       </c>
       <c r="C762" s="3">
-        <v>20171781648</v>
+        <v>10415749924</v>
       </c>
       <c r="D762" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E762" s="3" t="s">
-        <v>1153</v>
+        <v>24</v>
       </c>
       <c r="F762" s="3"/>
       <c r="G762" s="3"/>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" s="3">
         <v>761</v>
       </c>
       <c r="B763" s="3" t="s">
-        <v>1154</v>
+        <v>1150</v>
       </c>
       <c r="C763" s="3">
-        <v>20131365994</v>
+        <v>10276717281</v>
       </c>
       <c r="D763" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E763" s="3" t="s">
-        <v>1155</v>
+        <v>24</v>
       </c>
       <c r="F763" s="3"/>
       <c r="G763" s="3"/>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" s="3">
         <v>762</v>
       </c>
       <c r="B764" s="3" t="s">
-        <v>1156</v>
+        <v>1151</v>
       </c>
       <c r="C764" s="3">
-        <v>20131263130</v>
+        <v>26704290</v>
       </c>
       <c r="D764" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E764" s="3" t="s">
-        <v>1157</v>
+        <v>19</v>
       </c>
       <c r="F764" s="3"/>
       <c r="G764" s="3"/>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" s="3">
         <v>763</v>
       </c>
       <c r="B765" s="3" t="s">
-        <v>1158</v>
+        <v>1152</v>
       </c>
       <c r="C765" s="3">
-        <v>20600162765</v>
+        <v>40436623</v>
       </c>
       <c r="D765" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E765" s="3"/>
       <c r="F765" s="3"/>
       <c r="G765" s="3"/>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" s="3">
         <v>764</v>
       </c>
       <c r="B766" s="3" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="C766" s="3">
-        <v>23967569</v>
+        <v>10026400118</v>
       </c>
       <c r="D766" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E766" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F766" s="3"/>
       <c r="G766" s="3"/>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" s="3">
         <v>765</v>
       </c>
       <c r="B767" s="3" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>20610176667</v>
+        <v>1154</v>
+      </c>
+      <c r="C767" s="3" t="s">
+        <v>1155</v>
       </c>
       <c r="D767" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E767" s="3" t="s">
-        <v>1162</v>
+        <v>19</v>
       </c>
       <c r="F767" s="3"/>
       <c r="G767" s="3"/>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" s="3">
         <v>766</v>
       </c>
       <c r="B768" s="3" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="C768" s="3">
-        <v>20609144042</v>
+        <v>20529802910</v>
       </c>
       <c r="D768" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E768" s="3" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="F768" s="3"/>
       <c r="G768" s="3"/>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" s="3">
         <v>767</v>
       </c>
       <c r="B769" s="3" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="C769" s="3">
-        <v>20563983176</v>
+        <v>20607749788</v>
       </c>
       <c r="D769" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E769" s="3" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="F769" s="3"/>
       <c r="G769" s="3"/>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" s="3">
         <v>768</v>
       </c>
       <c r="B770" s="3" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="C770" s="3">
-        <v>20531677219</v>
+        <v>11111111</v>
       </c>
       <c r="D770" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E770" s="3"/>
       <c r="F770" s="3"/>
       <c r="G770" s="3"/>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" s="3">
         <v>769</v>
       </c>
       <c r="B771" s="3" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="C771" s="3">
-        <v>20610417320</v>
+        <v>20601095450</v>
       </c>
       <c r="D771" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E771" s="3" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="F771" s="3"/>
       <c r="G771" s="3"/>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" s="3">
         <v>770</v>
       </c>
       <c r="B772" s="3" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
       <c r="C772" s="3">
-        <v>20601329418</v>
+        <v>22527497</v>
       </c>
       <c r="D772" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E772" s="3" t="s">
-        <v>1172</v>
+        <v>19</v>
       </c>
       <c r="F772" s="3"/>
       <c r="G772" s="3"/>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" s="3">
         <v>771</v>
       </c>
       <c r="B773" s="3" t="s">
-        <v>1173</v>
+        <v>1164</v>
       </c>
       <c r="C773" s="3">
-        <v>20604286761</v>
+        <v>24005456</v>
       </c>
       <c r="D773" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E773" s="3" t="s">
-        <v>1174</v>
+        <v>19</v>
       </c>
       <c r="F773" s="3"/>
       <c r="G773" s="3"/>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" s="3">
         <v>772</v>
       </c>
       <c r="B774" s="3" t="s">
-        <v>1175</v>
+        <v>1165</v>
       </c>
       <c r="C774" s="3">
-        <v>43564331</v>
+        <v>20481772550</v>
       </c>
       <c r="D774" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E774" s="3" t="s">
-        <v>19</v>
+        <v>1166</v>
       </c>
       <c r="F774" s="3"/>
       <c r="G774" s="3"/>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" s="3">
         <v>773</v>
       </c>
       <c r="B775" s="3" t="s">
-        <v>1176</v>
+        <v>1167</v>
       </c>
       <c r="C775" s="3">
-        <v>18066484</v>
+        <v>20527722064</v>
       </c>
       <c r="D775" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E775" s="3" t="s">
-        <v>19</v>
+        <v>1168</v>
       </c>
       <c r="F775" s="3"/>
       <c r="G775" s="3"/>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" s="3">
         <v>774</v>
       </c>
       <c r="B776" s="3" t="s">
-        <v>1177</v>
+        <v>1169</v>
       </c>
       <c r="C776" s="3">
-        <v>41154766</v>
+        <v>20369532848</v>
       </c>
       <c r="D776" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E776" s="3" t="s">
-        <v>19</v>
+        <v>1170</v>
       </c>
       <c r="F776" s="3"/>
       <c r="G776" s="3"/>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" s="3">
         <v>775</v>
       </c>
       <c r="B777" s="3" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>1171</v>
+      </c>
+      <c r="C777" s="3">
+        <v>20482690875</v>
       </c>
       <c r="D777" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E777" s="3" t="s">
-        <v>19</v>
+        <v>1172</v>
       </c>
       <c r="F777" s="3"/>
       <c r="G777" s="3"/>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" s="3">
         <v>776</v>
       </c>
       <c r="B778" s="3" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="C778" s="3">
-        <v>26685559</v>
+        <v>27671728</v>
       </c>
       <c r="D778" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E778" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F778" s="3"/>
       <c r="G778" s="3"/>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" s="3">
         <v>777</v>
       </c>
       <c r="B779" s="3" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>45764795</v>
+        <v>1174</v>
+      </c>
+      <c r="C779" s="3" t="s">
+        <v>1175</v>
       </c>
       <c r="D779" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E779" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F779" s="3"/>
       <c r="G779" s="3"/>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" s="3">
         <v>778</v>
       </c>
       <c r="B780" s="3" t="s">
-        <v>1182</v>
+        <v>1176</v>
       </c>
       <c r="C780" s="3">
-        <v>41904321</v>
+        <v>20603757794</v>
       </c>
       <c r="D780" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E780" s="3" t="s">
-        <v>19</v>
+        <v>1177</v>
       </c>
       <c r="F780" s="3"/>
       <c r="G780" s="3"/>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" s="3">
         <v>779</v>
       </c>
       <c r="B781" s="3" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="C781" s="3">
-        <v>42304969</v>
+        <v>20525249469</v>
       </c>
       <c r="D781" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E781" s="3" t="s">
-        <v>19</v>
+        <v>1179</v>
       </c>
       <c r="F781" s="3"/>
       <c r="G781" s="3"/>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" s="3">
         <v>780</v>
       </c>
       <c r="B782" s="3" t="s">
-        <v>1184</v>
+        <v>1180</v>
       </c>
       <c r="C782" s="3">
-        <v>41738326</v>
+        <v>20537859483</v>
       </c>
       <c r="D782" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E782" s="3" t="s">
-        <v>19</v>
+        <v>1181</v>
       </c>
       <c r="F782" s="3"/>
       <c r="G782" s="3"/>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" s="3">
         <v>781</v>
       </c>
       <c r="B783" s="3" t="s">
-        <v>1185</v>
+        <v>1182</v>
       </c>
       <c r="C783" s="3">
-        <v>20159146295</v>
+        <v>20611349603</v>
       </c>
       <c r="D783" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E783" s="3" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="F783" s="3"/>
       <c r="G783" s="3"/>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" s="3">
         <v>782</v>
       </c>
       <c r="B784" s="3" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="C784" s="3">
-        <v>33591284</v>
+        <v>18092323</v>
       </c>
       <c r="D784" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E784" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F784" s="3"/>
       <c r="G784" s="3"/>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" s="3">
         <v>783</v>
       </c>
       <c r="B785" s="3" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="C785" s="3">
-        <v>43110266</v>
+        <v>20297675649</v>
       </c>
       <c r="D785" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E785" s="3" t="s">
-        <v>19</v>
+        <v>1186</v>
       </c>
       <c r="F785" s="3"/>
       <c r="G785" s="3"/>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" s="3">
         <v>784</v>
       </c>
       <c r="B786" s="3" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>1190</v>
+        <v>1187</v>
+      </c>
+      <c r="C786" s="3">
+        <v>20601535441</v>
       </c>
       <c r="D786" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E786" s="3" t="s">
-        <v>19</v>
+        <v>1188</v>
       </c>
       <c r="F786" s="3"/>
       <c r="G786" s="3"/>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" s="3">
         <v>785</v>
       </c>
       <c r="B787" s="3" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="C787" s="3">
-        <v>70021164</v>
+        <v>20110504412</v>
       </c>
       <c r="D787" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E787" s="3" t="s">
-        <v>19</v>
+        <v>1190</v>
       </c>
       <c r="F787" s="3"/>
       <c r="G787" s="3"/>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" s="3">
         <v>786</v>
       </c>
       <c r="B788" s="3" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C788" s="3">
+        <v>20204709417</v>
+      </c>
+      <c r="D788" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E788" s="3" t="s">
         <v>1192</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F788" s="3"/>
       <c r="G788" s="3"/>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" s="3">
         <v>787</v>
       </c>
       <c r="B789" s="3" t="s">
         <v>1193</v>
       </c>
       <c r="C789" s="3">
-        <v>42111517</v>
+        <v>20604021376</v>
       </c>
       <c r="D789" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E789" s="3" t="s">
-        <v>19</v>
+        <v>1194</v>
       </c>
       <c r="F789" s="3"/>
       <c r="G789" s="3"/>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" s="3">
         <v>788</v>
       </c>
       <c r="B790" s="3" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C790" s="3">
-        <v>40625994</v>
+        <v>20171781648</v>
       </c>
       <c r="D790" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E790" s="3" t="s">
-        <v>19</v>
+        <v>1196</v>
       </c>
       <c r="F790" s="3"/>
       <c r="G790" s="3"/>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" s="3">
         <v>789</v>
       </c>
       <c r="B791" s="3" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C791" s="3">
-        <v>23928809</v>
+        <v>20131365994</v>
       </c>
       <c r="D791" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E791" s="3" t="s">
-        <v>19</v>
+        <v>1198</v>
       </c>
       <c r="F791" s="3"/>
       <c r="G791" s="3"/>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" s="3">
         <v>790</v>
       </c>
       <c r="B792" s="3" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1199</v>
+      </c>
+      <c r="C792" s="3">
+        <v>20131263130</v>
       </c>
       <c r="D792" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E792" s="3" t="s">
-        <v>19</v>
+        <v>1200</v>
       </c>
       <c r="F792" s="3"/>
       <c r="G792" s="3"/>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" s="3">
         <v>791</v>
       </c>
       <c r="B793" s="3" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="C793" s="3">
-        <v>72073411</v>
+        <v>20131369477</v>
       </c>
       <c r="D793" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E793" s="3" t="s">
-        <v>19</v>
+        <v>1202</v>
       </c>
       <c r="F793" s="3"/>
       <c r="G793" s="3"/>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" s="3">
         <v>792</v>
       </c>
       <c r="B794" s="3" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C794" s="3">
-        <v>74924534</v>
+        <v>20600162765</v>
       </c>
       <c r="D794" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E794" s="3" t="s">
-        <v>19</v>
+        <v>1204</v>
       </c>
       <c r="F794" s="3"/>
       <c r="G794" s="3"/>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" s="3">
         <v>793</v>
       </c>
       <c r="B795" s="3" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="C795" s="3">
-        <v>43528731</v>
+        <v>23967569</v>
       </c>
       <c r="D795" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E795" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F795" s="3"/>
       <c r="G795" s="3"/>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" s="3">
         <v>794</v>
       </c>
       <c r="B796" s="3" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="C796" s="3">
-        <v>23816861</v>
+        <v>20610176667</v>
       </c>
       <c r="D796" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E796" s="3" t="s">
-        <v>19</v>
+        <v>1207</v>
       </c>
       <c r="F796" s="3"/>
       <c r="G796" s="3"/>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" s="3">
         <v>795</v>
       </c>
       <c r="B797" s="3" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="C797" s="3">
-        <v>26685451</v>
+        <v>20609144042</v>
       </c>
       <c r="D797" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E797" s="3" t="s">
-        <v>19</v>
+        <v>1209</v>
       </c>
       <c r="F797" s="3"/>
       <c r="G797" s="3"/>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" s="3">
         <v>796</v>
       </c>
       <c r="B798" s="3" t="s">
-        <v>1203</v>
-[...2 lines deleted...]
-        <v>1204</v>
+        <v>1210</v>
+      </c>
+      <c r="C798" s="3">
+        <v>20563983176</v>
       </c>
       <c r="D798" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E798" s="3" t="s">
-        <v>19</v>
+        <v>1211</v>
       </c>
       <c r="F798" s="3"/>
       <c r="G798" s="3"/>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" s="3">
         <v>797</v>
       </c>
       <c r="B799" s="3" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>1206</v>
+        <v>1212</v>
+      </c>
+      <c r="C799" s="3">
+        <v>20531677219</v>
       </c>
       <c r="D799" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E799" s="3" t="s">
-        <v>19</v>
+        <v>1213</v>
       </c>
       <c r="F799" s="3"/>
       <c r="G799" s="3"/>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" s="3">
         <v>798</v>
       </c>
       <c r="B800" s="3" t="s">
-        <v>1207</v>
+        <v>1214</v>
       </c>
       <c r="C800" s="3">
-        <v>73125442</v>
+        <v>20610417320</v>
       </c>
       <c r="D800" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E800" s="3" t="s">
-        <v>19</v>
+        <v>1215</v>
       </c>
       <c r="F800" s="3"/>
       <c r="G800" s="3"/>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" s="3">
         <v>799</v>
       </c>
       <c r="B801" s="3" t="s">
-        <v>1208</v>
+        <v>1216</v>
       </c>
       <c r="C801" s="3">
-        <v>72861121</v>
+        <v>20601329418</v>
       </c>
       <c r="D801" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E801" s="3" t="s">
-        <v>19</v>
+        <v>1217</v>
       </c>
       <c r="F801" s="3"/>
       <c r="G801" s="3"/>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" s="3">
         <v>800</v>
       </c>
       <c r="B802" s="3" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="C802" s="3">
-        <v>20112396412</v>
+        <v>20604286761</v>
       </c>
       <c r="D802" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E802" s="3" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
       <c r="F802" s="3"/>
       <c r="G802" s="3"/>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" s="3">
         <v>801</v>
       </c>
       <c r="B803" s="3" t="s">
-        <v>1211</v>
-[...2 lines deleted...]
-        <v>1212</v>
+        <v>1220</v>
+      </c>
+      <c r="C803" s="3">
+        <v>20482117041</v>
       </c>
       <c r="D803" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E803" s="3" t="s">
-        <v>19</v>
+        <v>1221</v>
       </c>
       <c r="F803" s="3"/>
       <c r="G803" s="3"/>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" s="3">
         <v>802</v>
       </c>
       <c r="B804" s="3" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="C804" s="3">
-        <v>46224398</v>
+        <v>43564331</v>
       </c>
       <c r="D804" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E804" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F804" s="3"/>
       <c r="G804" s="3"/>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" s="3">
         <v>803</v>
       </c>
       <c r="B805" s="3" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="C805" s="3">
-        <v>45614592</v>
+        <v>18066484</v>
       </c>
       <c r="D805" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E805" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F805" s="3"/>
       <c r="G805" s="3"/>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" s="3">
         <v>804</v>
       </c>
       <c r="B806" s="3" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
       <c r="C806" s="3">
-        <v>26686447</v>
+        <v>41154766</v>
       </c>
       <c r="D806" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E806" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F806" s="3"/>
       <c r="G806" s="3"/>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" s="3">
         <v>805</v>
       </c>
       <c r="B807" s="3" t="s">
-        <v>1216</v>
-[...2 lines deleted...]
-        <v>43267913</v>
+        <v>1225</v>
+      </c>
+      <c r="C807" s="3" t="s">
+        <v>1226</v>
       </c>
       <c r="D807" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E807" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F807" s="3"/>
       <c r="G807" s="3"/>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" s="3">
         <v>806</v>
       </c>
       <c r="B808" s="3" t="s">
-        <v>1217</v>
+        <v>1227</v>
       </c>
       <c r="C808" s="3">
-        <v>20602792456</v>
+        <v>26685559</v>
       </c>
       <c r="D808" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E808" s="3" t="s">
-        <v>1218</v>
+        <v>19</v>
       </c>
       <c r="F808" s="3"/>
       <c r="G808" s="3"/>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" s="3">
         <v>807</v>
       </c>
       <c r="B809" s="3" t="s">
-        <v>1219</v>
+        <v>1228</v>
       </c>
       <c r="C809" s="3">
-        <v>20399728241</v>
+        <v>45764795</v>
       </c>
       <c r="D809" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E809" s="3" t="s">
-        <v>1220</v>
+        <v>19</v>
       </c>
       <c r="F809" s="3"/>
       <c r="G809" s="3"/>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" s="3">
         <v>808</v>
       </c>
       <c r="B810" s="3" t="s">
-        <v>1221</v>
+        <v>1229</v>
       </c>
       <c r="C810" s="3">
-        <v>41420666</v>
+        <v>41904321</v>
       </c>
       <c r="D810" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E810" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F810" s="3"/>
       <c r="G810" s="3"/>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" s="3">
         <v>809</v>
       </c>
       <c r="B811" s="3" t="s">
-        <v>1222</v>
+        <v>1230</v>
       </c>
       <c r="C811" s="3">
-        <v>74772318</v>
+        <v>42304969</v>
       </c>
       <c r="D811" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E811" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F811" s="3"/>
       <c r="G811" s="3"/>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" s="3">
         <v>810</v>
       </c>
       <c r="B812" s="3" t="s">
-        <v>1223</v>
+        <v>1231</v>
       </c>
       <c r="C812" s="3">
-        <v>43340211</v>
+        <v>41738326</v>
       </c>
       <c r="D812" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E812" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F812" s="3"/>
       <c r="G812" s="3"/>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" s="3">
         <v>811</v>
       </c>
       <c r="B813" s="3" t="s">
-        <v>1224</v>
+        <v>1232</v>
       </c>
       <c r="C813" s="3">
-        <v>45779099</v>
+        <v>20159146295</v>
       </c>
       <c r="D813" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E813" s="3" t="s">
-        <v>19</v>
+        <v>1233</v>
       </c>
       <c r="F813" s="3"/>
       <c r="G813" s="3"/>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" s="3">
         <v>812</v>
       </c>
       <c r="B814" s="3" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="C814" s="3">
-        <v>70616135</v>
+        <v>33591284</v>
       </c>
       <c r="D814" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E814" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F814" s="3"/>
       <c r="G814" s="3"/>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" s="3">
         <v>813</v>
       </c>
       <c r="B815" s="3" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="C815" s="3">
-        <v>29636717</v>
+        <v>43110266</v>
       </c>
       <c r="D815" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E815" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F815" s="3"/>
       <c r="G815" s="3"/>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" s="3">
         <v>814</v>
       </c>
       <c r="B816" s="3" t="s">
-        <v>1227</v>
-[...2 lines deleted...]
-        <v>41484936</v>
+        <v>1236</v>
+      </c>
+      <c r="C816" s="3" t="s">
+        <v>1237</v>
       </c>
       <c r="D816" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E816" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F816" s="3"/>
       <c r="G816" s="3"/>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" s="3">
         <v>815</v>
       </c>
       <c r="B817" s="3" t="s">
-        <v>1228</v>
+        <v>1238</v>
       </c>
       <c r="C817" s="3">
-        <v>44840883</v>
+        <v>70021164</v>
       </c>
       <c r="D817" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E817" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F817" s="3"/>
       <c r="G817" s="3"/>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" s="3">
         <v>816</v>
       </c>
       <c r="B818" s="3" t="s">
-        <v>1229</v>
+        <v>1239</v>
       </c>
       <c r="C818" s="3">
-        <v>40255381</v>
+        <v>23924809</v>
       </c>
       <c r="D818" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E818" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F818" s="3"/>
       <c r="G818" s="3"/>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" s="3">
         <v>817</v>
       </c>
       <c r="B819" s="3" t="s">
-        <v>1230</v>
+        <v>1240</v>
       </c>
       <c r="C819" s="3">
-        <v>40494973</v>
+        <v>42111517</v>
       </c>
       <c r="D819" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E819" s="3" t="s">
-        <v>1231</v>
+        <v>19</v>
       </c>
       <c r="F819" s="3"/>
       <c r="G819" s="3"/>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" s="3">
         <v>818</v>
       </c>
       <c r="B820" s="3" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="C820" s="3">
-        <v>20613371541</v>
+        <v>40625994</v>
       </c>
       <c r="D820" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E820" s="3" t="s">
-        <v>1233</v>
+        <v>19</v>
       </c>
       <c r="F820" s="3"/>
       <c r="G820" s="3"/>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" s="3">
         <v>819</v>
       </c>
       <c r="B821" s="3" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="C821" s="3">
-        <v>42603088</v>
+        <v>23928809</v>
       </c>
       <c r="D821" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E821" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F821" s="3"/>
       <c r="G821" s="3"/>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" s="3">
         <v>820</v>
       </c>
       <c r="B822" s="3" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>41086640</v>
+        <v>1243</v>
+      </c>
+      <c r="C822" s="3" t="s">
+        <v>1244</v>
       </c>
       <c r="D822" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E822" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F822" s="3"/>
       <c r="G822" s="3"/>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" s="3">
         <v>821</v>
       </c>
       <c r="B823" s="3" t="s">
-        <v>1236</v>
+        <v>1245</v>
       </c>
       <c r="C823" s="3">
-        <v>71807208</v>
+        <v>72073411</v>
       </c>
       <c r="D823" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E823" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F823" s="3"/>
       <c r="G823" s="3"/>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" s="3">
         <v>822</v>
       </c>
       <c r="B824" s="3" t="s">
-        <v>1237</v>
-[...2 lines deleted...]
-        <v>1238</v>
+        <v>1246</v>
+      </c>
+      <c r="C824" s="3">
+        <v>74924534</v>
       </c>
       <c r="D824" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E824" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F824" s="3"/>
       <c r="G824" s="3"/>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" s="3">
         <v>823</v>
       </c>
       <c r="B825" s="3" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="C825" s="3">
-        <v>75781522</v>
+        <v>17835997</v>
       </c>
       <c r="D825" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E825" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F825" s="3"/>
       <c r="G825" s="3"/>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" s="3">
         <v>824</v>
       </c>
       <c r="B826" s="3" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
       <c r="C826" s="3">
-        <v>46259897</v>
+        <v>43528731</v>
       </c>
       <c r="D826" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E826" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F826" s="3"/>
       <c r="G826" s="3"/>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" s="3">
         <v>825</v>
       </c>
       <c r="B827" s="3" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="C827" s="3">
-        <v>46962092</v>
+        <v>23816861</v>
       </c>
       <c r="D827" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E827" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F827" s="3"/>
       <c r="G827" s="3"/>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" s="3">
         <v>826</v>
       </c>
       <c r="B828" s="3" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="C828" s="3">
-        <v>47076296</v>
+        <v>26685451</v>
       </c>
       <c r="D828" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E828" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F828" s="3"/>
       <c r="G828" s="3"/>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" s="3">
         <v>827</v>
       </c>
       <c r="B829" s="3" t="s">
-        <v>1243</v>
-[...2 lines deleted...]
-        <v>10874600</v>
+        <v>1251</v>
+      </c>
+      <c r="C829" s="3" t="s">
+        <v>1252</v>
       </c>
       <c r="D829" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E829" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F829" s="3"/>
       <c r="G829" s="3"/>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" s="3">
         <v>828</v>
       </c>
       <c r="B830" s="3" t="s">
-        <v>1244</v>
-[...2 lines deleted...]
-        <v>45676946</v>
+        <v>1253</v>
+      </c>
+      <c r="C830" s="3" t="s">
+        <v>1254</v>
       </c>
       <c r="D830" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E830" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F830" s="3"/>
       <c r="G830" s="3"/>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" s="3">
         <v>829</v>
       </c>
       <c r="B831" s="3" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="C831" s="3">
-        <v>72161222</v>
+        <v>73125442</v>
       </c>
       <c r="D831" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E831" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F831" s="3"/>
       <c r="G831" s="3"/>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" s="3">
         <v>830</v>
       </c>
       <c r="B832" s="3" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="C832" s="3">
-        <v>47865842</v>
+        <v>72861121</v>
       </c>
       <c r="D832" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E832" s="3"/>
+      <c r="E832" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F832" s="3"/>
       <c r="G832" s="3"/>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" s="3">
         <v>831</v>
       </c>
       <c r="B833" s="3" t="s">
-        <v>1247</v>
-[...2 lines deleted...]
-        <v>43586990</v>
+        <v>1257</v>
+      </c>
+      <c r="C833" s="3" t="s">
+        <v>1258</v>
       </c>
       <c r="D833" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E833" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F833" s="3"/>
       <c r="G833" s="3"/>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" s="3">
         <v>832</v>
       </c>
       <c r="B834" s="3" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="C834" s="3">
-        <v>16703045</v>
+        <v>20112396412</v>
       </c>
       <c r="D834" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E834" s="3" t="s">
-        <v>19</v>
+        <v>1260</v>
       </c>
       <c r="F834" s="3"/>
       <c r="G834" s="3"/>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" s="3">
         <v>833</v>
       </c>
       <c r="B835" s="3" t="s">
-        <v>1249</v>
-[...2 lines deleted...]
-        <v>43580390</v>
+        <v>1261</v>
+      </c>
+      <c r="C835" s="3" t="s">
+        <v>1262</v>
       </c>
       <c r="D835" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E835" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F835" s="3"/>
       <c r="G835" s="3"/>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" s="3">
         <v>834</v>
       </c>
       <c r="B836" s="3" t="s">
-        <v>1250</v>
+        <v>1263</v>
       </c>
       <c r="C836" s="3">
-        <v>41600901</v>
+        <v>46224398</v>
       </c>
       <c r="D836" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E836" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F836" s="3"/>
       <c r="G836" s="3"/>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" s="3">
         <v>835</v>
       </c>
       <c r="B837" s="3" t="s">
-        <v>1251</v>
+        <v>1264</v>
       </c>
       <c r="C837" s="3">
-        <v>40378188</v>
+        <v>45614592</v>
       </c>
       <c r="D837" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E837" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F837" s="3"/>
       <c r="G837" s="3"/>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" s="3">
         <v>836</v>
       </c>
       <c r="B838" s="3" t="s">
-        <v>1252</v>
+        <v>1265</v>
       </c>
       <c r="C838" s="3">
-        <v>21520889</v>
+        <v>26686447</v>
       </c>
       <c r="D838" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E838" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F838" s="3"/>
       <c r="G838" s="3"/>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" s="3">
         <v>837</v>
       </c>
       <c r="B839" s="3" t="s">
-        <v>1253</v>
+        <v>1266</v>
       </c>
       <c r="C839" s="3">
-        <v>40978253</v>
+        <v>43267913</v>
       </c>
       <c r="D839" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E839" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F839" s="3"/>
       <c r="G839" s="3"/>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" s="3">
         <v>838</v>
       </c>
       <c r="B840" s="3" t="s">
-        <v>1254</v>
+        <v>1267</v>
       </c>
       <c r="C840" s="3">
-        <v>23985418</v>
+        <v>20602792456</v>
       </c>
       <c r="D840" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E840" s="3" t="s">
-        <v>19</v>
+        <v>1268</v>
       </c>
       <c r="F840" s="3"/>
       <c r="G840" s="3"/>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" s="3">
         <v>839</v>
       </c>
       <c r="B841" s="3" t="s">
-        <v>1255</v>
+        <v>1269</v>
       </c>
       <c r="C841" s="3">
-        <v>23838100</v>
+        <v>20399728241</v>
       </c>
       <c r="D841" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E841" s="3" t="s">
-        <v>19</v>
+        <v>1270</v>
       </c>
       <c r="F841" s="3"/>
       <c r="G841" s="3"/>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" s="3">
         <v>840</v>
       </c>
       <c r="B842" s="3" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
       <c r="C842" s="3">
-        <v>21574611</v>
+        <v>41420666</v>
       </c>
       <c r="D842" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E842" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F842" s="3"/>
       <c r="G842" s="3"/>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" s="3">
         <v>841</v>
       </c>
       <c r="B843" s="3" t="s">
-        <v>1257</v>
+        <v>1272</v>
       </c>
       <c r="C843" s="3">
-        <v>17860331</v>
+        <v>74772318</v>
       </c>
       <c r="D843" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E843" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F843" s="3"/>
       <c r="G843" s="3"/>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" s="3">
         <v>842</v>
       </c>
       <c r="B844" s="3" t="s">
-        <v>1258</v>
-[...2 lines deleted...]
-        <v>1259</v>
+        <v>1273</v>
+      </c>
+      <c r="C844" s="3">
+        <v>43340211</v>
       </c>
       <c r="D844" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E844" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F844" s="3"/>
       <c r="G844" s="3"/>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" s="3">
         <v>843</v>
       </c>
       <c r="B845" s="3" t="s">
-        <v>1260</v>
+        <v>1274</v>
       </c>
       <c r="C845" s="3">
-        <v>16472476</v>
+        <v>45779099</v>
       </c>
       <c r="D845" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E845" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F845" s="3"/>
       <c r="G845" s="3"/>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" s="3">
         <v>844</v>
       </c>
       <c r="B846" s="3" t="s">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1275</v>
+      </c>
+      <c r="C846" s="3">
+        <v>70616135</v>
       </c>
       <c r="D846" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E846" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F846" s="3"/>
       <c r="G846" s="3"/>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" s="3">
         <v>845</v>
       </c>
       <c r="B847" s="3" t="s">
-        <v>1263</v>
+        <v>1276</v>
       </c>
       <c r="C847" s="3">
-        <v>41829885</v>
+        <v>29636717</v>
       </c>
       <c r="D847" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E847" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F847" s="3"/>
       <c r="G847" s="3"/>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" s="3">
         <v>846</v>
       </c>
       <c r="B848" s="3" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="C848" s="3">
-        <v>24007380</v>
+        <v>41484936</v>
       </c>
       <c r="D848" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E848" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F848" s="3"/>
       <c r="G848" s="3"/>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" s="3">
         <v>847</v>
       </c>
       <c r="B849" s="3" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1266</v>
+        <v>1278</v>
+      </c>
+      <c r="C849" s="3">
+        <v>44840883</v>
       </c>
       <c r="D849" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E849" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F849" s="3"/>
       <c r="G849" s="3"/>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" s="3">
         <v>848</v>
       </c>
       <c r="B850" s="3" t="s">
-        <v>1267</v>
+        <v>1279</v>
       </c>
       <c r="C850" s="3">
-        <v>43516519</v>
+        <v>40255381</v>
       </c>
       <c r="D850" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E850" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F850" s="3"/>
       <c r="G850" s="3"/>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" s="3">
         <v>849</v>
       </c>
       <c r="B851" s="3" t="s">
-        <v>1268</v>
+        <v>1280</v>
       </c>
       <c r="C851" s="3">
-        <v>42269796</v>
+        <v>40494973</v>
       </c>
       <c r="D851" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E851" s="3" t="s">
-        <v>19</v>
+        <v>1281</v>
       </c>
       <c r="F851" s="3"/>
       <c r="G851" s="3"/>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" s="3">
         <v>850</v>
       </c>
       <c r="B852" s="3" t="s">
-        <v>1269</v>
+        <v>1282</v>
       </c>
       <c r="C852" s="3">
-        <v>41516158</v>
+        <v>20613371541</v>
       </c>
       <c r="D852" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E852" s="3" t="s">
-        <v>19</v>
+        <v>1283</v>
       </c>
       <c r="F852" s="3"/>
       <c r="G852" s="3"/>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" s="3">
         <v>851</v>
       </c>
       <c r="B853" s="3" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="C853" s="3">
-        <v>26612697</v>
+        <v>42603088</v>
       </c>
       <c r="D853" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E853" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F853" s="3"/>
       <c r="G853" s="3"/>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" s="3">
         <v>852</v>
       </c>
       <c r="B854" s="3" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="C854" s="3">
-        <v>43240649</v>
+        <v>41086640</v>
       </c>
       <c r="D854" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E854" s="3" t="s">
-        <v>1272</v>
+        <v>19</v>
       </c>
       <c r="F854" s="3"/>
       <c r="G854" s="3"/>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" s="3">
         <v>853</v>
       </c>
       <c r="B855" s="3" t="s">
-        <v>1273</v>
+        <v>1286</v>
       </c>
       <c r="C855" s="3">
-        <v>16556430</v>
+        <v>71807208</v>
       </c>
       <c r="D855" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E855" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F855" s="3"/>
       <c r="G855" s="3"/>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" s="3">
         <v>854</v>
       </c>
       <c r="B856" s="3" t="s">
-        <v>1274</v>
-[...2 lines deleted...]
-        <v>20115448</v>
+        <v>1287</v>
+      </c>
+      <c r="C856" s="3" t="s">
+        <v>1288</v>
       </c>
       <c r="D856" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E856" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F856" s="3"/>
       <c r="G856" s="3"/>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" s="3">
         <v>855</v>
       </c>
       <c r="B857" s="3" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>1289</v>
+      </c>
+      <c r="C857" s="3">
+        <v>22420353</v>
       </c>
       <c r="D857" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E857" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F857" s="3"/>
       <c r="G857" s="3"/>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" s="3">
         <v>856</v>
       </c>
       <c r="B858" s="3" t="s">
-        <v>1277</v>
-[...2 lines deleted...]
-        <v>1278</v>
+        <v>1290</v>
+      </c>
+      <c r="C858" s="3">
+        <v>75781522</v>
       </c>
       <c r="D858" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E858" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F858" s="3"/>
       <c r="G858" s="3"/>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" s="3">
         <v>857</v>
       </c>
       <c r="B859" s="3" t="s">
-        <v>1279</v>
+        <v>1291</v>
       </c>
       <c r="C859" s="3">
-        <v>32041204</v>
+        <v>46259897</v>
       </c>
       <c r="D859" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E859" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F859" s="3"/>
       <c r="G859" s="3"/>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" s="3">
         <v>858</v>
       </c>
       <c r="B860" s="3" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
       <c r="C860" s="3">
-        <v>40226875</v>
+        <v>46962092</v>
       </c>
       <c r="D860" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E860" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F860" s="3"/>
       <c r="G860" s="3"/>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" s="3">
         <v>859</v>
       </c>
       <c r="B861" s="3" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
       <c r="C861" s="3">
-        <v>18906539</v>
+        <v>47076296</v>
       </c>
       <c r="D861" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E861" s="3"/>
+      <c r="E861" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F861" s="3"/>
       <c r="G861" s="3"/>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" s="3">
         <v>860</v>
       </c>
       <c r="B862" s="3" t="s">
-        <v>1282</v>
-[...2 lines deleted...]
-        <v>1283</v>
+        <v>1294</v>
+      </c>
+      <c r="C862" s="3">
+        <v>10874600</v>
       </c>
       <c r="D862" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E862" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F862" s="3"/>
       <c r="G862" s="3"/>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" s="3">
         <v>861</v>
       </c>
       <c r="B863" s="3" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="C863" s="3">
-        <v>18108011</v>
+        <v>45676946</v>
       </c>
       <c r="D863" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E863" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F863" s="3"/>
       <c r="G863" s="3"/>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" s="3">
         <v>862</v>
       </c>
       <c r="B864" s="3" t="s">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="C864" s="3">
-        <v>73487321</v>
+        <v>72161222</v>
       </c>
       <c r="D864" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E864" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F864" s="3"/>
       <c r="G864" s="3"/>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" s="3">
         <v>863</v>
       </c>
       <c r="B865" s="3" t="s">
-        <v>1286</v>
+        <v>1297</v>
       </c>
       <c r="C865" s="3">
-        <v>32989798</v>
+        <v>47865842</v>
       </c>
       <c r="D865" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E865" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E865" s="3"/>
       <c r="F865" s="3"/>
       <c r="G865" s="3"/>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" s="3">
         <v>864</v>
       </c>
       <c r="B866" s="3" t="s">
-        <v>1287</v>
+        <v>1298</v>
       </c>
       <c r="C866" s="3">
-        <v>80661027</v>
+        <v>43586990</v>
       </c>
       <c r="D866" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E866" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F866" s="3"/>
       <c r="G866" s="3"/>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" s="3">
         <v>865</v>
       </c>
       <c r="B867" s="3" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="C867" s="3">
-        <v>43138461</v>
+        <v>16703045</v>
       </c>
       <c r="D867" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E867" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F867" s="3"/>
       <c r="G867" s="3"/>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" s="3">
         <v>866</v>
       </c>
       <c r="B868" s="3" t="s">
-        <v>1289</v>
+        <v>1300</v>
       </c>
       <c r="C868" s="3">
-        <v>18140881</v>
+        <v>43580390</v>
       </c>
       <c r="D868" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E868" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F868" s="3"/>
       <c r="G868" s="3"/>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" s="3">
         <v>867</v>
       </c>
       <c r="B869" s="3" t="s">
-        <v>1290</v>
+        <v>1301</v>
       </c>
       <c r="C869" s="3">
-        <v>73880911</v>
+        <v>41600901</v>
       </c>
       <c r="D869" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E869" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F869" s="3"/>
       <c r="G869" s="3"/>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" s="3">
         <v>868</v>
       </c>
       <c r="B870" s="3" t="s">
-        <v>1291</v>
+        <v>1302</v>
       </c>
       <c r="C870" s="3">
-        <v>46282223</v>
+        <v>40378188</v>
       </c>
       <c r="D870" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E870" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F870" s="3"/>
       <c r="G870" s="3"/>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" s="3">
         <v>869</v>
       </c>
       <c r="B871" s="3" t="s">
-        <v>1292</v>
+        <v>1303</v>
       </c>
       <c r="C871" s="3">
-        <v>44042575</v>
+        <v>21520889</v>
       </c>
       <c r="D871" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E871" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F871" s="3"/>
       <c r="G871" s="3"/>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" s="3">
         <v>870</v>
       </c>
       <c r="B872" s="3" t="s">
-        <v>1293</v>
+        <v>1304</v>
       </c>
       <c r="C872" s="3">
-        <v>31653814</v>
+        <v>40978253</v>
       </c>
       <c r="D872" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E872" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F872" s="3"/>
       <c r="G872" s="3"/>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" s="3">
         <v>871</v>
       </c>
       <c r="B873" s="3" t="s">
-        <v>1293</v>
+        <v>1305</v>
       </c>
       <c r="C873" s="3">
-        <v>10316538148</v>
+        <v>23985418</v>
       </c>
       <c r="D873" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E873" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F873" s="3"/>
       <c r="G873" s="3"/>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" s="3">
         <v>872</v>
       </c>
       <c r="B874" s="3" t="s">
-        <v>1294</v>
+        <v>1306</v>
       </c>
       <c r="C874" s="3">
-        <v>23816695</v>
+        <v>23838100</v>
       </c>
       <c r="D874" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E874" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F874" s="3"/>
       <c r="G874" s="3"/>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" s="3">
         <v>873</v>
       </c>
       <c r="B875" s="3" t="s">
-        <v>1295</v>
+        <v>1307</v>
       </c>
       <c r="C875" s="3">
-        <v>10340624</v>
+        <v>21574611</v>
       </c>
       <c r="D875" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E875" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F875" s="3"/>
       <c r="G875" s="3"/>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" s="3">
         <v>874</v>
       </c>
       <c r="B876" s="3" t="s">
-        <v>1296</v>
-[...2 lines deleted...]
-        <v>1297</v>
+        <v>1308</v>
+      </c>
+      <c r="C876" s="3">
+        <v>17860331</v>
       </c>
       <c r="D876" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E876" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F876" s="3"/>
       <c r="G876" s="3"/>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" s="3">
         <v>875</v>
       </c>
       <c r="B877" s="3" t="s">
-        <v>1298</v>
-[...2 lines deleted...]
-        <v>17910133</v>
+        <v>1309</v>
+      </c>
+      <c r="C877" s="3" t="s">
+        <v>1310</v>
       </c>
       <c r="D877" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E877" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F877" s="3"/>
       <c r="G877" s="3"/>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" s="3">
         <v>876</v>
       </c>
       <c r="B878" s="3" t="s">
-        <v>1299</v>
+        <v>1311</v>
       </c>
       <c r="C878" s="3">
-        <v>16738433</v>
+        <v>16472476</v>
       </c>
       <c r="D878" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E878" s="3" t="s">
-        <v>1300</v>
+        <v>19</v>
       </c>
       <c r="F878" s="3"/>
       <c r="G878" s="3"/>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" s="3">
         <v>877</v>
       </c>
       <c r="B879" s="3" t="s">
-        <v>1301</v>
-[...2 lines deleted...]
-        <v>45260012</v>
+        <v>1312</v>
+      </c>
+      <c r="C879" s="3" t="s">
+        <v>1313</v>
       </c>
       <c r="D879" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E879" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F879" s="3"/>
       <c r="G879" s="3"/>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" s="3">
         <v>878</v>
       </c>
       <c r="B880" s="3" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="C880" s="3">
-        <v>26644425</v>
+        <v>41829885</v>
       </c>
       <c r="D880" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E880" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F880" s="3"/>
       <c r="G880" s="3"/>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" s="3">
         <v>879</v>
       </c>
       <c r="B881" s="3" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="C881" s="3">
-        <v>18858605</v>
+        <v>24007380</v>
       </c>
       <c r="D881" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E881" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F881" s="3"/>
       <c r="G881" s="3"/>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" s="3">
         <v>880</v>
       </c>
       <c r="B882" s="3" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-        <v>80000490</v>
+        <v>1316</v>
+      </c>
+      <c r="C882" s="3" t="s">
+        <v>1317</v>
       </c>
       <c r="D882" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E882" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F882" s="3"/>
       <c r="G882" s="3"/>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" s="3">
         <v>881</v>
       </c>
       <c r="B883" s="3" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="C883" s="3">
-        <v>42525014</v>
+        <v>43516519</v>
       </c>
       <c r="D883" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E883" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F883" s="3"/>
       <c r="G883" s="3"/>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" s="3">
         <v>882</v>
       </c>
       <c r="B884" s="3" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="C884" s="3">
-        <v>22423184</v>
+        <v>42269796</v>
       </c>
       <c r="D884" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E884" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F884" s="3"/>
       <c r="G884" s="3"/>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" s="3">
         <v>883</v>
       </c>
       <c r="B885" s="3" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
       <c r="C885" s="3">
-        <v>46313761</v>
+        <v>41516158</v>
       </c>
       <c r="D885" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E885" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F885" s="3"/>
       <c r="G885" s="3"/>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" s="3">
         <v>884</v>
       </c>
       <c r="B886" s="3" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="C886" s="3">
-        <v>18206227</v>
+        <v>26612697</v>
       </c>
       <c r="D886" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E886" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F886" s="3"/>
       <c r="G886" s="3"/>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" s="3">
         <v>885</v>
       </c>
       <c r="B887" s="3" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-        <v>1310</v>
+        <v>1322</v>
+      </c>
+      <c r="C887" s="3">
+        <v>43240649</v>
       </c>
       <c r="D887" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E887" s="3" t="s">
-        <v>19</v>
+        <v>1323</v>
       </c>
       <c r="F887" s="3"/>
       <c r="G887" s="3"/>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" s="3">
         <v>886</v>
       </c>
       <c r="B888" s="3" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="C888" s="3">
-        <v>16458315</v>
+        <v>16556430</v>
       </c>
       <c r="D888" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E888" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F888" s="3"/>
       <c r="G888" s="3"/>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" s="3">
         <v>887</v>
       </c>
       <c r="B889" s="3" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-        <v>1313</v>
+        <v>1325</v>
+      </c>
+      <c r="C889" s="3">
+        <v>20115448</v>
       </c>
       <c r="D889" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E889" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F889" s="3"/>
       <c r="G889" s="3"/>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" s="3">
         <v>888</v>
       </c>
       <c r="B890" s="3" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-        <v>21435384</v>
+        <v>1326</v>
+      </c>
+      <c r="C890" s="3" t="s">
+        <v>1327</v>
       </c>
       <c r="D890" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E890" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F890" s="3"/>
       <c r="G890" s="3"/>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" s="3">
         <v>889</v>
       </c>
       <c r="B891" s="3" t="s">
-        <v>1315</v>
-[...2 lines deleted...]
-        <v>45983877</v>
+        <v>1328</v>
+      </c>
+      <c r="C891" s="3" t="s">
+        <v>1329</v>
       </c>
       <c r="D891" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E891" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F891" s="3"/>
       <c r="G891" s="3"/>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" s="3">
         <v>890</v>
       </c>
       <c r="B892" s="3" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="C892" s="3">
-        <v>20609679973</v>
+        <v>32041204</v>
       </c>
       <c r="D892" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E892" s="3" t="s">
-        <v>1317</v>
+        <v>19</v>
       </c>
       <c r="F892" s="3"/>
       <c r="G892" s="3"/>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" s="3">
         <v>891</v>
       </c>
       <c r="B893" s="3" t="s">
-        <v>1318</v>
-[...2 lines deleted...]
-        <v>1319</v>
+        <v>1331</v>
+      </c>
+      <c r="C893" s="3">
+        <v>40226875</v>
       </c>
       <c r="D893" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E893" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F893" s="3"/>
       <c r="G893" s="3"/>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" s="3">
         <v>892</v>
       </c>
       <c r="B894" s="3" t="s">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="C894" s="3">
-        <v>23855637</v>
+        <v>18906539</v>
       </c>
       <c r="D894" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E894" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E894" s="3"/>
       <c r="F894" s="3"/>
       <c r="G894" s="3"/>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" s="3">
         <v>893</v>
       </c>
       <c r="B895" s="3" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>22498418</v>
+        <v>1333</v>
+      </c>
+      <c r="C895" s="3" t="s">
+        <v>1334</v>
       </c>
       <c r="D895" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E895" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F895" s="3"/>
       <c r="G895" s="3"/>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" s="3">
         <v>894</v>
       </c>
       <c r="B896" s="3" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="C896" s="3">
-        <v>41056465</v>
+        <v>18108011</v>
       </c>
       <c r="D896" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E896" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F896" s="3"/>
       <c r="G896" s="3"/>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" s="3">
         <v>895</v>
       </c>
       <c r="B897" s="3" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="C897" s="3">
-        <v>45997399</v>
+        <v>73487321</v>
       </c>
       <c r="D897" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E897" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F897" s="3"/>
       <c r="G897" s="3"/>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" s="3">
         <v>896</v>
       </c>
       <c r="B898" s="3" t="s">
-        <v>1324</v>
-[...2 lines deleted...]
-        <v>1325</v>
+        <v>1337</v>
+      </c>
+      <c r="C898" s="3">
+        <v>32989798</v>
       </c>
       <c r="D898" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E898" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F898" s="3"/>
       <c r="G898" s="3"/>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" s="3">
         <v>897</v>
       </c>
       <c r="B899" s="3" t="s">
-        <v>1326</v>
-[...2 lines deleted...]
-        <v>1327</v>
+        <v>1338</v>
+      </c>
+      <c r="C899" s="3">
+        <v>80661027</v>
       </c>
       <c r="D899" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E899" s="3" t="s">
-        <v>1328</v>
+        <v>19</v>
       </c>
       <c r="F899" s="3"/>
       <c r="G899" s="3"/>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" s="3">
         <v>898</v>
       </c>
       <c r="B900" s="3" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="C900" s="3">
-        <v>43291310</v>
+        <v>43138461</v>
       </c>
       <c r="D900" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E900" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F900" s="3"/>
       <c r="G900" s="3"/>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" s="3">
         <v>899</v>
       </c>
       <c r="B901" s="3" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>1331</v>
+        <v>1340</v>
+      </c>
+      <c r="C901" s="3">
+        <v>18140881</v>
       </c>
       <c r="D901" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E901" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F901" s="3"/>
       <c r="G901" s="3"/>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" s="3">
         <v>900</v>
       </c>
       <c r="B902" s="3" t="s">
-        <v>1332</v>
+        <v>1341</v>
       </c>
       <c r="C902" s="3">
-        <v>41231988</v>
+        <v>73880911</v>
       </c>
       <c r="D902" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E902" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F902" s="3"/>
       <c r="G902" s="3"/>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" s="3">
         <v>901</v>
       </c>
       <c r="B903" s="3" t="s">
-        <v>1333</v>
+        <v>1342</v>
       </c>
       <c r="C903" s="3">
-        <v>43317852</v>
+        <v>46282223</v>
       </c>
       <c r="D903" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E903" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F903" s="3"/>
       <c r="G903" s="3"/>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" s="3">
         <v>902</v>
       </c>
       <c r="B904" s="3" t="s">
-        <v>1334</v>
-[...2 lines deleted...]
-        <v>1335</v>
+        <v>1343</v>
+      </c>
+      <c r="C904" s="3">
+        <v>44042575</v>
       </c>
       <c r="D904" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E904" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F904" s="3"/>
       <c r="G904" s="3"/>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" s="3">
         <v>903</v>
       </c>
       <c r="B905" s="3" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="C905" s="3">
-        <v>43550142</v>
+        <v>10316538148</v>
       </c>
       <c r="D905" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E905" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F905" s="3"/>
       <c r="G905" s="3"/>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" s="3">
         <v>904</v>
       </c>
       <c r="B906" s="3" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="C906" s="3">
-        <v>19256714</v>
+        <v>31653814</v>
       </c>
       <c r="D906" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E906" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F906" s="3"/>
       <c r="G906" s="3"/>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" s="3">
         <v>905</v>
       </c>
       <c r="B907" s="3" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="C907" s="3">
-        <v>17545171</v>
+        <v>23816695</v>
       </c>
       <c r="D907" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E907" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F907" s="3"/>
       <c r="G907" s="3"/>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" s="3">
         <v>906</v>
       </c>
       <c r="B908" s="3" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="C908" s="3">
-        <v>75140711</v>
+        <v>10340624</v>
       </c>
       <c r="D908" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E908" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F908" s="3"/>
       <c r="G908" s="3"/>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" s="3">
         <v>907</v>
       </c>
       <c r="B909" s="3" t="s">
-        <v>1340</v>
-[...2 lines deleted...]
-        <v>17520958</v>
+        <v>1347</v>
+      </c>
+      <c r="C909" s="3" t="s">
+        <v>1348</v>
       </c>
       <c r="D909" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E909" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F909" s="3"/>
       <c r="G909" s="3"/>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" s="3">
         <v>908</v>
       </c>
       <c r="B910" s="3" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="C910" s="3">
-        <v>29650923</v>
+        <v>17910133</v>
       </c>
       <c r="D910" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E910" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F910" s="3"/>
       <c r="G910" s="3"/>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" s="3">
         <v>909</v>
       </c>
       <c r="B911" s="3" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="C911" s="3">
-        <v>46890346</v>
+        <v>16738433</v>
       </c>
       <c r="D911" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E911" s="3" t="s">
-        <v>19</v>
+        <v>1351</v>
       </c>
       <c r="F911" s="3"/>
       <c r="G911" s="3"/>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" s="3">
         <v>910</v>
       </c>
       <c r="B912" s="3" t="s">
-        <v>1343</v>
+        <v>1352</v>
       </c>
       <c r="C912" s="3">
-        <v>23881893</v>
+        <v>45260012</v>
       </c>
       <c r="D912" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E912" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F912" s="3"/>
       <c r="G912" s="3"/>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" s="3">
         <v>911</v>
       </c>
       <c r="B913" s="3" t="s">
-        <v>1344</v>
+        <v>1353</v>
       </c>
       <c r="C913" s="3">
-        <v>40756760</v>
+        <v>26644425</v>
       </c>
       <c r="D913" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E913" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F913" s="3"/>
       <c r="G913" s="3"/>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" s="3">
         <v>912</v>
       </c>
       <c r="B914" s="3" t="s">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="C914" s="3">
-        <v>70005647</v>
+        <v>18858605</v>
       </c>
       <c r="D914" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E914" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F914" s="3"/>
       <c r="G914" s="3"/>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" s="3">
         <v>913</v>
       </c>
       <c r="B915" s="3" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>1355</v>
+      </c>
+      <c r="C915" s="3">
+        <v>80000490</v>
       </c>
       <c r="D915" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E915" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F915" s="3"/>
       <c r="G915" s="3"/>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" s="3">
         <v>914</v>
       </c>
       <c r="B916" s="3" t="s">
-        <v>1348</v>
-[...2 lines deleted...]
-        <v>1349</v>
+        <v>1356</v>
+      </c>
+      <c r="C916" s="3">
+        <v>42525014</v>
       </c>
       <c r="D916" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E916" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F916" s="3"/>
       <c r="G916" s="3"/>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" s="3">
         <v>915</v>
       </c>
       <c r="B917" s="3" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="C917" s="3">
-        <v>12547750</v>
+        <v>22423184</v>
       </c>
       <c r="D917" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E917" s="3"/>
+      <c r="E917" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F917" s="3"/>
       <c r="G917" s="3"/>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" s="3">
         <v>916</v>
       </c>
       <c r="B918" s="3" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="C918" s="3">
-        <v>26108640</v>
+        <v>46313761</v>
       </c>
       <c r="D918" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E918" s="3"/>
+      <c r="E918" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F918" s="3"/>
       <c r="G918" s="3"/>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" s="3">
         <v>917</v>
       </c>
       <c r="B919" s="3" t="s">
-        <v>1352</v>
+        <v>1359</v>
       </c>
       <c r="C919" s="3">
-        <v>75551081</v>
+        <v>18206227</v>
       </c>
       <c r="D919" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E919" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F919" s="3"/>
       <c r="G919" s="3"/>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" s="3">
         <v>918</v>
       </c>
       <c r="B920" s="3" t="s">
-        <v>1353</v>
-[...2 lines deleted...]
-        <v>22080690</v>
+        <v>1360</v>
+      </c>
+      <c r="C920" s="3" t="s">
+        <v>1361</v>
       </c>
       <c r="D920" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E920" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F920" s="3"/>
       <c r="G920" s="3"/>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" s="3">
         <v>919</v>
       </c>
       <c r="B921" s="3" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="C921" s="3">
-        <v>17862827</v>
+        <v>16458315</v>
       </c>
       <c r="D921" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E921" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F921" s="3"/>
       <c r="G921" s="3"/>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" s="3">
         <v>920</v>
       </c>
       <c r="B922" s="3" t="s">
-        <v>1355</v>
-[...2 lines deleted...]
-        <v>74500467</v>
+        <v>1363</v>
+      </c>
+      <c r="C922" s="3" t="s">
+        <v>1364</v>
       </c>
       <c r="D922" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E922" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F922" s="3"/>
       <c r="G922" s="3"/>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" s="3">
         <v>921</v>
       </c>
       <c r="B923" s="3" t="s">
-        <v>1356</v>
+        <v>1365</v>
       </c>
       <c r="C923" s="3">
-        <v>10203444</v>
+        <v>21435384</v>
       </c>
       <c r="D923" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E923" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F923" s="3"/>
       <c r="G923" s="3"/>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" s="3">
         <v>922</v>
       </c>
       <c r="B924" s="3" t="s">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="C924" s="3">
-        <v>25839294</v>
+        <v>45983877</v>
       </c>
       <c r="D924" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E924" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F924" s="3"/>
       <c r="G924" s="3"/>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" s="3">
         <v>923</v>
       </c>
       <c r="B925" s="3" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="C925" s="3">
-        <v>22512685</v>
+        <v>20609679973</v>
       </c>
       <c r="D925" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E925" s="3" t="s">
-        <v>19</v>
+        <v>1368</v>
       </c>
       <c r="F925" s="3"/>
       <c r="G925" s="3"/>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" s="3">
         <v>924</v>
       </c>
       <c r="B926" s="3" t="s">
-        <v>1359</v>
-[...2 lines deleted...]
-        <v>23990300</v>
+        <v>1369</v>
+      </c>
+      <c r="C926" s="3" t="s">
+        <v>1370</v>
       </c>
       <c r="D926" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E926" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F926" s="3"/>
       <c r="G926" s="3"/>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" s="3">
         <v>925</v>
       </c>
       <c r="B927" s="3" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="C927" s="3">
-        <v>41383625</v>
+        <v>23855637</v>
       </c>
       <c r="D927" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E927" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F927" s="3"/>
       <c r="G927" s="3"/>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" s="3">
         <v>926</v>
       </c>
       <c r="B928" s="3" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="C928" s="3">
-        <v>42141212</v>
+        <v>22498418</v>
       </c>
       <c r="D928" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E928" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F928" s="3"/>
       <c r="G928" s="3"/>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" s="3">
         <v>927</v>
       </c>
       <c r="B929" s="3" t="s">
-        <v>1362</v>
-[...2 lines deleted...]
-        <v>1363</v>
+        <v>1373</v>
+      </c>
+      <c r="C929" s="3">
+        <v>41056465</v>
       </c>
       <c r="D929" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E929" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F929" s="3"/>
       <c r="G929" s="3"/>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" s="3">
         <v>928</v>
       </c>
       <c r="B930" s="3" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>1365</v>
+        <v>1374</v>
+      </c>
+      <c r="C930" s="3">
+        <v>45997399</v>
       </c>
       <c r="D930" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E930" s="3"/>
+      <c r="E930" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F930" s="3"/>
       <c r="G930" s="3"/>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" s="3">
         <v>929</v>
       </c>
       <c r="B931" s="3" t="s">
-        <v>1366</v>
-[...2 lines deleted...]
-        <v>41195474</v>
+        <v>1375</v>
+      </c>
+      <c r="C931" s="3" t="s">
+        <v>1376</v>
       </c>
       <c r="D931" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E931" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F931" s="3"/>
       <c r="G931" s="3"/>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" s="3">
         <v>930</v>
       </c>
       <c r="B932" s="3" t="s">
-        <v>1367</v>
-[...2 lines deleted...]
-        <v>22480687</v>
+        <v>1377</v>
+      </c>
+      <c r="C932" s="3" t="s">
+        <v>1378</v>
       </c>
       <c r="D932" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E932" s="3" t="s">
-        <v>19</v>
+        <v>1379</v>
       </c>
       <c r="F932" s="3"/>
       <c r="G932" s="3"/>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" s="3">
         <v>931</v>
       </c>
       <c r="B933" s="3" t="s">
-        <v>1368</v>
+        <v>1380</v>
       </c>
       <c r="C933" s="3">
-        <v>29598451</v>
+        <v>43291310</v>
       </c>
       <c r="D933" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E933" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F933" s="3"/>
       <c r="G933" s="3"/>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" s="3">
         <v>932</v>
       </c>
       <c r="B934" s="3" t="s">
-        <v>1369</v>
-[...2 lines deleted...]
-        <v>47263597</v>
+        <v>1381</v>
+      </c>
+      <c r="C934" s="3" t="s">
+        <v>1382</v>
       </c>
       <c r="D934" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E934" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F934" s="3"/>
       <c r="G934" s="3"/>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" s="3">
         <v>933</v>
       </c>
       <c r="B935" s="3" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="C935" s="3">
-        <v>41930664</v>
+        <v>41231988</v>
       </c>
       <c r="D935" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E935" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F935" s="3"/>
       <c r="G935" s="3"/>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" s="3">
         <v>934</v>
       </c>
       <c r="B936" s="3" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="C936" s="3">
-        <v>10211412505</v>
+        <v>43317852</v>
       </c>
       <c r="D936" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E936" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F936" s="3"/>
       <c r="G936" s="3"/>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" s="3">
         <v>935</v>
       </c>
       <c r="B937" s="3" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-        <v>10411354330</v>
+        <v>1385</v>
+      </c>
+      <c r="C937" s="3" t="s">
+        <v>1386</v>
       </c>
       <c r="D937" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E937" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F937" s="3"/>
       <c r="G937" s="3"/>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" s="3">
         <v>936</v>
       </c>
       <c r="B938" s="3" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
       <c r="C938" s="3">
-        <v>20131378549</v>
+        <v>70480572</v>
       </c>
       <c r="D938" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E938" s="3" t="s">
-        <v>1374</v>
+        <v>19</v>
       </c>
       <c r="F938" s="3"/>
       <c r="G938" s="3"/>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" s="3">
         <v>937</v>
       </c>
       <c r="B939" s="3" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="C939" s="3">
-        <v>20393625890</v>
+        <v>43550142</v>
       </c>
       <c r="D939" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E939" s="3" t="s">
-        <v>1376</v>
+        <v>19</v>
       </c>
       <c r="F939" s="3"/>
       <c r="G939" s="3"/>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" s="3">
         <v>938</v>
       </c>
       <c r="B940" s="3" t="s">
-        <v>1377</v>
+        <v>1389</v>
       </c>
       <c r="C940" s="3">
-        <v>20558216311</v>
+        <v>19256714</v>
       </c>
       <c r="D940" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E940" s="3" t="s">
-        <v>1378</v>
+        <v>19</v>
       </c>
       <c r="F940" s="3"/>
       <c r="G940" s="3"/>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" s="3">
         <v>939</v>
       </c>
       <c r="B941" s="3" t="s">
-        <v>1379</v>
+        <v>1390</v>
       </c>
       <c r="C941" s="3">
-        <v>74926983</v>
+        <v>17545171</v>
       </c>
       <c r="D941" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E941" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F941" s="3"/>
       <c r="G941" s="3"/>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" s="3">
         <v>940</v>
       </c>
       <c r="B942" s="3" t="s">
-        <v>1380</v>
+        <v>1391</v>
       </c>
       <c r="C942" s="3">
-        <v>43641247</v>
+        <v>75140711</v>
       </c>
       <c r="D942" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E942" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F942" s="3"/>
       <c r="G942" s="3"/>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" s="3">
         <v>941</v>
       </c>
       <c r="B943" s="3" t="s">
-        <v>1381</v>
+        <v>1392</v>
       </c>
       <c r="C943" s="3">
-        <v>40842545</v>
+        <v>17520958</v>
       </c>
       <c r="D943" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E943" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F943" s="3"/>
       <c r="G943" s="3"/>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" s="3">
         <v>942</v>
       </c>
       <c r="B944" s="3" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>1383</v>
+        <v>1393</v>
+      </c>
+      <c r="C944" s="3">
+        <v>29650923</v>
       </c>
       <c r="D944" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E944" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F944" s="3"/>
       <c r="G944" s="3"/>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" s="3">
         <v>943</v>
       </c>
       <c r="B945" s="3" t="s">
-        <v>1384</v>
+        <v>1394</v>
       </c>
       <c r="C945" s="3">
-        <v>21546735</v>
+        <v>46890346</v>
       </c>
       <c r="D945" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E945" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F945" s="3"/>
       <c r="G945" s="3"/>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" s="3">
         <v>944</v>
       </c>
       <c r="B946" s="3" t="s">
-        <v>1385</v>
+        <v>1395</v>
       </c>
       <c r="C946" s="3">
-        <v>46199018</v>
+        <v>23881893</v>
       </c>
       <c r="D946" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E946" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F946" s="3"/>
       <c r="G946" s="3"/>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" s="3">
         <v>945</v>
       </c>
       <c r="B947" s="3" t="s">
-        <v>1386</v>
+        <v>1396</v>
       </c>
       <c r="C947" s="3">
-        <v>42228250</v>
+        <v>40756760</v>
       </c>
       <c r="D947" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E947" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F947" s="3"/>
       <c r="G947" s="3"/>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" s="3">
         <v>946</v>
       </c>
       <c r="B948" s="3" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="C948" s="3">
-        <v>72435677</v>
+        <v>70005647</v>
       </c>
       <c r="D948" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E948" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F948" s="3"/>
       <c r="G948" s="3"/>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" s="3">
         <v>947</v>
       </c>
       <c r="B949" s="3" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-        <v>40932411</v>
+        <v>1398</v>
+      </c>
+      <c r="C949" s="3" t="s">
+        <v>1399</v>
       </c>
       <c r="D949" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E949" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F949" s="3"/>
       <c r="G949" s="3"/>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" s="3">
         <v>948</v>
       </c>
       <c r="B950" s="3" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-        <v>71688920</v>
+        <v>1400</v>
+      </c>
+      <c r="C950" s="3" t="s">
+        <v>1401</v>
       </c>
       <c r="D950" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E950" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F950" s="3"/>
       <c r="G950" s="3"/>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" s="3">
         <v>949</v>
       </c>
       <c r="B951" s="3" t="s">
-        <v>1390</v>
+        <v>1402</v>
       </c>
       <c r="C951" s="3">
-        <v>20545258341</v>
+        <v>12547750</v>
       </c>
       <c r="D951" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E951" s="3"/>
       <c r="F951" s="3"/>
       <c r="G951" s="3"/>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" s="3">
         <v>950</v>
       </c>
       <c r="B952" s="3" t="s">
-        <v>1392</v>
-[...2 lines deleted...]
-        <v>1393</v>
+        <v>1403</v>
+      </c>
+      <c r="C952" s="3">
+        <v>26108640</v>
       </c>
       <c r="D952" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E952" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E952" s="3"/>
       <c r="F952" s="3"/>
       <c r="G952" s="3"/>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" s="3">
         <v>951</v>
       </c>
       <c r="B953" s="3" t="s">
-        <v>1394</v>
+        <v>1404</v>
       </c>
       <c r="C953" s="3">
-        <v>19090375</v>
+        <v>75551081</v>
       </c>
       <c r="D953" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E953" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F953" s="3"/>
       <c r="G953" s="3"/>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" s="3">
         <v>952</v>
       </c>
       <c r="B954" s="3" t="s">
-        <v>1395</v>
+        <v>1405</v>
       </c>
       <c r="C954" s="3">
-        <v>46727133</v>
+        <v>22080690</v>
       </c>
       <c r="D954" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E954" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F954" s="3"/>
       <c r="G954" s="3"/>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" s="3">
         <v>953</v>
       </c>
       <c r="B955" s="3" t="s">
-        <v>1396</v>
+        <v>1406</v>
       </c>
       <c r="C955" s="3">
-        <v>18227111</v>
+        <v>17862827</v>
       </c>
       <c r="D955" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E955" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F955" s="3"/>
       <c r="G955" s="3"/>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" s="3">
         <v>954</v>
       </c>
       <c r="B956" s="3" t="s">
-        <v>1397</v>
+        <v>1407</v>
       </c>
       <c r="C956" s="3">
-        <v>73265259</v>
+        <v>74500467</v>
       </c>
       <c r="D956" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E956" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F956" s="3"/>
       <c r="G956" s="3"/>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" s="3">
         <v>955</v>
       </c>
       <c r="B957" s="3" t="s">
-        <v>1398</v>
+        <v>1408</v>
       </c>
       <c r="C957" s="3">
-        <v>20602909183</v>
+        <v>10203444</v>
       </c>
       <c r="D957" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E957" s="3" t="s">
-        <v>1399</v>
+        <v>19</v>
       </c>
       <c r="F957" s="3"/>
       <c r="G957" s="3"/>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" s="3">
         <v>956</v>
       </c>
       <c r="B958" s="3" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="C958" s="3">
-        <v>24711568</v>
+        <v>25839294</v>
       </c>
       <c r="D958" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E958" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F958" s="3"/>
       <c r="G958" s="3"/>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" s="3">
         <v>957</v>
       </c>
       <c r="B959" s="3" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="C959" s="3">
-        <v>71917399</v>
+        <v>22512685</v>
       </c>
       <c r="D959" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E959" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F959" s="3"/>
       <c r="G959" s="3"/>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" s="3">
         <v>958</v>
       </c>
       <c r="B960" s="3" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="C960" s="3">
-        <v>23950162</v>
+        <v>23990300</v>
       </c>
       <c r="D960" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E960" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F960" s="3"/>
       <c r="G960" s="3"/>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" s="3">
         <v>959</v>
       </c>
       <c r="B961" s="3" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="C961" s="3">
-        <v>47092990</v>
+        <v>41383625</v>
       </c>
       <c r="D961" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E961" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F961" s="3"/>
       <c r="G961" s="3"/>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" s="3">
         <v>960</v>
       </c>
       <c r="B962" s="3" t="s">
-        <v>1404</v>
-[...2 lines deleted...]
-        <v>1405</v>
+        <v>1413</v>
+      </c>
+      <c r="C962" s="3">
+        <v>42141212</v>
       </c>
       <c r="D962" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E962" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F962" s="3"/>
       <c r="G962" s="3"/>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" s="3">
         <v>961</v>
       </c>
       <c r="B963" s="3" t="s">
-        <v>1406</v>
-[...2 lines deleted...]
-        <v>10402737455</v>
+        <v>1414</v>
+      </c>
+      <c r="C963" s="3" t="s">
+        <v>1415</v>
       </c>
       <c r="D963" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E963" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F963" s="3"/>
       <c r="G963" s="3"/>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" s="3">
         <v>962</v>
       </c>
       <c r="B964" s="3" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-        <v>46166159</v>
+        <v>1416</v>
+      </c>
+      <c r="C964" s="3" t="s">
+        <v>1417</v>
       </c>
       <c r="D964" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E964" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E964" s="3"/>
       <c r="F964" s="3"/>
       <c r="G964" s="3"/>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" s="3">
         <v>963</v>
       </c>
       <c r="B965" s="3" t="s">
-        <v>1408</v>
+        <v>1418</v>
       </c>
       <c r="C965" s="3">
-        <v>17541569</v>
+        <v>41195474</v>
       </c>
       <c r="D965" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E965" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F965" s="3"/>
       <c r="G965" s="3"/>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" s="3">
         <v>964</v>
       </c>
       <c r="B966" s="3" t="s">
-        <v>1409</v>
+        <v>1419</v>
       </c>
       <c r="C966" s="3">
-        <v>47346603</v>
+        <v>22480687</v>
       </c>
       <c r="D966" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E966" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F966" s="3"/>
       <c r="G966" s="3"/>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" s="3">
         <v>965</v>
       </c>
       <c r="B967" s="3" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="C967" s="3">
-        <v>41574992</v>
+        <v>29598451</v>
       </c>
       <c r="D967" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E967" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F967" s="3"/>
       <c r="G967" s="3"/>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" s="3">
         <v>966</v>
       </c>
       <c r="B968" s="3" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="C968" s="3">
-        <v>70182192</v>
+        <v>46330779</v>
       </c>
       <c r="D968" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E968" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F968" s="3"/>
       <c r="G968" s="3"/>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" s="3">
         <v>967</v>
       </c>
       <c r="B969" s="3" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="C969" s="3">
-        <v>46905204</v>
+        <v>47263597</v>
       </c>
       <c r="D969" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E969" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F969" s="3"/>
       <c r="G969" s="3"/>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" s="3">
         <v>968</v>
       </c>
       <c r="B970" s="3" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="C970" s="3">
-        <v>72287887</v>
+        <v>41930664</v>
       </c>
       <c r="D970" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E970" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F970" s="3"/>
       <c r="G970" s="3"/>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" s="3">
         <v>969</v>
       </c>
       <c r="B971" s="3" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="C971" s="3">
-        <v>70921836</v>
+        <v>20601175054</v>
       </c>
       <c r="D971" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E971" s="3" t="s">
-        <v>19</v>
+        <v>1425</v>
       </c>
       <c r="F971" s="3"/>
       <c r="G971" s="3"/>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" s="3">
         <v>970</v>
       </c>
       <c r="B972" s="3" t="s">
-        <v>1415</v>
+        <v>1426</v>
       </c>
       <c r="C972" s="3">
-        <v>72324732</v>
+        <v>10211412505</v>
       </c>
       <c r="D972" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E972" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F972" s="3"/>
       <c r="G972" s="3"/>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" s="3">
         <v>971</v>
       </c>
       <c r="B973" s="3" t="s">
-        <v>1416</v>
+        <v>1427</v>
       </c>
       <c r="C973" s="3">
-        <v>22497675</v>
+        <v>10411354330</v>
       </c>
       <c r="D973" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E973" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F973" s="3"/>
       <c r="G973" s="3"/>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" s="3">
         <v>972</v>
       </c>
       <c r="B974" s="3" t="s">
-        <v>1417</v>
+        <v>1428</v>
       </c>
       <c r="C974" s="3">
-        <v>40263055</v>
+        <v>20131378549</v>
       </c>
       <c r="D974" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E974" s="3" t="s">
-        <v>19</v>
+        <v>1429</v>
       </c>
       <c r="F974" s="3"/>
       <c r="G974" s="3"/>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" s="3">
         <v>973</v>
       </c>
       <c r="B975" s="3" t="s">
-        <v>1418</v>
+        <v>1430</v>
       </c>
       <c r="C975" s="3">
-        <v>20495707165</v>
+        <v>20393625890</v>
       </c>
       <c r="D975" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E975" s="3" t="s">
-        <v>1419</v>
+        <v>1431</v>
       </c>
       <c r="F975" s="3"/>
       <c r="G975" s="3"/>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" s="3">
         <v>974</v>
       </c>
       <c r="B976" s="3" t="s">
-        <v>1420</v>
+        <v>1432</v>
       </c>
       <c r="C976" s="3">
-        <v>10053369401</v>
+        <v>20558216311</v>
       </c>
       <c r="D976" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E976" s="3" t="s">
-        <v>24</v>
+        <v>1433</v>
       </c>
       <c r="F976" s="3"/>
       <c r="G976" s="3"/>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" s="3">
         <v>975</v>
       </c>
       <c r="B977" s="3" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="C977" s="3">
-        <v>20608884255</v>
+        <v>74926983</v>
       </c>
       <c r="D977" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E977" s="3" t="s">
-        <v>1422</v>
+        <v>19</v>
       </c>
       <c r="F977" s="3"/>
       <c r="G977" s="3"/>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" s="3">
         <v>976</v>
       </c>
       <c r="B978" s="3" t="s">
-        <v>1423</v>
+        <v>1435</v>
       </c>
       <c r="C978" s="3">
-        <v>20406318797</v>
+        <v>43641247</v>
       </c>
       <c r="D978" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E978" s="3" t="s">
-        <v>1424</v>
+        <v>19</v>
       </c>
       <c r="F978" s="3"/>
       <c r="G978" s="3"/>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" s="3">
         <v>977</v>
       </c>
       <c r="B979" s="3" t="s">
-        <v>1425</v>
+        <v>1436</v>
       </c>
       <c r="C979" s="3">
-        <v>23818863</v>
+        <v>40842545</v>
       </c>
       <c r="D979" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E979" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F979" s="3"/>
       <c r="G979" s="3"/>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" s="3">
         <v>978</v>
       </c>
       <c r="B980" s="3" t="s">
-        <v>1426</v>
-[...2 lines deleted...]
-        <v>72319279</v>
+        <v>1437</v>
+      </c>
+      <c r="C980" s="3" t="s">
+        <v>1438</v>
       </c>
       <c r="D980" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E980" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F980" s="3"/>
       <c r="G980" s="3"/>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" s="3">
         <v>979</v>
       </c>
       <c r="B981" s="3" t="s">
-        <v>1427</v>
+        <v>1439</v>
       </c>
       <c r="C981" s="3">
-        <v>20601056039</v>
+        <v>21546735</v>
       </c>
       <c r="D981" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E981" s="3" t="s">
-        <v>1428</v>
+        <v>19</v>
       </c>
       <c r="F981" s="3"/>
       <c r="G981" s="3"/>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" s="3">
         <v>980</v>
       </c>
       <c r="B982" s="3" t="s">
-        <v>1429</v>
+        <v>1440</v>
       </c>
       <c r="C982" s="3">
-        <v>10405105557</v>
+        <v>46199018</v>
       </c>
       <c r="D982" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E982" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F982" s="3"/>
       <c r="G982" s="3"/>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" s="3">
         <v>981</v>
       </c>
       <c r="B983" s="3" t="s">
-        <v>1430</v>
+        <v>1441</v>
       </c>
       <c r="C983" s="3">
-        <v>46552009</v>
+        <v>42228250</v>
       </c>
       <c r="D983" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E983" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F983" s="3"/>
       <c r="G983" s="3"/>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" s="3">
         <v>982</v>
       </c>
       <c r="B984" s="3" t="s">
-        <v>1431</v>
+        <v>1442</v>
       </c>
       <c r="C984" s="3">
-        <v>44141644</v>
+        <v>72435677</v>
       </c>
       <c r="D984" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E984" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F984" s="3"/>
       <c r="G984" s="3"/>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" s="3">
         <v>983</v>
       </c>
       <c r="B985" s="3" t="s">
-        <v>1432</v>
+        <v>1443</v>
       </c>
       <c r="C985" s="3">
-        <v>46933400</v>
+        <v>40932411</v>
       </c>
       <c r="D985" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E985" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F985" s="3"/>
       <c r="G985" s="3"/>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" s="3">
         <v>984</v>
       </c>
       <c r="B986" s="3" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="C986" s="3">
-        <v>23978863</v>
+        <v>71688920</v>
       </c>
       <c r="D986" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E986" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F986" s="3"/>
       <c r="G986" s="3"/>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" s="3">
         <v>985</v>
       </c>
       <c r="B987" s="3" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
       <c r="C987" s="3">
-        <v>20529537825</v>
+        <v>20545258341</v>
       </c>
       <c r="D987" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E987" s="3" t="s">
-        <v>1435</v>
+        <v>1446</v>
       </c>
       <c r="F987" s="3"/>
       <c r="G987" s="3"/>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" s="3">
         <v>986</v>
       </c>
       <c r="B988" s="3" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>24809724</v>
+        <v>1447</v>
+      </c>
+      <c r="C988" s="3" t="s">
+        <v>1448</v>
       </c>
       <c r="D988" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E988" s="3" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="F988" s="3"/>
       <c r="G988" s="3"/>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" s="3">
         <v>987</v>
       </c>
       <c r="B989" s="3" t="s">
-        <v>1437</v>
+        <v>1449</v>
       </c>
       <c r="C989" s="3">
-        <v>26731862</v>
+        <v>19090375</v>
       </c>
       <c r="D989" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E989" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F989" s="3"/>
       <c r="G989" s="3"/>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" s="3">
         <v>988</v>
       </c>
       <c r="B990" s="3" t="s">
-        <v>1438</v>
+        <v>1450</v>
       </c>
       <c r="C990" s="3">
-        <v>41994493</v>
+        <v>46727133</v>
       </c>
       <c r="D990" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E990" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F990" s="3"/>
       <c r="G990" s="3"/>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" s="3">
         <v>989</v>
       </c>
       <c r="B991" s="3" t="s">
-        <v>1439</v>
+        <v>1451</v>
       </c>
       <c r="C991" s="3">
-        <v>21549775</v>
+        <v>18227111</v>
       </c>
       <c r="D991" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E991" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F991" s="3"/>
       <c r="G991" s="3"/>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" s="3">
         <v>990</v>
       </c>
       <c r="B992" s="3" t="s">
-        <v>1440</v>
+        <v>1452</v>
       </c>
       <c r="C992" s="3">
-        <v>45325363</v>
+        <v>73265259</v>
       </c>
       <c r="D992" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E992" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F992" s="3"/>
       <c r="G992" s="3"/>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" s="3">
         <v>991</v>
       </c>
       <c r="B993" s="3" t="s">
-        <v>1441</v>
-[...2 lines deleted...]
-        <v>1442</v>
+        <v>1453</v>
+      </c>
+      <c r="C993" s="3">
+        <v>20602909183</v>
       </c>
       <c r="D993" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E993" s="3" t="s">
-        <v>19</v>
+        <v>1454</v>
       </c>
       <c r="F993" s="3"/>
       <c r="G993" s="3"/>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" s="3">
         <v>992</v>
       </c>
       <c r="B994" s="3" t="s">
-        <v>1443</v>
+        <v>1455</v>
       </c>
       <c r="C994" s="3">
-        <v>40152893</v>
+        <v>24711568</v>
       </c>
       <c r="D994" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E994" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F994" s="3"/>
       <c r="G994" s="3"/>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" s="3">
         <v>993</v>
       </c>
       <c r="B995" s="3" t="s">
-        <v>1444</v>
+        <v>1456</v>
       </c>
       <c r="C995" s="3">
-        <v>80139394</v>
+        <v>71917399</v>
       </c>
       <c r="D995" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E995" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F995" s="3"/>
       <c r="G995" s="3"/>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" s="3">
         <v>994</v>
       </c>
       <c r="B996" s="3" t="s">
-        <v>1445</v>
+        <v>1457</v>
       </c>
       <c r="C996" s="3">
-        <v>46846780</v>
+        <v>23950162</v>
       </c>
       <c r="D996" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E996" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F996" s="3"/>
       <c r="G996" s="3"/>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" s="3">
         <v>995</v>
       </c>
       <c r="B997" s="3" t="s">
-        <v>1446</v>
-[...2 lines deleted...]
-        <v>1447</v>
+        <v>1458</v>
+      </c>
+      <c r="C997" s="3">
+        <v>47092990</v>
       </c>
       <c r="D997" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E997" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F997" s="3"/>
       <c r="G997" s="3"/>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" s="3">
         <v>996</v>
       </c>
       <c r="B998" s="3" t="s">
-        <v>1448</v>
-[...2 lines deleted...]
-        <v>22422553</v>
+        <v>1459</v>
+      </c>
+      <c r="C998" s="3" t="s">
+        <v>1460</v>
       </c>
       <c r="D998" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E998" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F998" s="3"/>
       <c r="G998" s="3"/>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" s="3">
         <v>997</v>
       </c>
       <c r="B999" s="3" t="s">
-        <v>1449</v>
+        <v>1461</v>
       </c>
       <c r="C999" s="3">
-        <v>10071904810</v>
+        <v>10402737455</v>
       </c>
       <c r="D999" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E999" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F999" s="3"/>
       <c r="G999" s="3"/>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" s="3">
         <v>998</v>
       </c>
       <c r="B1000" s="3" t="s">
-        <v>1450</v>
+        <v>1462</v>
       </c>
       <c r="C1000" s="3">
-        <v>22413725</v>
+        <v>46166159</v>
       </c>
       <c r="D1000" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1000" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1000" s="3"/>
       <c r="G1000" s="3"/>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" s="3">
         <v>999</v>
       </c>
       <c r="B1001" s="3" t="s">
-        <v>1451</v>
-[...2 lines deleted...]
-        <v>1452</v>
+        <v>1463</v>
+      </c>
+      <c r="C1001" s="3">
+        <v>17541569</v>
       </c>
       <c r="D1001" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1001" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1001" s="3"/>
       <c r="G1001" s="3"/>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" s="3">
         <v>1000</v>
       </c>
       <c r="B1002" s="3" t="s">
-        <v>1453</v>
+        <v>1464</v>
       </c>
       <c r="C1002" s="3">
-        <v>48474756</v>
+        <v>47346603</v>
       </c>
       <c r="D1002" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1002" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1002" s="3"/>
       <c r="G1002" s="3"/>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" s="3">
         <v>1001</v>
       </c>
       <c r="B1003" s="3" t="s">
-        <v>1454</v>
+        <v>1465</v>
       </c>
       <c r="C1003" s="3">
-        <v>32778819</v>
+        <v>41574992</v>
       </c>
       <c r="D1003" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1003" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1003" s="3"/>
       <c r="G1003" s="3"/>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" s="3">
         <v>1002</v>
       </c>
       <c r="B1004" s="3" t="s">
-        <v>1455</v>
+        <v>1466</v>
       </c>
       <c r="C1004" s="3">
-        <v>40611507</v>
+        <v>70182192</v>
       </c>
       <c r="D1004" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1004" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1004" s="3"/>
       <c r="G1004" s="3"/>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" s="3">
         <v>1003</v>
       </c>
       <c r="B1005" s="3" t="s">
-        <v>1456</v>
+        <v>1467</v>
       </c>
       <c r="C1005" s="3">
-        <v>44804998</v>
+        <v>46905204</v>
       </c>
       <c r="D1005" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1005" s="3"/>
+      <c r="E1005" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1005" s="3"/>
       <c r="G1005" s="3"/>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" s="3">
         <v>1004</v>
       </c>
       <c r="B1006" s="3" t="s">
-        <v>1457</v>
+        <v>1468</v>
       </c>
       <c r="C1006" s="3">
-        <v>42728847</v>
+        <v>72287887</v>
       </c>
       <c r="D1006" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1006" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1006" s="3"/>
       <c r="G1006" s="3"/>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" s="3">
         <v>1005</v>
       </c>
       <c r="B1007" s="3" t="s">
-        <v>1458</v>
+        <v>1469</v>
       </c>
       <c r="C1007" s="3">
-        <v>45150125</v>
+        <v>70921836</v>
       </c>
       <c r="D1007" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1007" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1007" s="3"/>
       <c r="G1007" s="3"/>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" s="3">
         <v>1006</v>
       </c>
       <c r="B1008" s="3" t="s">
-        <v>1459</v>
+        <v>1470</v>
       </c>
       <c r="C1008" s="3">
-        <v>21545715</v>
+        <v>72324732</v>
       </c>
       <c r="D1008" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1008" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1008" s="3"/>
       <c r="G1008" s="3"/>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" s="3">
         <v>1007</v>
       </c>
       <c r="B1009" s="3" t="s">
-        <v>1460</v>
+        <v>1471</v>
       </c>
       <c r="C1009" s="3">
-        <v>20606328631</v>
+        <v>22497675</v>
       </c>
       <c r="D1009" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1009" s="3" t="s">
-        <v>1461</v>
+        <v>19</v>
       </c>
       <c r="F1009" s="3"/>
       <c r="G1009" s="3"/>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" s="3">
         <v>1008</v>
       </c>
       <c r="B1010" s="3" t="s">
-        <v>1462</v>
+        <v>1472</v>
       </c>
       <c r="C1010" s="3">
-        <v>10220909706</v>
+        <v>40263055</v>
       </c>
       <c r="D1010" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1010" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1010" s="3"/>
       <c r="G1010" s="3"/>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" s="3">
         <v>1009</v>
       </c>
       <c r="B1011" s="3" t="s">
-        <v>1463</v>
+        <v>1473</v>
       </c>
       <c r="C1011" s="3">
-        <v>10435344238</v>
+        <v>20495707165</v>
       </c>
       <c r="D1011" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1011" s="3" t="s">
-        <v>24</v>
+        <v>1474</v>
       </c>
       <c r="F1011" s="3"/>
       <c r="G1011" s="3"/>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" s="3">
         <v>1010</v>
       </c>
       <c r="B1012" s="3" t="s">
-        <v>1464</v>
+        <v>1475</v>
       </c>
       <c r="C1012" s="3">
-        <v>20607809853</v>
+        <v>10053369401</v>
       </c>
       <c r="D1012" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1012" s="3" t="s">
-        <v>1465</v>
+        <v>24</v>
       </c>
       <c r="F1012" s="3"/>
       <c r="G1012" s="3"/>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" s="3">
         <v>1011</v>
       </c>
       <c r="B1013" s="3" t="s">
-        <v>1466</v>
+        <v>1476</v>
       </c>
       <c r="C1013" s="3">
-        <v>23922484</v>
+        <v>20608884255</v>
       </c>
       <c r="D1013" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1013" s="3" t="s">
-        <v>19</v>
+        <v>1477</v>
       </c>
       <c r="F1013" s="3"/>
       <c r="G1013" s="3"/>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" s="3">
         <v>1012</v>
       </c>
       <c r="B1014" s="3" t="s">
-        <v>1467</v>
-[...2 lines deleted...]
-        <v>1468</v>
+        <v>1478</v>
+      </c>
+      <c r="C1014" s="3">
+        <v>20406318797</v>
       </c>
       <c r="D1014" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1014" s="3" t="s">
-        <v>19</v>
+        <v>1479</v>
       </c>
       <c r="F1014" s="3"/>
       <c r="G1014" s="3"/>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" s="3">
         <v>1013</v>
       </c>
       <c r="B1015" s="3" t="s">
-        <v>1469</v>
+        <v>1480</v>
       </c>
       <c r="C1015" s="3">
-        <v>15735392</v>
+        <v>23818863</v>
       </c>
       <c r="D1015" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1015" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1015" s="3"/>
       <c r="G1015" s="3"/>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" s="3">
         <v>1014</v>
       </c>
       <c r="B1016" s="3" t="s">
-        <v>1470</v>
+        <v>1481</v>
       </c>
       <c r="C1016" s="3">
-        <v>29309534</v>
+        <v>72319279</v>
       </c>
       <c r="D1016" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1016" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1016" s="3"/>
       <c r="G1016" s="3"/>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" s="3">
         <v>1015</v>
       </c>
       <c r="B1017" s="3" t="s">
-        <v>1471</v>
-[...2 lines deleted...]
-        <v>1472</v>
+        <v>1482</v>
+      </c>
+      <c r="C1017" s="3">
+        <v>20601056039</v>
       </c>
       <c r="D1017" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1017" s="3" t="s">
-        <v>19</v>
+        <v>1483</v>
       </c>
       <c r="F1017" s="3"/>
       <c r="G1017" s="3"/>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" s="3">
         <v>1016</v>
       </c>
       <c r="B1018" s="3" t="s">
-        <v>1473</v>
+        <v>1484</v>
       </c>
       <c r="C1018" s="3">
-        <v>40424085</v>
+        <v>10405105557</v>
       </c>
       <c r="D1018" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1018" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1018" s="3"/>
       <c r="G1018" s="3"/>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" s="3">
         <v>1017</v>
       </c>
       <c r="B1019" s="3" t="s">
-        <v>1474</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>1485</v>
+      </c>
+      <c r="C1019" s="3">
+        <v>46552009</v>
       </c>
       <c r="D1019" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1019" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1019" s="3"/>
       <c r="G1019" s="3"/>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" s="3">
         <v>1018</v>
       </c>
       <c r="B1020" s="3" t="s">
-        <v>1476</v>
+        <v>1486</v>
       </c>
       <c r="C1020" s="3">
-        <v>17919391</v>
+        <v>44141644</v>
       </c>
       <c r="D1020" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1020" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1020" s="3"/>
       <c r="G1020" s="3"/>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" s="3">
         <v>1019</v>
       </c>
       <c r="B1021" s="3" t="s">
-        <v>1477</v>
+        <v>1487</v>
       </c>
       <c r="C1021" s="3">
-        <v>80280214</v>
+        <v>46933400</v>
       </c>
       <c r="D1021" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1021" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1021" s="3"/>
       <c r="G1021" s="3"/>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" s="3">
         <v>1020</v>
       </c>
       <c r="B1022" s="3" t="s">
-        <v>1478</v>
+        <v>1488</v>
       </c>
       <c r="C1022" s="3">
-        <v>16762955</v>
+        <v>23978863</v>
       </c>
       <c r="D1022" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1022" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1022" s="3"/>
       <c r="G1022" s="3"/>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" s="3">
         <v>1021</v>
       </c>
       <c r="B1023" s="3" t="s">
-        <v>1479</v>
+        <v>1489</v>
       </c>
       <c r="C1023" s="3">
-        <v>25477690</v>
+        <v>20529537825</v>
       </c>
       <c r="D1023" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1023" s="3" t="s">
-        <v>19</v>
+        <v>1490</v>
       </c>
       <c r="F1023" s="3"/>
       <c r="G1023" s="3"/>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" s="3">
         <v>1022</v>
       </c>
       <c r="B1024" s="3" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="C1024" s="3">
-        <v>18887750</v>
+        <v>24809724</v>
       </c>
       <c r="D1024" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1024" s="3" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="F1024" s="3"/>
       <c r="G1024" s="3"/>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" s="3">
         <v>1023</v>
       </c>
       <c r="B1025" s="3" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="C1025" s="3">
-        <v>40523334</v>
+        <v>26731862</v>
       </c>
       <c r="D1025" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1025" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1025" s="3"/>
       <c r="G1025" s="3"/>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" s="3">
         <v>1024</v>
       </c>
       <c r="B1026" s="3" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="C1026" s="3">
-        <v>21565077</v>
+        <v>20479675971</v>
       </c>
       <c r="D1026" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1026" s="3" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="F1026" s="3"/>
       <c r="G1026" s="3"/>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" s="3">
         <v>1025</v>
       </c>
       <c r="B1027" s="3" t="s">
-        <v>1484</v>
+        <v>1495</v>
       </c>
       <c r="C1027" s="3">
-        <v>17842953</v>
+        <v>41994493</v>
       </c>
       <c r="D1027" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1027" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1027" s="3"/>
       <c r="G1027" s="3"/>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" s="3">
         <v>1026</v>
       </c>
       <c r="B1028" s="3" t="s">
-        <v>1485</v>
+        <v>1496</v>
       </c>
       <c r="C1028" s="3">
-        <v>73577261</v>
+        <v>21549775</v>
       </c>
       <c r="D1028" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1028" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1028" s="3"/>
       <c r="G1028" s="3"/>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" s="3">
         <v>1027</v>
       </c>
       <c r="B1029" s="3" t="s">
-        <v>1486</v>
+        <v>1497</v>
       </c>
       <c r="C1029" s="3">
-        <v>80670639</v>
+        <v>45325363</v>
       </c>
       <c r="D1029" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1029" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1029" s="3"/>
       <c r="G1029" s="3"/>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" s="3">
         <v>1028</v>
       </c>
       <c r="B1030" s="3" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-        <v>1488</v>
+        <v>1498</v>
+      </c>
+      <c r="C1030" s="3">
+        <v>18217756</v>
       </c>
       <c r="D1030" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1030" s="3"/>
+      <c r="E1030" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1030" s="3"/>
       <c r="G1030" s="3"/>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" s="3">
         <v>1029</v>
       </c>
       <c r="B1031" s="3" t="s">
-        <v>1489</v>
+        <v>1499</v>
       </c>
       <c r="C1031" s="3" t="s">
-        <v>1490</v>
+        <v>1500</v>
       </c>
       <c r="D1031" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1031" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1031" s="3"/>
       <c r="G1031" s="3"/>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" s="3">
         <v>1030</v>
       </c>
       <c r="B1032" s="3" t="s">
-        <v>1491</v>
+        <v>1501</v>
       </c>
       <c r="C1032" s="3">
-        <v>71562688</v>
+        <v>40152893</v>
       </c>
       <c r="D1032" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1032" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1032" s="3"/>
       <c r="G1032" s="3"/>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" s="3">
         <v>1031</v>
       </c>
       <c r="B1033" s="3" t="s">
-        <v>1492</v>
+        <v>1502</v>
       </c>
       <c r="C1033" s="3">
-        <v>10298700</v>
+        <v>80139394</v>
       </c>
       <c r="D1033" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1033" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1033" s="3"/>
       <c r="G1033" s="3"/>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" s="3">
         <v>1032</v>
       </c>
       <c r="B1034" s="3" t="s">
-        <v>1493</v>
+        <v>1503</v>
       </c>
       <c r="C1034" s="3">
-        <v>40751499</v>
+        <v>46846780</v>
       </c>
       <c r="D1034" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1034" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1034" s="3"/>
       <c r="G1034" s="3"/>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" s="3">
         <v>1033</v>
       </c>
       <c r="B1035" s="3" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-        <v>44432251</v>
+        <v>1504</v>
+      </c>
+      <c r="C1035" s="3" t="s">
+        <v>1505</v>
       </c>
       <c r="D1035" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1035" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1035" s="3"/>
       <c r="G1035" s="3"/>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" s="3">
         <v>1034</v>
       </c>
       <c r="B1036" s="3" t="s">
-        <v>1495</v>
-[...2 lines deleted...]
-        <v>1496</v>
+        <v>1506</v>
+      </c>
+      <c r="C1036" s="3">
+        <v>22422553</v>
       </c>
       <c r="D1036" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1036" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1036" s="3"/>
       <c r="G1036" s="3"/>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" s="3">
         <v>1035</v>
       </c>
       <c r="B1037" s="3" t="s">
-        <v>1497</v>
+        <v>1507</v>
       </c>
       <c r="C1037" s="3">
-        <v>46731736</v>
+        <v>10071904810</v>
       </c>
       <c r="D1037" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1037" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1037" s="3"/>
       <c r="G1037" s="3"/>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" s="3">
         <v>1036</v>
       </c>
       <c r="B1038" s="3" t="s">
-        <v>1498</v>
+        <v>1508</v>
       </c>
       <c r="C1038" s="3">
-        <v>21526483</v>
+        <v>22413725</v>
       </c>
       <c r="D1038" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1038" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1038" s="3"/>
       <c r="G1038" s="3"/>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" s="3">
         <v>1037</v>
       </c>
       <c r="B1039" s="3" t="s">
-        <v>1499</v>
-[...2 lines deleted...]
-        <v>18008471</v>
+        <v>1509</v>
+      </c>
+      <c r="C1039" s="3" t="s">
+        <v>1510</v>
       </c>
       <c r="D1039" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1039" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1039" s="3"/>
       <c r="G1039" s="3"/>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" s="3">
         <v>1038</v>
       </c>
       <c r="B1040" s="3" t="s">
-        <v>1500</v>
-[...2 lines deleted...]
-        <v>1501</v>
+        <v>1511</v>
+      </c>
+      <c r="C1040" s="3">
+        <v>48474756</v>
       </c>
       <c r="D1040" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1040" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1040" s="3"/>
       <c r="G1040" s="3"/>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" s="3">
         <v>1039</v>
       </c>
       <c r="B1041" s="3" t="s">
-        <v>1502</v>
+        <v>1512</v>
       </c>
       <c r="C1041" s="3">
-        <v>16410972</v>
+        <v>32778819</v>
       </c>
       <c r="D1041" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1041" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1041" s="3"/>
       <c r="G1041" s="3"/>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" s="3">
         <v>1040</v>
       </c>
       <c r="B1042" s="3" t="s">
-        <v>1503</v>
+        <v>1513</v>
       </c>
       <c r="C1042" s="3">
-        <v>46745282</v>
+        <v>40611507</v>
       </c>
       <c r="D1042" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1042" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1042" s="3"/>
       <c r="G1042" s="3"/>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" s="3">
         <v>1041</v>
       </c>
       <c r="B1043" s="3" t="s">
-        <v>1504</v>
+        <v>1514</v>
       </c>
       <c r="C1043" s="3">
-        <v>15650495</v>
+        <v>44804998</v>
       </c>
       <c r="D1043" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1043" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1043" s="3"/>
       <c r="F1043" s="3"/>
       <c r="G1043" s="3"/>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" s="3">
         <v>1042</v>
       </c>
       <c r="B1044" s="3" t="s">
-        <v>1505</v>
+        <v>1515</v>
       </c>
       <c r="C1044" s="3">
-        <v>26688497</v>
+        <v>42728847</v>
       </c>
       <c r="D1044" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1044" s="3" t="s">
-        <v>1506</v>
+        <v>19</v>
       </c>
       <c r="F1044" s="3"/>
       <c r="G1044" s="3"/>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" s="3">
         <v>1043</v>
       </c>
       <c r="B1045" s="3" t="s">
-        <v>1507</v>
+        <v>1516</v>
       </c>
       <c r="C1045" s="3">
-        <v>46108685</v>
+        <v>41445833</v>
       </c>
       <c r="D1045" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1045" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1045" s="3"/>
       <c r="G1045" s="3"/>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" s="3">
         <v>1044</v>
       </c>
       <c r="B1046" s="3" t="s">
-        <v>1508</v>
+        <v>1517</v>
       </c>
       <c r="C1046" s="3">
-        <v>20009058</v>
+        <v>45150125</v>
       </c>
       <c r="D1046" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1046" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1046" s="3"/>
       <c r="G1046" s="3"/>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" s="3">
         <v>1045</v>
       </c>
       <c r="B1047" s="3" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="C1047" s="3">
-        <v>40907034</v>
+        <v>21545715</v>
       </c>
       <c r="D1047" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1047" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1047" s="3"/>
       <c r="G1047" s="3"/>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" s="3">
         <v>1046</v>
       </c>
       <c r="B1048" s="3" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="C1048" s="3">
-        <v>27576610</v>
+        <v>20606328631</v>
       </c>
       <c r="D1048" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1048" s="3" t="s">
-        <v>19</v>
+        <v>1520</v>
       </c>
       <c r="F1048" s="3"/>
       <c r="G1048" s="3"/>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" s="3">
         <v>1047</v>
       </c>
       <c r="B1049" s="3" t="s">
-        <v>1511</v>
+        <v>1521</v>
       </c>
       <c r="C1049" s="3">
-        <v>19915927</v>
+        <v>10220909706</v>
       </c>
       <c r="D1049" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1049" s="3" t="s">
-        <v>1512</v>
+        <v>24</v>
       </c>
       <c r="F1049" s="3"/>
       <c r="G1049" s="3"/>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" s="3">
         <v>1048</v>
       </c>
       <c r="B1050" s="3" t="s">
-        <v>1513</v>
+        <v>1522</v>
       </c>
       <c r="C1050" s="3">
-        <v>71559127</v>
+        <v>10435344238</v>
       </c>
       <c r="D1050" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1050" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1050" s="3"/>
       <c r="G1050" s="3"/>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" s="3">
         <v>1049</v>
       </c>
       <c r="B1051" s="3" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-        <v>1515</v>
+        <v>1523</v>
+      </c>
+      <c r="C1051" s="3">
+        <v>10059244847</v>
       </c>
       <c r="D1051" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1051" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1051" s="3"/>
       <c r="G1051" s="3"/>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" s="3">
         <v>1050</v>
       </c>
       <c r="B1052" s="3" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="C1052" s="3">
-        <v>42433454</v>
+        <v>20607809853</v>
       </c>
       <c r="D1052" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1052" s="3" t="s">
-        <v>19</v>
+        <v>1525</v>
       </c>
       <c r="F1052" s="3"/>
       <c r="G1052" s="3"/>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" s="3">
         <v>1051</v>
       </c>
       <c r="B1053" s="3" t="s">
-        <v>1517</v>
+        <v>1526</v>
       </c>
       <c r="C1053" s="3">
-        <v>40650781</v>
+        <v>23922484</v>
       </c>
       <c r="D1053" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1053" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1053" s="3"/>
       <c r="G1053" s="3"/>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" s="3">
         <v>1052</v>
       </c>
       <c r="B1054" s="3" t="s">
-        <v>1518</v>
-[...2 lines deleted...]
-        <v>10295972110</v>
+        <v>1527</v>
+      </c>
+      <c r="C1054" s="3" t="s">
+        <v>1528</v>
       </c>
       <c r="D1054" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1054" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1054" s="3"/>
       <c r="G1054" s="3"/>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" s="3">
         <v>1053</v>
       </c>
       <c r="B1055" s="3" t="s">
-        <v>1519</v>
+        <v>1529</v>
       </c>
       <c r="C1055" s="3">
-        <v>41821423</v>
+        <v>15735392</v>
       </c>
       <c r="D1055" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1055" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1055" s="3"/>
       <c r="G1055" s="3"/>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" s="3">
         <v>1054</v>
       </c>
       <c r="B1056" s="3" t="s">
-        <v>1520</v>
-[...2 lines deleted...]
-        <v>1521</v>
+        <v>1530</v>
+      </c>
+      <c r="C1056" s="3">
+        <v>29309534</v>
       </c>
       <c r="D1056" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1056" s="3"/>
+      <c r="E1056" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1056" s="3"/>
       <c r="G1056" s="3"/>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" s="3">
         <v>1055</v>
       </c>
       <c r="B1057" s="3" t="s">
-        <v>1522</v>
-[...2 lines deleted...]
-        <v>21455714</v>
+        <v>1531</v>
+      </c>
+      <c r="C1057" s="3" t="s">
+        <v>1532</v>
       </c>
       <c r="D1057" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1057" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1057" s="3"/>
       <c r="G1057" s="3"/>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" s="3">
         <v>1056</v>
       </c>
       <c r="B1058" s="3" t="s">
-        <v>1523</v>
+        <v>1533</v>
       </c>
       <c r="C1058" s="3">
-        <v>41659432</v>
+        <v>40424085</v>
       </c>
       <c r="D1058" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1058" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1058" s="3"/>
       <c r="G1058" s="3"/>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" s="3">
         <v>1057</v>
       </c>
       <c r="B1059" s="3" t="s">
-        <v>1524</v>
+        <v>1534</v>
       </c>
       <c r="C1059" s="3" t="s">
-        <v>1525</v>
+        <v>1535</v>
       </c>
       <c r="D1059" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1059" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1059" s="3"/>
       <c r="G1059" s="3"/>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" s="3">
         <v>1058</v>
       </c>
       <c r="B1060" s="3" t="s">
-        <v>1526</v>
-[...2 lines deleted...]
-        <v>1527</v>
+        <v>1536</v>
+      </c>
+      <c r="C1060" s="3">
+        <v>17919391</v>
       </c>
       <c r="D1060" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1060" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1060" s="3"/>
       <c r="G1060" s="3"/>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" s="3">
         <v>1059</v>
       </c>
       <c r="B1061" s="3" t="s">
-        <v>1528</v>
+        <v>1537</v>
       </c>
       <c r="C1061" s="3">
-        <v>70045777</v>
+        <v>80280214</v>
       </c>
       <c r="D1061" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1061" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1061" s="3"/>
       <c r="G1061" s="3"/>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" s="3">
         <v>1060</v>
       </c>
       <c r="B1062" s="3" t="s">
-        <v>1529</v>
+        <v>1538</v>
       </c>
       <c r="C1062" s="3">
-        <v>32777171</v>
+        <v>16762955</v>
       </c>
       <c r="D1062" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1062" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1062" s="3"/>
       <c r="G1062" s="3"/>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" s="3">
         <v>1061</v>
       </c>
       <c r="B1063" s="3" t="s">
-        <v>1530</v>
-[...2 lines deleted...]
-        <v>1531</v>
+        <v>1539</v>
+      </c>
+      <c r="C1063" s="3">
+        <v>25477690</v>
       </c>
       <c r="D1063" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1063" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1063" s="3"/>
       <c r="G1063" s="3"/>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" s="3">
         <v>1062</v>
       </c>
       <c r="B1064" s="3" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="C1064" s="3">
-        <v>20393233622</v>
+        <v>18887750</v>
       </c>
       <c r="D1064" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1064" s="3" t="s">
-        <v>1533</v>
+        <v>19</v>
       </c>
       <c r="F1064" s="3"/>
       <c r="G1064" s="3"/>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" s="3">
         <v>1063</v>
       </c>
       <c r="B1065" s="3" t="s">
-        <v>1534</v>
+        <v>1541</v>
       </c>
       <c r="C1065" s="3">
-        <v>20501881750</v>
+        <v>40523334</v>
       </c>
       <c r="D1065" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1065" s="3" t="s">
-        <v>1535</v>
+        <v>19</v>
       </c>
       <c r="F1065" s="3"/>
       <c r="G1065" s="3"/>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" s="3">
         <v>1064</v>
       </c>
       <c r="B1066" s="3" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="C1066" s="3">
-        <v>40068588</v>
+        <v>21565077</v>
       </c>
       <c r="D1066" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1066" s="3" t="s">
-        <v>19</v>
+        <v>1543</v>
       </c>
       <c r="F1066" s="3"/>
       <c r="G1066" s="3"/>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" s="3">
         <v>1065</v>
       </c>
       <c r="B1067" s="3" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="C1067" s="3">
-        <v>42510824</v>
+        <v>17842953</v>
       </c>
       <c r="D1067" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1067" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1067" s="3"/>
       <c r="G1067" s="3"/>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" s="3">
         <v>1066</v>
       </c>
       <c r="B1068" s="3" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="C1068" s="3">
-        <v>20602710964</v>
+        <v>73577261</v>
       </c>
       <c r="D1068" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E1068" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E1068" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1068" s="3"/>
       <c r="G1068" s="3"/>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" s="3">
         <v>1067</v>
       </c>
       <c r="B1069" s="3" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="C1069" s="3">
-        <v>20533995501</v>
+        <v>80670639</v>
       </c>
       <c r="D1069" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1069" s="3" t="s">
-        <v>1540</v>
+        <v>19</v>
       </c>
       <c r="F1069" s="3"/>
       <c r="G1069" s="3"/>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" s="3">
         <v>1068</v>
       </c>
       <c r="B1070" s="3" t="s">
-        <v>1541</v>
-[...2 lines deleted...]
-        <v>18182981</v>
+        <v>1547</v>
+      </c>
+      <c r="C1070" s="3" t="s">
+        <v>1548</v>
       </c>
       <c r="D1070" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1070" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1070" s="3"/>
       <c r="F1070" s="3"/>
       <c r="G1070" s="3"/>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" s="3">
         <v>1069</v>
       </c>
       <c r="B1071" s="3" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="C1071" s="3" t="s">
-        <v>1543</v>
+        <v>1550</v>
       </c>
       <c r="D1071" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1071" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1071" s="3"/>
       <c r="G1071" s="3"/>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" s="3">
         <v>1070</v>
       </c>
       <c r="B1072" s="3" t="s">
-        <v>1544</v>
+        <v>1551</v>
       </c>
       <c r="C1072" s="3">
-        <v>76202558</v>
+        <v>71562688</v>
       </c>
       <c r="D1072" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1072" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1072" s="3"/>
       <c r="G1072" s="3"/>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" s="3">
         <v>1071</v>
       </c>
       <c r="B1073" s="3" t="s">
-        <v>1545</v>
+        <v>1552</v>
       </c>
       <c r="C1073" s="3">
-        <v>10425284695</v>
+        <v>10298700</v>
       </c>
       <c r="D1073" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1073" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1073" s="3"/>
       <c r="G1073" s="3"/>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" s="3">
         <v>1072</v>
       </c>
       <c r="B1074" s="3" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="C1074" s="3">
-        <v>10482126494</v>
+        <v>40751499</v>
       </c>
       <c r="D1074" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1074" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1074" s="3"/>
       <c r="G1074" s="3"/>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" s="3">
         <v>1073</v>
       </c>
       <c r="B1075" s="3" t="s">
-        <v>1547</v>
-[...2 lines deleted...]
-        <v>1548</v>
+        <v>1554</v>
+      </c>
+      <c r="C1075" s="3">
+        <v>44432251</v>
       </c>
       <c r="D1075" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1075" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1075" s="3"/>
       <c r="G1075" s="3"/>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" s="3">
         <v>1074</v>
       </c>
       <c r="B1076" s="3" t="s">
-        <v>1549</v>
-[...2 lines deleted...]
-        <v>45579958</v>
+        <v>1555</v>
+      </c>
+      <c r="C1076" s="3" t="s">
+        <v>1556</v>
       </c>
       <c r="D1076" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1076" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1076" s="3"/>
       <c r="G1076" s="3"/>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" s="3">
         <v>1075</v>
       </c>
       <c r="B1077" s="3" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-        <v>1551</v>
+        <v>1557</v>
+      </c>
+      <c r="C1077" s="3">
+        <v>46731736</v>
       </c>
       <c r="D1077" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1077" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1077" s="3"/>
       <c r="G1077" s="3"/>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" s="3">
         <v>1076</v>
       </c>
       <c r="B1078" s="3" t="s">
-        <v>1552</v>
-[...2 lines deleted...]
-        <v>1553</v>
+        <v>1558</v>
+      </c>
+      <c r="C1078" s="3">
+        <v>21526483</v>
       </c>
       <c r="D1078" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1078" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1078" s="3"/>
       <c r="G1078" s="3"/>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" s="3">
         <v>1077</v>
       </c>
       <c r="B1079" s="3" t="s">
-        <v>1554</v>
-[...2 lines deleted...]
-        <v>1555</v>
+        <v>1559</v>
+      </c>
+      <c r="C1079" s="3">
+        <v>18008471</v>
       </c>
       <c r="D1079" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1079" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1079" s="3"/>
       <c r="G1079" s="3"/>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" s="3">
         <v>1078</v>
       </c>
       <c r="B1080" s="3" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="C1080" s="3" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="D1080" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1080" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1080" s="3"/>
       <c r="G1080" s="3"/>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" s="3">
         <v>1079</v>
       </c>
       <c r="B1081" s="3" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="C1081" s="3">
-        <v>20455263051</v>
+        <v>16410972</v>
       </c>
       <c r="D1081" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1081" s="3" t="s">
-        <v>1559</v>
+        <v>19</v>
       </c>
       <c r="F1081" s="3"/>
       <c r="G1081" s="3"/>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" s="3">
         <v>1080</v>
       </c>
       <c r="B1082" s="3" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="C1082" s="3">
-        <v>10013208765</v>
+        <v>46745282</v>
       </c>
       <c r="D1082" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1082" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1082" s="3"/>
       <c r="G1082" s="3"/>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" s="3">
         <v>1081</v>
       </c>
       <c r="B1083" s="3" t="s">
-        <v>1561</v>
+        <v>1564</v>
       </c>
       <c r="C1083" s="3">
-        <v>28249294</v>
+        <v>15650495</v>
       </c>
       <c r="D1083" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1083" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1083" s="3"/>
       <c r="G1083" s="3"/>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" s="3">
         <v>1082</v>
       </c>
       <c r="B1084" s="3" t="s">
-        <v>1562</v>
+        <v>1565</v>
       </c>
       <c r="C1084" s="3">
-        <v>17947004</v>
+        <v>26688497</v>
       </c>
       <c r="D1084" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1084" s="3" t="s">
-        <v>19</v>
+        <v>1566</v>
       </c>
       <c r="F1084" s="3"/>
       <c r="G1084" s="3"/>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" s="3">
         <v>1083</v>
       </c>
       <c r="B1085" s="3" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>1567</v>
+      </c>
+      <c r="C1085" s="3">
+        <v>46108685</v>
       </c>
       <c r="D1085" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1085" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1085" s="3"/>
       <c r="G1085" s="3"/>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" s="3">
         <v>1084</v>
       </c>
       <c r="B1086" s="3" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="C1086" s="3">
-        <v>47116724</v>
+        <v>20009058</v>
       </c>
       <c r="D1086" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1086" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1086" s="3"/>
       <c r="G1086" s="3"/>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" s="3">
         <v>1085</v>
       </c>
       <c r="B1087" s="3" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="C1087" s="3">
-        <v>41417193</v>
+        <v>40907034</v>
       </c>
       <c r="D1087" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1087" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1087" s="3"/>
       <c r="G1087" s="3"/>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" s="3">
         <v>1086</v>
       </c>
       <c r="B1088" s="3" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="C1088" s="3">
-        <v>43810987</v>
+        <v>27576610</v>
       </c>
       <c r="D1088" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1088" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1088" s="3"/>
       <c r="G1088" s="3"/>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" s="3">
         <v>1087</v>
       </c>
       <c r="B1089" s="3" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="C1089" s="3">
-        <v>74852462</v>
+        <v>19915927</v>
       </c>
       <c r="D1089" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1089" s="3" t="s">
-        <v>19</v>
+        <v>1572</v>
       </c>
       <c r="F1089" s="3"/>
       <c r="G1089" s="3"/>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" s="3">
         <v>1088</v>
       </c>
       <c r="B1090" s="3" t="s">
-        <v>1569</v>
-[...2 lines deleted...]
-        <v>1570</v>
+        <v>1573</v>
+      </c>
+      <c r="C1090" s="3">
+        <v>71559127</v>
       </c>
       <c r="D1090" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1090" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1090" s="3"/>
       <c r="G1090" s="3"/>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" s="3">
         <v>1089</v>
       </c>
       <c r="B1091" s="3" t="s">
-        <v>1571</v>
-[...2 lines deleted...]
-        <v>21578449</v>
+        <v>1574</v>
+      </c>
+      <c r="C1091" s="3" t="s">
+        <v>1575</v>
       </c>
       <c r="D1091" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1091" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1091" s="3"/>
       <c r="G1091" s="3"/>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" s="3">
         <v>1090</v>
       </c>
       <c r="B1092" s="3" t="s">
-        <v>1572</v>
-[...2 lines deleted...]
-        <v>1573</v>
+        <v>1576</v>
+      </c>
+      <c r="C1092" s="3">
+        <v>42433454</v>
       </c>
       <c r="D1092" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1092" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1092" s="3"/>
       <c r="G1092" s="3"/>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" s="3">
         <v>1091</v>
       </c>
       <c r="B1093" s="3" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="C1093" s="3">
-        <v>45893593</v>
+        <v>40650781</v>
       </c>
       <c r="D1093" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1093" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1093" s="3"/>
       <c r="G1093" s="3"/>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" s="3">
         <v>1092</v>
       </c>
       <c r="B1094" s="3" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="C1094" s="3">
-        <v>70801039</v>
+        <v>10295972110</v>
       </c>
       <c r="D1094" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1094" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1094" s="3"/>
       <c r="G1094" s="3"/>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" s="3">
         <v>1093</v>
       </c>
       <c r="B1095" s="3" t="s">
-        <v>1576</v>
-[...2 lines deleted...]
-        <v>1577</v>
+        <v>1579</v>
+      </c>
+      <c r="C1095" s="3">
+        <v>41821423</v>
       </c>
       <c r="D1095" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1095" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1095" s="3"/>
       <c r="G1095" s="3"/>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" s="3">
         <v>1094</v>
       </c>
       <c r="B1096" s="3" t="s">
-        <v>1578</v>
-[...2 lines deleted...]
-        <v>70171861</v>
+        <v>1580</v>
+      </c>
+      <c r="C1096" s="3" t="s">
+        <v>1581</v>
       </c>
       <c r="D1096" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1096" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1096" s="3"/>
       <c r="F1096" s="3"/>
       <c r="G1096" s="3"/>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" s="3">
         <v>1095</v>
       </c>
       <c r="B1097" s="3" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="C1097" s="3">
-        <v>23831365</v>
+        <v>21455714</v>
       </c>
       <c r="D1097" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1097" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1097" s="3"/>
       <c r="G1097" s="3"/>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" s="3">
         <v>1096</v>
       </c>
       <c r="B1098" s="3" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="C1098" s="3">
-        <v>45199063</v>
+        <v>44735362</v>
       </c>
       <c r="D1098" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1098" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1098" s="3"/>
       <c r="G1098" s="3"/>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" s="3">
         <v>1097</v>
       </c>
       <c r="B1099" s="3" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="C1099" s="3">
-        <v>43432693</v>
+        <v>41659432</v>
       </c>
       <c r="D1099" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1099" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1099" s="3"/>
       <c r="G1099" s="3"/>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" s="3">
         <v>1098</v>
       </c>
       <c r="B1100" s="3" t="s">
-        <v>1582</v>
-[...2 lines deleted...]
-        <v>17540975</v>
+        <v>1585</v>
+      </c>
+      <c r="C1100" s="3" t="s">
+        <v>1586</v>
       </c>
       <c r="D1100" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1100" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1100" s="3"/>
       <c r="G1100" s="3"/>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" s="3">
         <v>1099</v>
       </c>
       <c r="B1101" s="3" t="s">
-        <v>1583</v>
-[...2 lines deleted...]
-        <v>19806265</v>
+        <v>1587</v>
+      </c>
+      <c r="C1101" s="3" t="s">
+        <v>1588</v>
       </c>
       <c r="D1101" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1101" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1101" s="3"/>
       <c r="G1101" s="3"/>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" s="3">
         <v>1100</v>
       </c>
       <c r="B1102" s="3" t="s">
-        <v>1584</v>
-[...2 lines deleted...]
-        <v>1585</v>
+        <v>1589</v>
+      </c>
+      <c r="C1102" s="3">
+        <v>70045777</v>
       </c>
       <c r="D1102" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1102" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1102" s="3"/>
       <c r="G1102" s="3"/>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" s="3">
         <v>1101</v>
       </c>
       <c r="B1103" s="3" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="C1103" s="3">
-        <v>23262553</v>
+        <v>32777171</v>
       </c>
       <c r="D1103" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1103" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1103" s="3"/>
       <c r="G1103" s="3"/>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" s="3">
         <v>1102</v>
       </c>
       <c r="B1104" s="3" t="s">
-        <v>1587</v>
-[...2 lines deleted...]
-        <v>29260867</v>
+        <v>1591</v>
+      </c>
+      <c r="C1104" s="3" t="s">
+        <v>1592</v>
       </c>
       <c r="D1104" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1104" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1104" s="3"/>
       <c r="G1104" s="3"/>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" s="3">
         <v>1103</v>
       </c>
       <c r="B1105" s="3" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
       <c r="C1105" s="3">
-        <v>20477183761</v>
+        <v>20393233622</v>
       </c>
       <c r="D1105" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1105" s="3" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="F1105" s="3"/>
       <c r="G1105" s="3"/>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" s="3">
         <v>1104</v>
       </c>
       <c r="B1106" s="3" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="C1106" s="3">
-        <v>21439393</v>
+        <v>20501881750</v>
       </c>
       <c r="D1106" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1106" s="3" t="s">
-        <v>19</v>
+        <v>1596</v>
       </c>
       <c r="F1106" s="3"/>
       <c r="G1106" s="3"/>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" s="3">
         <v>1105</v>
       </c>
       <c r="B1107" s="3" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="C1107" s="3">
-        <v>22464484</v>
+        <v>40068588</v>
       </c>
       <c r="D1107" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1107" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1107" s="3"/>
       <c r="G1107" s="3"/>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" s="3">
         <v>1106</v>
       </c>
       <c r="B1108" s="3" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="C1108" s="3">
-        <v>29570796</v>
+        <v>42510824</v>
       </c>
       <c r="D1108" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1108" s="3" t="s">
-        <v>1593</v>
+        <v>19</v>
       </c>
       <c r="F1108" s="3"/>
       <c r="G1108" s="3"/>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" s="3">
         <v>1107</v>
       </c>
       <c r="B1109" s="3" t="s">
-        <v>1594</v>
+        <v>1599</v>
       </c>
       <c r="C1109" s="3">
-        <v>22418205</v>
+        <v>40591201</v>
       </c>
       <c r="D1109" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1109" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1109" s="3"/>
       <c r="G1109" s="3"/>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" s="3">
         <v>1108</v>
       </c>
       <c r="B1110" s="3" t="s">
-        <v>1595</v>
+        <v>1600</v>
       </c>
       <c r="C1110" s="3">
-        <v>23943979</v>
+        <v>20602710964</v>
       </c>
       <c r="D1110" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E1110" s="3"/>
       <c r="F1110" s="3"/>
       <c r="G1110" s="3"/>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" s="3">
         <v>1109</v>
       </c>
       <c r="B1111" s="3" t="s">
-        <v>1596</v>
+        <v>1601</v>
       </c>
       <c r="C1111" s="3">
-        <v>44386887</v>
+        <v>20533995501</v>
       </c>
       <c r="D1111" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1111" s="3" t="s">
-        <v>19</v>
+        <v>1602</v>
       </c>
       <c r="F1111" s="3"/>
       <c r="G1111" s="3"/>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" s="3">
         <v>1110</v>
       </c>
       <c r="B1112" s="3" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="C1112" s="3">
-        <v>47714151</v>
+        <v>18182981</v>
       </c>
       <c r="D1112" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1112" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1112" s="3"/>
       <c r="G1112" s="3"/>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" s="3">
         <v>1111</v>
       </c>
       <c r="B1113" s="3" t="s">
-        <v>1598</v>
-[...2 lines deleted...]
-        <v>23951664</v>
+        <v>1604</v>
+      </c>
+      <c r="C1113" s="3" t="s">
+        <v>1605</v>
       </c>
       <c r="D1113" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1113" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1113" s="3"/>
       <c r="G1113" s="3"/>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" s="3">
         <v>1112</v>
       </c>
       <c r="B1114" s="3" t="s">
-        <v>1599</v>
+        <v>1606</v>
       </c>
       <c r="C1114" s="3">
-        <v>18161030</v>
+        <v>76202558</v>
       </c>
       <c r="D1114" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1114" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1114" s="3"/>
       <c r="G1114" s="3"/>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" s="3">
         <v>1113</v>
       </c>
       <c r="B1115" s="3" t="s">
-        <v>1600</v>
+        <v>1607</v>
       </c>
       <c r="C1115" s="3">
-        <v>70618554</v>
+        <v>10425284695</v>
       </c>
       <c r="D1115" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1115" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1115" s="3"/>
       <c r="G1115" s="3"/>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" s="3">
         <v>1114</v>
       </c>
       <c r="B1116" s="3" t="s">
-        <v>1601</v>
+        <v>1608</v>
       </c>
       <c r="C1116" s="3">
-        <v>40052129</v>
+        <v>10482126494</v>
       </c>
       <c r="D1116" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1116" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1116" s="3"/>
       <c r="G1116" s="3"/>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" s="3">
         <v>1115</v>
       </c>
       <c r="B1117" s="3" t="s">
-        <v>1602</v>
-[...2 lines deleted...]
-        <v>76248255</v>
+        <v>1609</v>
+      </c>
+      <c r="C1117" s="3" t="s">
+        <v>1610</v>
       </c>
       <c r="D1117" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1117" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1117" s="3"/>
       <c r="G1117" s="3"/>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" s="3">
         <v>1116</v>
       </c>
       <c r="B1118" s="3" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="C1118" s="3">
-        <v>16736627</v>
+        <v>45579958</v>
       </c>
       <c r="D1118" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1118" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1118" s="3"/>
       <c r="G1118" s="3"/>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" s="3">
         <v>1117</v>
       </c>
       <c r="B1119" s="3" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="C1119" s="3" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="D1119" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1119" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1119" s="3"/>
       <c r="G1119" s="3"/>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" s="3">
         <v>1118</v>
       </c>
       <c r="B1120" s="3" t="s">
-        <v>1606</v>
-[...2 lines deleted...]
-        <v>41097461</v>
+        <v>1614</v>
+      </c>
+      <c r="C1120" s="3" t="s">
+        <v>1615</v>
       </c>
       <c r="D1120" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1120" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1120" s="3"/>
       <c r="G1120" s="3"/>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" s="3">
         <v>1119</v>
       </c>
       <c r="B1121" s="3" t="s">
-        <v>1607</v>
-[...2 lines deleted...]
-        <v>88860962</v>
+        <v>1616</v>
+      </c>
+      <c r="C1121" s="3" t="s">
+        <v>1617</v>
       </c>
       <c r="D1121" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1121" s="3" t="s">
-        <v>1608</v>
+        <v>19</v>
       </c>
       <c r="F1121" s="3"/>
       <c r="G1121" s="3"/>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" s="3">
         <v>1120</v>
       </c>
       <c r="B1122" s="3" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-        <v>43715181</v>
+        <v>1618</v>
+      </c>
+      <c r="C1122" s="3" t="s">
+        <v>1619</v>
       </c>
       <c r="D1122" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1122" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1122" s="3"/>
       <c r="G1122" s="3"/>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" s="3">
         <v>1121</v>
       </c>
       <c r="B1123" s="3" t="s">
-        <v>1610</v>
+        <v>1620</v>
       </c>
       <c r="C1123" s="3">
-        <v>47150697</v>
+        <v>20455263051</v>
       </c>
       <c r="D1123" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1123" s="3" t="s">
-        <v>19</v>
+        <v>1621</v>
       </c>
       <c r="F1123" s="3"/>
       <c r="G1123" s="3"/>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" s="3">
         <v>1122</v>
       </c>
       <c r="B1124" s="3" t="s">
-        <v>1611</v>
+        <v>1622</v>
       </c>
       <c r="C1124" s="3">
-        <v>10094348876</v>
+        <v>10013208765</v>
       </c>
       <c r="D1124" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1124" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F1124" s="3"/>
       <c r="G1124" s="3"/>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" s="3">
         <v>1123</v>
       </c>
       <c r="B1125" s="3" t="s">
-        <v>1612</v>
-[...2 lines deleted...]
-        <v>1613</v>
+        <v>1623</v>
+      </c>
+      <c r="C1125" s="3">
+        <v>28249294</v>
       </c>
       <c r="D1125" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1125" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1125" s="3"/>
       <c r="G1125" s="3"/>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" s="3">
         <v>1124</v>
       </c>
       <c r="B1126" s="3" t="s">
-        <v>1614</v>
+        <v>1624</v>
       </c>
       <c r="C1126" s="3">
-        <v>41658769</v>
+        <v>17947004</v>
       </c>
       <c r="D1126" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1126" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1126" s="3"/>
       <c r="G1126" s="3"/>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" s="3">
         <v>1125</v>
       </c>
       <c r="B1127" s="3" t="s">
-        <v>1615</v>
-[...2 lines deleted...]
-        <v>72531782</v>
+        <v>1625</v>
+      </c>
+      <c r="C1127" s="3" t="s">
+        <v>1626</v>
       </c>
       <c r="D1127" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1127" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1127" s="3"/>
       <c r="G1127" s="3"/>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" s="3">
         <v>1126</v>
       </c>
       <c r="B1128" s="3" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
       <c r="C1128" s="3">
-        <v>16418372</v>
+        <v>47116724</v>
       </c>
       <c r="D1128" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1128" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1128" s="3"/>
       <c r="G1128" s="3"/>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" s="3">
         <v>1127</v>
       </c>
       <c r="B1129" s="3" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-        <v>1618</v>
+        <v>1628</v>
+      </c>
+      <c r="C1129" s="3">
+        <v>41417193</v>
       </c>
       <c r="D1129" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1129" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1129" s="3"/>
       <c r="G1129" s="3"/>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" s="3">
         <v>1128</v>
       </c>
       <c r="B1130" s="3" t="s">
-        <v>1619</v>
+        <v>1629</v>
       </c>
       <c r="C1130" s="3">
-        <v>22291702</v>
+        <v>43810987</v>
       </c>
       <c r="D1130" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1130" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1130" s="3"/>
       <c r="G1130" s="3"/>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" s="3">
         <v>1129</v>
       </c>
       <c r="B1131" s="3" t="s">
-        <v>1620</v>
+        <v>1630</v>
       </c>
       <c r="C1131" s="3">
-        <v>20027797</v>
+        <v>74852462</v>
       </c>
       <c r="D1131" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1131" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1131" s="3"/>
       <c r="G1131" s="3"/>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" s="3">
         <v>1130</v>
       </c>
       <c r="B1132" s="3" t="s">
-        <v>1621</v>
+        <v>1631</v>
       </c>
       <c r="C1132" s="3">
-        <v>40642340</v>
+        <v>20512685391</v>
       </c>
       <c r="D1132" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1132" s="3" t="s">
-        <v>19</v>
+        <v>1632</v>
       </c>
       <c r="F1132" s="3"/>
       <c r="G1132" s="3"/>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" s="3">
         <v>1131</v>
       </c>
       <c r="B1133" s="3" t="s">
-        <v>1622</v>
-[...2 lines deleted...]
-        <v>17905993</v>
+        <v>1633</v>
+      </c>
+      <c r="C1133" s="3" t="s">
+        <v>1634</v>
       </c>
       <c r="D1133" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1133" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1133" s="3"/>
       <c r="G1133" s="3"/>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" s="3">
         <v>1132</v>
       </c>
       <c r="B1134" s="3" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="C1134" s="3">
-        <v>28577137</v>
+        <v>21578449</v>
       </c>
       <c r="D1134" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1134" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1134" s="3"/>
       <c r="G1134" s="3"/>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" s="3">
         <v>1133</v>
       </c>
       <c r="B1135" s="3" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="C1135" s="3">
-        <v>18846232</v>
+        <v>30833699</v>
       </c>
       <c r="D1135" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1135" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1135" s="3"/>
       <c r="G1135" s="3"/>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" s="3">
         <v>1134</v>
       </c>
       <c r="B1136" s="3" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="C1136" s="3" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="D1136" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1136" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1136" s="3"/>
       <c r="G1136" s="3"/>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" s="3">
         <v>1135</v>
       </c>
       <c r="B1137" s="3" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>1628</v>
+        <v>1639</v>
+      </c>
+      <c r="C1137" s="3">
+        <v>45893593</v>
       </c>
       <c r="D1137" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1137" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1137" s="3"/>
       <c r="G1137" s="3"/>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" s="3">
         <v>1136</v>
       </c>
       <c r="B1138" s="3" t="s">
-        <v>1629</v>
-[...2 lines deleted...]
-        <v>1630</v>
+        <v>1640</v>
+      </c>
+      <c r="C1138" s="3">
+        <v>70801039</v>
       </c>
       <c r="D1138" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1138" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1138" s="3"/>
       <c r="G1138" s="3"/>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" s="3">
         <v>1137</v>
       </c>
       <c r="B1139" s="3" t="s">
-        <v>1631</v>
-[...2 lines deleted...]
-        <v>30429970</v>
+        <v>1641</v>
+      </c>
+      <c r="C1139" s="3" t="s">
+        <v>1642</v>
       </c>
       <c r="D1139" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1139" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1139" s="3"/>
       <c r="G1139" s="3"/>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" s="3">
         <v>1138</v>
       </c>
       <c r="B1140" s="3" t="s">
-        <v>1632</v>
+        <v>1643</v>
       </c>
       <c r="C1140" s="3">
-        <v>47850984</v>
+        <v>70171861</v>
       </c>
       <c r="D1140" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1140" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1140" s="3"/>
       <c r="G1140" s="3"/>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" s="3">
         <v>1139</v>
       </c>
       <c r="B1141" s="3" t="s">
-        <v>1633</v>
-[...2 lines deleted...]
-        <v>1634</v>
+        <v>1644</v>
+      </c>
+      <c r="C1141" s="3">
+        <v>23831365</v>
       </c>
       <c r="D1141" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1141" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1141" s="3"/>
       <c r="G1141" s="3"/>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" s="3">
         <v>1140</v>
       </c>
       <c r="B1142" s="3" t="s">
-        <v>1635</v>
+        <v>1645</v>
       </c>
       <c r="C1142" s="3">
-        <v>70065485</v>
+        <v>45199063</v>
       </c>
       <c r="D1142" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1142" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1142" s="3"/>
       <c r="G1142" s="3"/>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" s="3">
         <v>1141</v>
       </c>
       <c r="B1143" s="3" t="s">
-        <v>1636</v>
-[...2 lines deleted...]
-        <v>1637</v>
+        <v>1646</v>
+      </c>
+      <c r="C1143" s="3">
+        <v>43432693</v>
       </c>
       <c r="D1143" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1143" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1143" s="3"/>
       <c r="G1143" s="3"/>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" s="3">
         <v>1142</v>
       </c>
       <c r="B1144" s="3" t="s">
-        <v>1638</v>
+        <v>1647</v>
       </c>
       <c r="C1144" s="3">
-        <v>71574451</v>
+        <v>17540975</v>
       </c>
       <c r="D1144" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1144" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1144" s="3"/>
       <c r="G1144" s="3"/>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" s="3">
         <v>1143</v>
       </c>
       <c r="B1145" s="3" t="s">
-        <v>1639</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>1648</v>
+      </c>
+      <c r="C1145" s="3">
+        <v>19806265</v>
       </c>
       <c r="D1145" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1145" s="3"/>
+      <c r="E1145" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1145" s="3"/>
       <c r="G1145" s="3"/>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" s="3">
         <v>1144</v>
       </c>
       <c r="B1146" s="3" t="s">
-        <v>1641</v>
-[...2 lines deleted...]
-        <v>17803473</v>
+        <v>1649</v>
+      </c>
+      <c r="C1146" s="3" t="s">
+        <v>1650</v>
       </c>
       <c r="D1146" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1146" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1146" s="3"/>
       <c r="G1146" s="3"/>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" s="3">
         <v>1145</v>
       </c>
       <c r="B1147" s="3" t="s">
-        <v>1642</v>
+        <v>1651</v>
       </c>
       <c r="C1147" s="3">
-        <v>45447807</v>
+        <v>23262553</v>
       </c>
       <c r="D1147" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1147" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1147" s="3"/>
       <c r="G1147" s="3"/>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" s="3">
         <v>1146</v>
       </c>
       <c r="B1148" s="3" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>1644</v>
+        <v>1652</v>
+      </c>
+      <c r="C1148" s="3">
+        <v>29260867</v>
       </c>
       <c r="D1148" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1148" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1148" s="3"/>
       <c r="G1148" s="3"/>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" s="3">
         <v>1147</v>
       </c>
       <c r="B1149" s="3" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="C1149" s="3">
-        <v>20495795439</v>
+        <v>20477183761</v>
       </c>
       <c r="D1149" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1149" s="3" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="F1149" s="3"/>
       <c r="G1149" s="3"/>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" s="3">
         <v>1148</v>
       </c>
       <c r="B1150" s="3" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="C1150" s="3">
-        <v>74301974</v>
+        <v>21439393</v>
       </c>
       <c r="D1150" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1150" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1150" s="3"/>
       <c r="G1150" s="3"/>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" s="3">
         <v>1149</v>
       </c>
       <c r="B1151" s="3" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
       <c r="C1151" s="3">
-        <v>23854089</v>
+        <v>22464484</v>
       </c>
       <c r="D1151" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1151" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1151" s="3"/>
       <c r="G1151" s="3"/>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" s="3">
         <v>1150</v>
       </c>
       <c r="B1152" s="3" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="C1152" s="3">
-        <v>10178484953</v>
+        <v>29570796</v>
       </c>
       <c r="D1152" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1152" s="3" t="s">
-        <v>24</v>
+        <v>1658</v>
       </c>
       <c r="F1152" s="3"/>
       <c r="G1152" s="3"/>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" s="3">
         <v>1151</v>
       </c>
       <c r="B1153" s="3" t="s">
-        <v>1650</v>
+        <v>1659</v>
       </c>
       <c r="C1153" s="3">
-        <v>10000569793</v>
+        <v>22418205</v>
       </c>
       <c r="D1153" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1153" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1153" s="3"/>
       <c r="G1153" s="3"/>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" s="3">
         <v>1152</v>
       </c>
       <c r="B1154" s="3" t="s">
-        <v>1651</v>
+        <v>1660</v>
       </c>
       <c r="C1154" s="3">
-        <v>75512671</v>
+        <v>40087260</v>
       </c>
       <c r="D1154" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1154" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1154" s="3"/>
       <c r="G1154" s="3"/>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" s="3">
         <v>1153</v>
       </c>
       <c r="B1155" s="3" t="s">
-        <v>1652</v>
+        <v>1661</v>
       </c>
       <c r="C1155" s="3">
-        <v>44739272</v>
+        <v>23943979</v>
       </c>
       <c r="D1155" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1155" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1155" s="3"/>
       <c r="G1155" s="3"/>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" s="3">
         <v>1154</v>
       </c>
       <c r="B1156" s="3" t="s">
-        <v>1653</v>
+        <v>1662</v>
       </c>
       <c r="C1156" s="3">
-        <v>47040925</v>
+        <v>44386887</v>
       </c>
       <c r="D1156" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1156" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1156" s="3"/>
       <c r="G1156" s="3"/>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" s="3">
         <v>1155</v>
       </c>
       <c r="B1157" s="3" t="s">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="C1157" s="3">
-        <v>10180723141</v>
+        <v>47714151</v>
       </c>
       <c r="D1157" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1157" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1157" s="3"/>
       <c r="G1157" s="3"/>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" s="3">
         <v>1156</v>
       </c>
       <c r="B1158" s="3" t="s">
-        <v>1655</v>
-[...2 lines deleted...]
-        <v>1656</v>
+        <v>1664</v>
+      </c>
+      <c r="C1158" s="3">
+        <v>23951664</v>
       </c>
       <c r="D1158" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1158" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1158" s="3"/>
       <c r="G1158" s="3"/>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" s="3">
         <v>1157</v>
       </c>
       <c r="B1159" s="3" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-        <v>1658</v>
+        <v>1665</v>
+      </c>
+      <c r="C1159" s="3">
+        <v>18161030</v>
       </c>
       <c r="D1159" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1159" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1159" s="3"/>
       <c r="G1159" s="3"/>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" s="3">
         <v>1158</v>
       </c>
       <c r="B1160" s="3" t="s">
-        <v>1659</v>
+        <v>1666</v>
       </c>
       <c r="C1160" s="3">
-        <v>40343388</v>
+        <v>70618554</v>
       </c>
       <c r="D1160" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1160" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1160" s="3"/>
       <c r="G1160" s="3"/>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" s="3">
         <v>1159</v>
       </c>
       <c r="B1161" s="3" t="s">
-        <v>1660</v>
-[...2 lines deleted...]
-        <v>1661</v>
+        <v>1667</v>
+      </c>
+      <c r="C1161" s="3">
+        <v>40052129</v>
       </c>
       <c r="D1161" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1161" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1161" s="3"/>
       <c r="G1161" s="3"/>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" s="3">
         <v>1160</v>
       </c>
       <c r="B1162" s="3" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="C1162" s="3">
-        <v>10211427367</v>
+        <v>76248255</v>
       </c>
       <c r="D1162" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1162" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1162" s="3"/>
       <c r="G1162" s="3"/>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" s="3">
         <v>1161</v>
       </c>
       <c r="B1163" s="3" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="C1163" s="3">
-        <v>71221277</v>
+        <v>16736627</v>
       </c>
       <c r="D1163" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1163" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1163" s="3"/>
       <c r="G1163" s="3"/>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" s="3">
         <v>1162</v>
       </c>
       <c r="B1164" s="3" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="C1164" s="3" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="D1164" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1164" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1164" s="3"/>
       <c r="G1164" s="3"/>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" s="3">
         <v>1163</v>
       </c>
       <c r="B1165" s="3" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="C1165" s="3">
-        <v>21409685</v>
+        <v>41097461</v>
       </c>
       <c r="D1165" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1165" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1165" s="3"/>
       <c r="G1165" s="3"/>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" s="3">
         <v>1164</v>
       </c>
       <c r="B1166" s="3" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="C1166" s="3">
-        <v>29633731</v>
+        <v>88860962</v>
       </c>
       <c r="D1166" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1166" s="3" t="s">
-        <v>19</v>
+        <v>1674</v>
       </c>
       <c r="F1166" s="3"/>
       <c r="G1166" s="3"/>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" s="3">
         <v>1165</v>
       </c>
       <c r="B1167" s="3" t="s">
-        <v>1668</v>
+        <v>1675</v>
       </c>
       <c r="C1167" s="3">
-        <v>42562483</v>
+        <v>43715181</v>
       </c>
       <c r="D1167" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1167" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1167" s="3"/>
       <c r="G1167" s="3"/>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" s="3">
         <v>1166</v>
       </c>
       <c r="B1168" s="3" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="C1168" s="3">
-        <v>41101639</v>
+        <v>47150697</v>
       </c>
       <c r="D1168" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1168" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1168" s="3"/>
       <c r="G1168" s="3"/>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" s="3">
         <v>1167</v>
       </c>
       <c r="B1169" s="3" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="C1169" s="3">
-        <v>80288022</v>
+        <v>10094348876</v>
       </c>
       <c r="D1169" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1169" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1169" s="3"/>
       <c r="G1169" s="3"/>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" s="3">
         <v>1168</v>
       </c>
       <c r="B1170" s="3" t="s">
-        <v>1671</v>
-[...2 lines deleted...]
-        <v>20612570290</v>
+        <v>1678</v>
+      </c>
+      <c r="C1170" s="3" t="s">
+        <v>1679</v>
       </c>
       <c r="D1170" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1170" s="3" t="s">
-        <v>1672</v>
+        <v>19</v>
       </c>
       <c r="F1170" s="3"/>
       <c r="G1170" s="3"/>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" s="3">
         <v>1169</v>
       </c>
       <c r="B1171" s="3" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
       <c r="C1171" s="3">
-        <v>19324373</v>
+        <v>41658769</v>
       </c>
       <c r="D1171" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1171" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1171" s="3"/>
       <c r="G1171" s="3"/>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" s="3">
         <v>1170</v>
       </c>
       <c r="B1172" s="3" t="s">
-        <v>1674</v>
+        <v>1681</v>
       </c>
       <c r="C1172" s="3">
-        <v>40179534</v>
+        <v>40727946</v>
       </c>
       <c r="D1172" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1172" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1172" s="3"/>
       <c r="G1172" s="3"/>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" s="3">
         <v>1171</v>
       </c>
       <c r="B1173" s="3" t="s">
-        <v>1675</v>
+        <v>1682</v>
       </c>
       <c r="C1173" s="3">
-        <v>42612567</v>
+        <v>72531782</v>
       </c>
       <c r="D1173" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1173" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1173" s="3"/>
       <c r="G1173" s="3"/>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" s="3">
         <v>1172</v>
       </c>
       <c r="B1174" s="3" t="s">
-        <v>1676</v>
+        <v>1683</v>
       </c>
       <c r="C1174" s="3">
-        <v>44241896</v>
+        <v>16418372</v>
       </c>
       <c r="D1174" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1174" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1174" s="3"/>
       <c r="G1174" s="3"/>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" s="3">
         <v>1173</v>
       </c>
       <c r="B1175" s="3" t="s">
-        <v>1677</v>
-[...2 lines deleted...]
-        <v>31177090</v>
+        <v>1684</v>
+      </c>
+      <c r="C1175" s="3" t="s">
+        <v>1685</v>
       </c>
       <c r="D1175" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1175" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1175" s="3"/>
       <c r="G1175" s="3"/>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" s="3">
         <v>1174</v>
       </c>
       <c r="B1176" s="3" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="C1176" s="3">
-        <v>20555295406</v>
+        <v>22291702</v>
       </c>
       <c r="D1176" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1176" s="3" t="s">
-        <v>1679</v>
+        <v>19</v>
       </c>
       <c r="F1176" s="3"/>
       <c r="G1176" s="3"/>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" s="3">
         <v>1175</v>
       </c>
       <c r="B1177" s="3" t="s">
-        <v>1680</v>
+        <v>1687</v>
       </c>
       <c r="C1177" s="3">
-        <v>20457820004</v>
+        <v>20027797</v>
       </c>
       <c r="D1177" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1177" s="3" t="s">
-        <v>1681</v>
+        <v>19</v>
       </c>
       <c r="F1177" s="3"/>
       <c r="G1177" s="3"/>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" s="3">
         <v>1176</v>
       </c>
       <c r="B1178" s="3" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="C1178" s="3">
-        <v>20536126440</v>
+        <v>40642340</v>
       </c>
       <c r="D1178" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1178" s="3" t="s">
-        <v>1683</v>
+        <v>19</v>
       </c>
       <c r="F1178" s="3"/>
       <c r="G1178" s="3"/>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" s="3">
         <v>1177</v>
       </c>
       <c r="B1179" s="3" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="C1179" s="3">
-        <v>20131372931</v>
+        <v>18858304</v>
       </c>
       <c r="D1179" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1179" s="3" t="s">
-        <v>1685</v>
+        <v>19</v>
       </c>
       <c r="F1179" s="3"/>
       <c r="G1179" s="3"/>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" s="3">
         <v>1178</v>
       </c>
       <c r="B1180" s="3" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="C1180" s="3">
-        <v>20208128184</v>
+        <v>17905993</v>
       </c>
       <c r="D1180" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1180" s="3" t="s">
-        <v>1687</v>
+        <v>19</v>
       </c>
       <c r="F1180" s="3"/>
       <c r="G1180" s="3"/>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" s="3">
         <v>1179</v>
       </c>
       <c r="B1181" s="3" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1181" s="3">
-        <v>20131368829</v>
+        <v>28577137</v>
       </c>
       <c r="D1181" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1181" s="3" t="s">
-        <v>1689</v>
+        <v>19</v>
       </c>
       <c r="F1181" s="3"/>
       <c r="G1181" s="3"/>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" s="3">
         <v>1180</v>
       </c>
       <c r="B1182" s="3" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="C1182" s="3">
-        <v>20131371617</v>
+        <v>18846232</v>
       </c>
       <c r="D1182" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1182" s="3" t="s">
-        <v>1691</v>
+        <v>19</v>
       </c>
       <c r="F1182" s="3"/>
       <c r="G1182" s="3"/>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" s="3">
         <v>1181</v>
       </c>
       <c r="B1183" s="3" t="s">
-        <v>1692</v>
-[...2 lines deleted...]
-        <v>20336951527</v>
+        <v>1693</v>
+      </c>
+      <c r="C1183" s="3" t="s">
+        <v>1694</v>
       </c>
       <c r="D1183" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1183" s="3" t="s">
-        <v>1693</v>
+        <v>19</v>
       </c>
       <c r="F1183" s="3"/>
       <c r="G1183" s="3"/>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" s="3">
         <v>1182</v>
       </c>
       <c r="B1184" s="3" t="s">
-        <v>1694</v>
-[...2 lines deleted...]
-        <v>20131370301</v>
+        <v>1695</v>
+      </c>
+      <c r="C1184" s="3" t="s">
+        <v>1696</v>
       </c>
       <c r="D1184" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E1184" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E1184" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1184" s="3"/>
       <c r="G1184" s="3"/>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" s="3">
         <v>1183</v>
       </c>
       <c r="B1185" s="3" t="s">
-        <v>1695</v>
-[...2 lines deleted...]
-        <v>22474661</v>
+        <v>1697</v>
+      </c>
+      <c r="C1185" s="3" t="s">
+        <v>1698</v>
       </c>
       <c r="D1185" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1185" s="3" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="F1185" s="3"/>
       <c r="G1185" s="3"/>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" s="3">
         <v>1184</v>
       </c>
       <c r="B1186" s="3" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="C1186" s="3">
-        <v>71631910</v>
+        <v>30429970</v>
       </c>
       <c r="D1186" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1186" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1186" s="3"/>
       <c r="G1186" s="3"/>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" s="3">
         <v>1185</v>
       </c>
       <c r="B1187" s="3" t="s">
-        <v>1697</v>
+        <v>1700</v>
       </c>
       <c r="C1187" s="3">
-        <v>23925962</v>
+        <v>47850984</v>
       </c>
       <c r="D1187" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1187" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1187" s="3"/>
       <c r="G1187" s="3"/>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" s="3">
         <v>1186</v>
       </c>
       <c r="B1188" s="3" t="s">
-        <v>1698</v>
-[...2 lines deleted...]
-        <v>40373667</v>
+        <v>1701</v>
+      </c>
+      <c r="C1188" s="3" t="s">
+        <v>1702</v>
       </c>
       <c r="D1188" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1188" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1188" s="3"/>
       <c r="G1188" s="3"/>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" s="3">
         <v>1187</v>
       </c>
       <c r="B1189" s="3" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="C1189" s="3">
-        <v>47146948</v>
+        <v>70065485</v>
       </c>
       <c r="D1189" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1189" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1189" s="3"/>
       <c r="G1189" s="3"/>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" s="3">
         <v>1188</v>
       </c>
       <c r="B1190" s="3" t="s">
-        <v>1700</v>
-[...2 lines deleted...]
-        <v>10308222921</v>
+        <v>1704</v>
+      </c>
+      <c r="C1190" s="3" t="s">
+        <v>1705</v>
       </c>
       <c r="D1190" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1190" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1190" s="3"/>
       <c r="G1190" s="3"/>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" s="3">
         <v>1189</v>
       </c>
       <c r="B1191" s="3" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="C1191" s="3">
-        <v>28316181</v>
+        <v>71574451</v>
       </c>
       <c r="D1191" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1191" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1191" s="3"/>
       <c r="G1191" s="3"/>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" s="3">
         <v>1190</v>
       </c>
       <c r="B1192" s="3" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="C1192" s="3" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="D1192" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1192" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1192" s="3"/>
       <c r="F1192" s="3"/>
       <c r="G1192" s="3"/>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" s="3">
         <v>1191</v>
       </c>
       <c r="B1193" s="3" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="C1193" s="3">
-        <v>10283082691</v>
+        <v>17803473</v>
       </c>
       <c r="D1193" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1193" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1193" s="3"/>
       <c r="G1193" s="3"/>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" s="3">
         <v>1192</v>
       </c>
       <c r="B1194" s="3" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="C1194" s="3">
-        <v>72874687</v>
+        <v>45447807</v>
       </c>
       <c r="D1194" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1194" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1194" s="3"/>
       <c r="G1194" s="3"/>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" s="3">
         <v>1193</v>
       </c>
       <c r="B1195" s="3" t="s">
-        <v>1706</v>
-[...2 lines deleted...]
-        <v>10416578481</v>
+        <v>1711</v>
+      </c>
+      <c r="C1195" s="3" t="s">
+        <v>1712</v>
       </c>
       <c r="D1195" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1195" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1195" s="3"/>
       <c r="G1195" s="3"/>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" s="3">
         <v>1194</v>
       </c>
       <c r="B1196" s="3" t="s">
-        <v>1707</v>
+        <v>1713</v>
       </c>
       <c r="C1196" s="3">
-        <v>10166896237</v>
+        <v>20495795439</v>
       </c>
       <c r="D1196" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1196" s="3" t="s">
-        <v>24</v>
+        <v>1714</v>
       </c>
       <c r="F1196" s="3"/>
       <c r="G1196" s="3"/>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" s="3">
         <v>1195</v>
       </c>
       <c r="B1197" s="3" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="C1197" s="3">
-        <v>10053728656</v>
+        <v>74301974</v>
       </c>
       <c r="D1197" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1197" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1197" s="3"/>
       <c r="G1197" s="3"/>
     </row>
     <row r="1198" spans="1:7">
       <c r="A1198" s="3">
         <v>1196</v>
       </c>
       <c r="B1198" s="3" t="s">
-        <v>1709</v>
+        <v>1716</v>
       </c>
       <c r="C1198" s="3">
-        <v>20100045517</v>
+        <v>23854089</v>
       </c>
       <c r="D1198" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1198" s="3" t="s">
-        <v>1710</v>
+        <v>19</v>
       </c>
       <c r="F1198" s="3"/>
       <c r="G1198" s="3"/>
     </row>
     <row r="1199" spans="1:7">
       <c r="A1199" s="3">
         <v>1197</v>
       </c>
       <c r="B1199" s="3" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="C1199" s="3">
-        <v>10468482962</v>
+        <v>10178484953</v>
       </c>
       <c r="D1199" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1199" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F1199" s="3"/>
       <c r="G1199" s="3"/>
     </row>
     <row r="1200" spans="1:7">
       <c r="A1200" s="3">
         <v>1198</v>
       </c>
       <c r="B1200" s="3" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="C1200" s="3">
-        <v>20601729033</v>
+        <v>10000569793</v>
       </c>
       <c r="D1200" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1200" s="3" t="s">
-        <v>1713</v>
+        <v>24</v>
       </c>
       <c r="F1200" s="3"/>
       <c r="G1200" s="3"/>
     </row>
     <row r="1201" spans="1:7">
       <c r="A1201" s="3">
         <v>1199</v>
       </c>
       <c r="B1201" s="3" t="s">
-        <v>1714</v>
+        <v>1719</v>
       </c>
       <c r="C1201" s="3">
-        <v>20607283070</v>
+        <v>75512671</v>
       </c>
       <c r="D1201" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1201" s="3" t="s">
-        <v>1715</v>
+        <v>19</v>
       </c>
       <c r="F1201" s="3"/>
       <c r="G1201" s="3"/>
     </row>
     <row r="1202" spans="1:7">
       <c r="A1202" s="3">
         <v>1200</v>
       </c>
       <c r="B1202" s="3" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="C1202" s="3">
-        <v>20542855071</v>
+        <v>44739272</v>
       </c>
       <c r="D1202" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1202" s="3" t="s">
-        <v>1717</v>
+        <v>19</v>
       </c>
       <c r="F1202" s="3"/>
       <c r="G1202" s="3"/>
     </row>
     <row r="1203" spans="1:7">
       <c r="A1203" s="3">
         <v>1201</v>
       </c>
       <c r="B1203" s="3" t="s">
-        <v>1718</v>
+        <v>1721</v>
       </c>
       <c r="C1203" s="3">
-        <v>20603706936</v>
+        <v>47040925</v>
       </c>
       <c r="D1203" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1203" s="3" t="s">
-        <v>1719</v>
+        <v>19</v>
       </c>
       <c r="F1203" s="3"/>
       <c r="G1203" s="3"/>
     </row>
     <row r="1204" spans="1:7">
       <c r="A1204" s="3">
         <v>1202</v>
       </c>
       <c r="B1204" s="3" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="C1204" s="3">
-        <v>20608636782</v>
+        <v>10180723141</v>
       </c>
       <c r="D1204" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1204" s="3" t="s">
-        <v>1721</v>
+        <v>24</v>
       </c>
       <c r="F1204" s="3"/>
       <c r="G1204" s="3"/>
     </row>
     <row r="1205" spans="1:7">
       <c r="A1205" s="3">
         <v>1203</v>
       </c>
       <c r="B1205" s="3" t="s">
-        <v>1722</v>
-[...2 lines deleted...]
-        <v>20564375251</v>
+        <v>1723</v>
+      </c>
+      <c r="C1205" s="3" t="s">
+        <v>1724</v>
       </c>
       <c r="D1205" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1205" s="3" t="s">
-        <v>1723</v>
+        <v>19</v>
       </c>
       <c r="F1205" s="3"/>
       <c r="G1205" s="3"/>
     </row>
     <row r="1206" spans="1:7">
       <c r="A1206" s="3">
         <v>1204</v>
       </c>
       <c r="B1206" s="3" t="s">
-        <v>1724</v>
-[...2 lines deleted...]
-        <v>20602392679</v>
+        <v>1725</v>
+      </c>
+      <c r="C1206" s="3" t="s">
+        <v>1726</v>
       </c>
       <c r="D1206" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1206" s="3" t="s">
-        <v>1725</v>
+        <v>19</v>
       </c>
       <c r="F1206" s="3"/>
       <c r="G1206" s="3"/>
     </row>
     <row r="1207" spans="1:7">
       <c r="A1207" s="3">
         <v>1205</v>
       </c>
       <c r="B1207" s="3" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C1207" s="3">
-        <v>20190793681</v>
+        <v>40343388</v>
       </c>
       <c r="D1207" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1207" s="3" t="s">
-        <v>1727</v>
+        <v>19</v>
       </c>
       <c r="F1207" s="3"/>
       <c r="G1207" s="3"/>
     </row>
     <row r="1208" spans="1:7">
       <c r="A1208" s="3">
         <v>1206</v>
       </c>
       <c r="B1208" s="3" t="s">
         <v>1728</v>
       </c>
       <c r="C1208" s="3">
-        <v>20190683070</v>
+        <v>47302585</v>
       </c>
       <c r="D1208" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1208" s="3" t="s">
-        <v>1729</v>
+        <v>19</v>
       </c>
       <c r="F1208" s="3"/>
       <c r="G1208" s="3"/>
     </row>
     <row r="1209" spans="1:7">
       <c r="A1209" s="3">
         <v>1207</v>
       </c>
       <c r="B1209" s="3" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C1209" s="3" t="s">
         <v>1730</v>
       </c>
-      <c r="C1209" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D1209" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1209" s="3" t="s">
-        <v>1731</v>
+        <v>19</v>
       </c>
       <c r="F1209" s="3"/>
       <c r="G1209" s="3"/>
     </row>
     <row r="1210" spans="1:7">
       <c r="A1210" s="3">
         <v>1208</v>
       </c>
       <c r="B1210" s="3" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="C1210" s="3">
-        <v>20204082511</v>
+        <v>10211427367</v>
       </c>
       <c r="D1210" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1210" s="3" t="s">
-        <v>1733</v>
+        <v>24</v>
       </c>
       <c r="F1210" s="3"/>
       <c r="G1210" s="3"/>
     </row>
     <row r="1211" spans="1:7">
       <c r="A1211" s="3">
         <v>1209</v>
       </c>
       <c r="B1211" s="3" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
       <c r="C1211" s="3">
-        <v>20438599194</v>
+        <v>71221277</v>
       </c>
       <c r="D1211" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1211" s="3" t="s">
-        <v>1735</v>
+        <v>19</v>
       </c>
       <c r="F1211" s="3"/>
       <c r="G1211" s="3"/>
     </row>
     <row r="1212" spans="1:7">
       <c r="A1212" s="3">
         <v>1210</v>
       </c>
       <c r="B1212" s="3" t="s">
-        <v>1736</v>
-[...2 lines deleted...]
-        <v>20198498727</v>
+        <v>1733</v>
+      </c>
+      <c r="C1212" s="3" t="s">
+        <v>1734</v>
       </c>
       <c r="D1212" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1212" s="3" t="s">
-        <v>1737</v>
+        <v>19</v>
       </c>
       <c r="F1212" s="3"/>
       <c r="G1212" s="3"/>
     </row>
     <row r="1213" spans="1:7">
       <c r="A1213" s="3">
         <v>1211</v>
       </c>
       <c r="B1213" s="3" t="s">
-        <v>1738</v>
+        <v>1735</v>
       </c>
       <c r="C1213" s="3">
-        <v>20184880513</v>
+        <v>21409685</v>
       </c>
       <c r="D1213" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1213" s="3" t="s">
-        <v>1739</v>
+        <v>19</v>
       </c>
       <c r="F1213" s="3"/>
       <c r="G1213" s="3"/>
     </row>
     <row r="1214" spans="1:7">
       <c r="A1214" s="3">
         <v>1212</v>
       </c>
       <c r="B1214" s="3" t="s">
-        <v>1740</v>
+        <v>1736</v>
       </c>
       <c r="C1214" s="3">
-        <v>20288789313</v>
+        <v>29633731</v>
       </c>
       <c r="D1214" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1214" s="3" t="s">
-        <v>1741</v>
+        <v>19</v>
       </c>
       <c r="F1214" s="3"/>
       <c r="G1214" s="3"/>
     </row>
     <row r="1215" spans="1:7">
       <c r="A1215" s="3">
         <v>1213</v>
       </c>
       <c r="B1215" s="3" t="s">
-        <v>1742</v>
+        <v>1737</v>
       </c>
       <c r="C1215" s="3">
-        <v>20174909157</v>
+        <v>42562483</v>
       </c>
       <c r="D1215" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1215" s="3" t="s">
-        <v>1743</v>
+        <v>19</v>
       </c>
       <c r="F1215" s="3"/>
       <c r="G1215" s="3"/>
     </row>
     <row r="1216" spans="1:7">
       <c r="A1216" s="3">
         <v>1214</v>
       </c>
       <c r="B1216" s="3" t="s">
-        <v>1744</v>
+        <v>1738</v>
       </c>
       <c r="C1216" s="3">
-        <v>20187684618</v>
+        <v>41101639</v>
       </c>
       <c r="D1216" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1216" s="3" t="s">
-        <v>1745</v>
+        <v>19</v>
       </c>
       <c r="F1216" s="3"/>
       <c r="G1216" s="3"/>
     </row>
     <row r="1217" spans="1:7">
       <c r="A1217" s="3">
         <v>1215</v>
       </c>
       <c r="B1217" s="3" t="s">
-        <v>1746</v>
+        <v>1739</v>
       </c>
       <c r="C1217" s="3">
-        <v>20206555859</v>
+        <v>80288022</v>
       </c>
       <c r="D1217" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1217" s="3" t="s">
-        <v>1747</v>
+        <v>19</v>
       </c>
       <c r="F1217" s="3"/>
       <c r="G1217" s="3"/>
     </row>
     <row r="1218" spans="1:7">
       <c r="A1218" s="3">
         <v>1216</v>
       </c>
       <c r="B1218" s="3" t="s">
-        <v>1748</v>
+        <v>1740</v>
       </c>
       <c r="C1218" s="3">
-        <v>20147419768</v>
+        <v>20612570290</v>
       </c>
       <c r="D1218" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1218" s="3" t="s">
-        <v>1749</v>
+        <v>1741</v>
       </c>
       <c r="F1218" s="3"/>
       <c r="G1218" s="3"/>
     </row>
     <row r="1219" spans="1:7">
       <c r="A1219" s="3">
         <v>1217</v>
       </c>
       <c r="B1219" s="3" t="s">
-        <v>1750</v>
+        <v>1742</v>
       </c>
       <c r="C1219" s="3">
-        <v>20190685102</v>
+        <v>19324373</v>
       </c>
       <c r="D1219" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1219" s="3" t="s">
-        <v>1751</v>
+        <v>19</v>
       </c>
       <c r="F1219" s="3"/>
       <c r="G1219" s="3"/>
     </row>
     <row r="1220" spans="1:7">
       <c r="A1220" s="3">
         <v>1218</v>
       </c>
       <c r="B1220" s="3" t="s">
-        <v>1752</v>
+        <v>1743</v>
       </c>
       <c r="C1220" s="3">
-        <v>20146675124</v>
+        <v>40179534</v>
       </c>
       <c r="D1220" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1220" s="3" t="s">
-        <v>1753</v>
+        <v>19</v>
       </c>
       <c r="F1220" s="3"/>
       <c r="G1220" s="3"/>
     </row>
     <row r="1221" spans="1:7">
       <c r="A1221" s="3">
         <v>1219</v>
       </c>
       <c r="B1221" s="3" t="s">
-        <v>1754</v>
+        <v>1744</v>
       </c>
       <c r="C1221" s="3">
-        <v>20143157564</v>
+        <v>42612567</v>
       </c>
       <c r="D1221" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1221" s="3" t="s">
-        <v>1755</v>
+        <v>19</v>
       </c>
       <c r="F1221" s="3"/>
       <c r="G1221" s="3"/>
     </row>
     <row r="1222" spans="1:7">
       <c r="A1222" s="3">
         <v>1220</v>
       </c>
       <c r="B1222" s="3" t="s">
-        <v>1756</v>
+        <v>1745</v>
       </c>
       <c r="C1222" s="3">
-        <v>20185646964</v>
+        <v>44241896</v>
       </c>
       <c r="D1222" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1222" s="3" t="s">
-        <v>1757</v>
+        <v>19</v>
       </c>
       <c r="F1222" s="3"/>
       <c r="G1222" s="3"/>
     </row>
     <row r="1223" spans="1:7">
       <c r="A1223" s="3">
         <v>1221</v>
       </c>
       <c r="B1223" s="3" t="s">
-        <v>1758</v>
+        <v>1746</v>
       </c>
       <c r="C1223" s="3">
-        <v>20167736468</v>
+        <v>31177090</v>
       </c>
       <c r="D1223" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1223" s="3" t="s">
-        <v>1759</v>
+        <v>19</v>
       </c>
       <c r="F1223" s="3"/>
       <c r="G1223" s="3"/>
     </row>
     <row r="1224" spans="1:7">
       <c r="A1224" s="3">
         <v>1222</v>
       </c>
       <c r="B1224" s="3" t="s">
-        <v>1760</v>
+        <v>1747</v>
       </c>
       <c r="C1224" s="3">
-        <v>20200032781</v>
+        <v>20555295406</v>
       </c>
       <c r="D1224" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1224" s="3" t="s">
-        <v>1761</v>
+        <v>1748</v>
       </c>
       <c r="F1224" s="3"/>
       <c r="G1224" s="3"/>
     </row>
     <row r="1225" spans="1:7">
       <c r="A1225" s="3">
         <v>1223</v>
       </c>
       <c r="B1225" s="3" t="s">
-        <v>1762</v>
+        <v>1749</v>
       </c>
       <c r="C1225" s="3">
-        <v>20177779041</v>
+        <v>20457820004</v>
       </c>
       <c r="D1225" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1225" s="3" t="s">
-        <v>1763</v>
+        <v>1750</v>
       </c>
       <c r="F1225" s="3"/>
       <c r="G1225" s="3"/>
     </row>
     <row r="1226" spans="1:7">
       <c r="A1226" s="3">
         <v>1224</v>
       </c>
       <c r="B1226" s="3" t="s">
-        <v>1764</v>
+        <v>1751</v>
       </c>
       <c r="C1226" s="3">
-        <v>20146921427</v>
+        <v>20536126440</v>
       </c>
       <c r="D1226" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1226" s="3" t="s">
-        <v>1765</v>
+        <v>1752</v>
       </c>
       <c r="F1226" s="3"/>
       <c r="G1226" s="3"/>
     </row>
     <row r="1227" spans="1:7">
       <c r="A1227" s="3">
         <v>1225</v>
       </c>
       <c r="B1227" s="3" t="s">
-        <v>1766</v>
+        <v>1753</v>
       </c>
       <c r="C1227" s="3">
-        <v>20171779660</v>
+        <v>20131372931</v>
       </c>
       <c r="D1227" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1227" s="3" t="s">
-        <v>1767</v>
+        <v>1754</v>
       </c>
       <c r="F1227" s="3"/>
       <c r="G1227" s="3"/>
     </row>
     <row r="1228" spans="1:7">
       <c r="A1228" s="3">
         <v>1226</v>
       </c>
       <c r="B1228" s="3" t="s">
-        <v>1768</v>
+        <v>1755</v>
       </c>
       <c r="C1228" s="3">
-        <v>20175231987</v>
+        <v>20208128184</v>
       </c>
       <c r="D1228" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1228" s="3" t="s">
-        <v>1769</v>
+        <v>1756</v>
       </c>
       <c r="F1228" s="3"/>
       <c r="G1228" s="3"/>
     </row>
     <row r="1229" spans="1:7">
       <c r="A1229" s="3">
         <v>1227</v>
       </c>
       <c r="B1229" s="3" t="s">
-        <v>1770</v>
+        <v>1757</v>
       </c>
       <c r="C1229" s="3">
-        <v>20213017871</v>
+        <v>20131368829</v>
       </c>
       <c r="D1229" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1229" s="3" t="s">
-        <v>1771</v>
+        <v>1758</v>
       </c>
       <c r="F1229" s="3"/>
       <c r="G1229" s="3"/>
     </row>
     <row r="1230" spans="1:7">
       <c r="A1230" s="3">
         <v>1228</v>
       </c>
       <c r="B1230" s="3" t="s">
-        <v>1772</v>
+        <v>1759</v>
       </c>
       <c r="C1230" s="3">
-        <v>20209488419</v>
+        <v>20131371617</v>
       </c>
       <c r="D1230" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1230" s="3" t="s">
-        <v>1773</v>
+        <v>1760</v>
       </c>
       <c r="F1230" s="3"/>
       <c r="G1230" s="3"/>
     </row>
     <row r="1231" spans="1:7">
       <c r="A1231" s="3">
         <v>1229</v>
       </c>
       <c r="B1231" s="3" t="s">
-        <v>1774</v>
+        <v>1761</v>
       </c>
       <c r="C1231" s="3">
-        <v>20161458075</v>
+        <v>20336951527</v>
       </c>
       <c r="D1231" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1231" s="3" t="s">
-        <v>1775</v>
+        <v>1762</v>
       </c>
       <c r="F1231" s="3"/>
       <c r="G1231" s="3"/>
     </row>
     <row r="1232" spans="1:7">
       <c r="A1232" s="3">
         <v>1230</v>
       </c>
       <c r="B1232" s="3" t="s">
-        <v>1776</v>
+        <v>1763</v>
       </c>
       <c r="C1232" s="3">
-        <v>20188992057</v>
+        <v>20131370301</v>
       </c>
       <c r="D1232" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E1232" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1232" s="3"/>
       <c r="F1232" s="3"/>
       <c r="G1232" s="3"/>
     </row>
     <row r="1233" spans="1:7">
       <c r="A1233" s="3">
         <v>1231</v>
       </c>
       <c r="B1233" s="3" t="s">
-        <v>1778</v>
+        <v>1764</v>
       </c>
       <c r="C1233" s="3">
-        <v>20496934866</v>
+        <v>22474661</v>
       </c>
       <c r="D1233" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1233" s="3" t="s">
-        <v>1779</v>
+        <v>54</v>
       </c>
       <c r="F1233" s="3"/>
       <c r="G1233" s="3"/>
     </row>
     <row r="1234" spans="1:7">
       <c r="A1234" s="3">
         <v>1232</v>
       </c>
       <c r="B1234" s="3" t="s">
-        <v>1780</v>
+        <v>1765</v>
       </c>
       <c r="C1234" s="3">
-        <v>20393356899</v>
+        <v>71631910</v>
       </c>
       <c r="D1234" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1234" s="3" t="s">
-        <v>1781</v>
+        <v>19</v>
       </c>
       <c r="F1234" s="3"/>
       <c r="G1234" s="3"/>
     </row>
     <row r="1235" spans="1:7">
       <c r="A1235" s="3">
         <v>1233</v>
       </c>
       <c r="B1235" s="3" t="s">
-        <v>1782</v>
+        <v>1766</v>
       </c>
       <c r="C1235" s="3">
-        <v>20159215106</v>
+        <v>23925962</v>
       </c>
       <c r="D1235" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1235" s="3" t="s">
-        <v>1783</v>
+        <v>19</v>
       </c>
       <c r="F1235" s="3"/>
       <c r="G1235" s="3"/>
     </row>
     <row r="1236" spans="1:7">
       <c r="A1236" s="3">
         <v>1234</v>
       </c>
       <c r="B1236" s="3" t="s">
-        <v>1784</v>
+        <v>1767</v>
       </c>
       <c r="C1236" s="3">
-        <v>20191711328</v>
+        <v>40373667</v>
       </c>
       <c r="D1236" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1236" s="3" t="s">
-        <v>1785</v>
+        <v>19</v>
       </c>
       <c r="F1236" s="3"/>
       <c r="G1236" s="3"/>
     </row>
     <row r="1237" spans="1:7">
       <c r="A1237" s="3">
         <v>1235</v>
       </c>
       <c r="B1237" s="3" t="s">
-        <v>1786</v>
+        <v>1768</v>
       </c>
       <c r="C1237" s="3">
-        <v>20176207389</v>
+        <v>47146948</v>
       </c>
       <c r="D1237" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1237" s="3" t="s">
-        <v>1787</v>
+        <v>19</v>
       </c>
       <c r="F1237" s="3"/>
       <c r="G1237" s="3"/>
     </row>
     <row r="1238" spans="1:7">
       <c r="A1238" s="3">
         <v>1236</v>
       </c>
       <c r="B1238" s="3" t="s">
-        <v>1788</v>
+        <v>1769</v>
       </c>
       <c r="C1238" s="3">
-        <v>20178500083</v>
+        <v>10308222921</v>
       </c>
       <c r="D1238" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1238" s="3" t="s">
-        <v>1789</v>
+        <v>24</v>
       </c>
       <c r="F1238" s="3"/>
       <c r="G1238" s="3"/>
     </row>
     <row r="1239" spans="1:7">
       <c r="A1239" s="3">
         <v>1237</v>
       </c>
       <c r="B1239" s="3" t="s">
-        <v>1790</v>
+        <v>1770</v>
       </c>
       <c r="C1239" s="3">
-        <v>20201509719</v>
+        <v>28316181</v>
       </c>
       <c r="D1239" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1239" s="3" t="s">
-        <v>1791</v>
+        <v>19</v>
       </c>
       <c r="F1239" s="3"/>
       <c r="G1239" s="3"/>
     </row>
     <row r="1240" spans="1:7">
       <c r="A1240" s="3">
         <v>1238</v>
       </c>
       <c r="B1240" s="3" t="s">
-        <v>1792</v>
-[...2 lines deleted...]
-        <v>20198298710</v>
+        <v>1771</v>
+      </c>
+      <c r="C1240" s="3" t="s">
+        <v>1772</v>
       </c>
       <c r="D1240" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1240" s="3" t="s">
-        <v>1793</v>
+        <v>19</v>
       </c>
       <c r="F1240" s="3"/>
       <c r="G1240" s="3"/>
     </row>
     <row r="1241" spans="1:7">
       <c r="A1241" s="3">
         <v>1239</v>
       </c>
       <c r="B1241" s="3" t="s">
-        <v>1794</v>
+        <v>1773</v>
       </c>
       <c r="C1241" s="3">
-        <v>40473604</v>
+        <v>10283082691</v>
       </c>
       <c r="D1241" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E1241" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E1241" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="F1241" s="3"/>
       <c r="G1241" s="3"/>
     </row>
     <row r="1242" spans="1:7">
       <c r="A1242" s="3">
         <v>1240</v>
       </c>
       <c r="B1242" s="3" t="s">
-        <v>1794</v>
+        <v>1774</v>
       </c>
       <c r="C1242" s="3">
-        <v>20222360677</v>
+        <v>72874687</v>
       </c>
       <c r="D1242" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1242" s="3" t="s">
-        <v>1795</v>
+        <v>19</v>
       </c>
       <c r="F1242" s="3"/>
       <c r="G1242" s="3"/>
     </row>
     <row r="1243" spans="1:7">
       <c r="A1243" s="3">
         <v>1241</v>
       </c>
       <c r="B1243" s="3" t="s">
-        <v>1796</v>
+        <v>1775</v>
       </c>
       <c r="C1243" s="3">
-        <v>20146673776</v>
+        <v>10416578481</v>
       </c>
       <c r="D1243" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1243" s="3" t="s">
-        <v>1797</v>
+        <v>24</v>
       </c>
       <c r="F1243" s="3"/>
       <c r="G1243" s="3"/>
     </row>
     <row r="1244" spans="1:7">
       <c r="A1244" s="3">
         <v>1242</v>
       </c>
       <c r="B1244" s="3" t="s">
-        <v>1798</v>
+        <v>1776</v>
       </c>
       <c r="C1244" s="3">
-        <v>20447367727</v>
+        <v>10166896237</v>
       </c>
       <c r="D1244" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1244" s="3" t="s">
-        <v>1799</v>
+        <v>24</v>
       </c>
       <c r="F1244" s="3"/>
       <c r="G1244" s="3"/>
     </row>
     <row r="1245" spans="1:7">
       <c r="A1245" s="3">
         <v>1243</v>
       </c>
       <c r="B1245" s="3" t="s">
-        <v>1800</v>
+        <v>1777</v>
       </c>
       <c r="C1245" s="3">
-        <v>20182126412</v>
+        <v>10053728656</v>
       </c>
       <c r="D1245" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1245" s="3" t="s">
-        <v>1801</v>
+        <v>24</v>
       </c>
       <c r="F1245" s="3"/>
       <c r="G1245" s="3"/>
     </row>
     <row r="1246" spans="1:7">
       <c r="A1246" s="3">
         <v>1244</v>
       </c>
       <c r="B1246" s="3" t="s">
-        <v>1802</v>
+        <v>1778</v>
       </c>
       <c r="C1246" s="3">
-        <v>20147161574</v>
+        <v>20100045517</v>
       </c>
       <c r="D1246" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1246" s="3" t="s">
-        <v>1803</v>
+        <v>1779</v>
       </c>
       <c r="F1246" s="3"/>
       <c r="G1246" s="3"/>
     </row>
     <row r="1247" spans="1:7">
       <c r="A1247" s="3">
         <v>1245</v>
       </c>
       <c r="B1247" s="3" t="s">
-        <v>1804</v>
+        <v>1780</v>
       </c>
       <c r="C1247" s="3">
-        <v>20170327129</v>
+        <v>10468482962</v>
       </c>
       <c r="D1247" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1247" s="3" t="s">
-        <v>1805</v>
+        <v>24</v>
       </c>
       <c r="F1247" s="3"/>
       <c r="G1247" s="3"/>
     </row>
     <row r="1248" spans="1:7">
       <c r="A1248" s="3">
         <v>1246</v>
       </c>
       <c r="B1248" s="3" t="s">
-        <v>1806</v>
+        <v>1781</v>
       </c>
       <c r="C1248" s="3">
-        <v>20162332261</v>
+        <v>20601729033</v>
       </c>
       <c r="D1248" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1248" s="3" t="s">
-        <v>1807</v>
+        <v>1782</v>
       </c>
       <c r="F1248" s="3"/>
       <c r="G1248" s="3"/>
     </row>
     <row r="1249" spans="1:7">
       <c r="A1249" s="3">
         <v>1247</v>
       </c>
       <c r="B1249" s="3" t="s">
-        <v>1808</v>
+        <v>1783</v>
       </c>
       <c r="C1249" s="3">
-        <v>20601750369</v>
+        <v>20607283070</v>
       </c>
       <c r="D1249" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1249" s="3" t="s">
-        <v>1809</v>
+        <v>1784</v>
       </c>
       <c r="F1249" s="3"/>
       <c r="G1249" s="3"/>
     </row>
     <row r="1250" spans="1:7">
       <c r="A1250" s="3">
         <v>1248</v>
       </c>
       <c r="B1250" s="3" t="s">
-        <v>1810</v>
+        <v>1785</v>
       </c>
       <c r="C1250" s="3">
-        <v>20043380</v>
+        <v>20542855071</v>
       </c>
       <c r="D1250" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1250" s="3" t="s">
-        <v>19</v>
+        <v>1786</v>
       </c>
       <c r="F1250" s="3"/>
       <c r="G1250" s="3"/>
     </row>
     <row r="1251" spans="1:7">
       <c r="A1251" s="3">
         <v>1249</v>
       </c>
       <c r="B1251" s="3" t="s">
-        <v>1811</v>
+        <v>1787</v>
       </c>
       <c r="C1251" s="3">
-        <v>20175981471</v>
+        <v>20603706936</v>
       </c>
       <c r="D1251" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1251" s="3" t="s">
-        <v>1812</v>
+        <v>1788</v>
       </c>
       <c r="F1251" s="3"/>
       <c r="G1251" s="3"/>
     </row>
     <row r="1252" spans="1:7">
       <c r="A1252" s="3">
         <v>1250</v>
       </c>
       <c r="B1252" s="3" t="s">
-        <v>1813</v>
+        <v>1789</v>
       </c>
       <c r="C1252" s="3">
-        <v>20194058935</v>
+        <v>20608636782</v>
       </c>
       <c r="D1252" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1252" s="3" t="s">
-        <v>1814</v>
+        <v>1790</v>
       </c>
       <c r="F1252" s="3"/>
       <c r="G1252" s="3"/>
     </row>
     <row r="1253" spans="1:7">
       <c r="A1253" s="3">
         <v>1251</v>
       </c>
       <c r="B1253" s="3" t="s">
-        <v>1815</v>
+        <v>1791</v>
       </c>
       <c r="C1253" s="3">
-        <v>20194695226</v>
+        <v>20564375251</v>
       </c>
       <c r="D1253" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1253" s="3" t="s">
-        <v>1816</v>
+        <v>1792</v>
       </c>
       <c r="F1253" s="3"/>
       <c r="G1253" s="3"/>
     </row>
     <row r="1254" spans="1:7">
       <c r="A1254" s="3">
         <v>1252</v>
       </c>
       <c r="B1254" s="3" t="s">
-        <v>1817</v>
+        <v>1793</v>
       </c>
       <c r="C1254" s="3">
-        <v>20190606164</v>
+        <v>20602392679</v>
       </c>
       <c r="D1254" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1254" s="3" t="s">
-        <v>1818</v>
+        <v>1794</v>
       </c>
       <c r="F1254" s="3"/>
       <c r="G1254" s="3"/>
     </row>
     <row r="1255" spans="1:7">
       <c r="A1255" s="3">
         <v>1253</v>
       </c>
       <c r="B1255" s="3" t="s">
-        <v>1819</v>
+        <v>1795</v>
       </c>
       <c r="C1255" s="3">
-        <v>20148170771</v>
+        <v>20190793681</v>
       </c>
       <c r="D1255" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1255" s="3" t="s">
-        <v>1820</v>
+        <v>1796</v>
       </c>
       <c r="F1255" s="3"/>
       <c r="G1255" s="3"/>
     </row>
     <row r="1256" spans="1:7">
       <c r="A1256" s="3">
         <v>1254</v>
       </c>
       <c r="B1256" s="3" t="s">
-        <v>1821</v>
+        <v>1797</v>
       </c>
       <c r="C1256" s="3">
-        <v>20220666418</v>
+        <v>20190683070</v>
       </c>
       <c r="D1256" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1256" s="3" t="s">
-        <v>1822</v>
+        <v>1798</v>
       </c>
       <c r="F1256" s="3"/>
       <c r="G1256" s="3"/>
     </row>
     <row r="1257" spans="1:7">
       <c r="A1257" s="3">
         <v>1255</v>
       </c>
       <c r="B1257" s="3" t="s">
-        <v>1823</v>
+        <v>1799</v>
       </c>
       <c r="C1257" s="3">
-        <v>20146736875</v>
+        <v>20451440544</v>
       </c>
       <c r="D1257" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1257" s="3" t="s">
-        <v>1824</v>
+        <v>1800</v>
       </c>
       <c r="F1257" s="3"/>
       <c r="G1257" s="3"/>
     </row>
     <row r="1258" spans="1:7">
       <c r="A1258" s="3">
         <v>1256</v>
       </c>
       <c r="B1258" s="3" t="s">
-        <v>1825</v>
+        <v>1801</v>
       </c>
       <c r="C1258" s="3">
-        <v>20168299436</v>
+        <v>20204082511</v>
       </c>
       <c r="D1258" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1258" s="3" t="s">
-        <v>1826</v>
+        <v>1802</v>
       </c>
       <c r="F1258" s="3"/>
       <c r="G1258" s="3"/>
     </row>
     <row r="1259" spans="1:7">
       <c r="A1259" s="3">
         <v>1257</v>
       </c>
       <c r="B1259" s="3" t="s">
-        <v>1827</v>
+        <v>1803</v>
       </c>
       <c r="C1259" s="3">
-        <v>20171880115</v>
+        <v>20438599194</v>
       </c>
       <c r="D1259" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1259" s="3" t="s">
-        <v>1828</v>
+        <v>1804</v>
       </c>
       <c r="F1259" s="3"/>
       <c r="G1259" s="3"/>
     </row>
     <row r="1260" spans="1:7">
       <c r="A1260" s="3">
         <v>1258</v>
       </c>
       <c r="B1260" s="3" t="s">
-        <v>1829</v>
+        <v>1805</v>
       </c>
       <c r="C1260" s="3">
-        <v>20161266753</v>
+        <v>20198498727</v>
       </c>
       <c r="D1260" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1260" s="3" t="s">
-        <v>1830</v>
+        <v>1806</v>
       </c>
       <c r="F1260" s="3"/>
       <c r="G1260" s="3"/>
     </row>
     <row r="1261" spans="1:7">
       <c r="A1261" s="3">
         <v>1259</v>
       </c>
       <c r="B1261" s="3" t="s">
-        <v>1831</v>
+        <v>1807</v>
       </c>
       <c r="C1261" s="3">
-        <v>20189022655</v>
+        <v>20184880513</v>
       </c>
       <c r="D1261" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1261" s="3" t="s">
-        <v>1832</v>
+        <v>1808</v>
       </c>
       <c r="F1261" s="3"/>
       <c r="G1261" s="3"/>
     </row>
     <row r="1262" spans="1:7">
       <c r="A1262" s="3">
         <v>1260</v>
       </c>
       <c r="B1262" s="3" t="s">
-        <v>1833</v>
+        <v>1809</v>
       </c>
       <c r="C1262" s="3">
-        <v>20163777917</v>
+        <v>20288789313</v>
       </c>
       <c r="D1262" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1262" s="3" t="s">
-        <v>1834</v>
+        <v>1810</v>
       </c>
       <c r="F1262" s="3"/>
       <c r="G1262" s="3"/>
     </row>
     <row r="1263" spans="1:7">
       <c r="A1263" s="3">
         <v>1261</v>
       </c>
       <c r="B1263" s="3" t="s">
-        <v>1835</v>
+        <v>1811</v>
       </c>
       <c r="C1263" s="3">
-        <v>20162536771</v>
+        <v>20174909157</v>
       </c>
       <c r="D1263" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1263" s="3" t="s">
-        <v>1836</v>
+        <v>1812</v>
       </c>
       <c r="F1263" s="3"/>
       <c r="G1263" s="3"/>
     </row>
     <row r="1264" spans="1:7">
       <c r="A1264" s="3">
         <v>1262</v>
       </c>
       <c r="B1264" s="3" t="s">
-        <v>1837</v>
+        <v>1813</v>
       </c>
       <c r="C1264" s="3">
-        <v>20208154428</v>
+        <v>20187684618</v>
       </c>
       <c r="D1264" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1264" s="3" t="s">
-        <v>1838</v>
+        <v>1814</v>
       </c>
       <c r="F1264" s="3"/>
       <c r="G1264" s="3"/>
     </row>
     <row r="1265" spans="1:7">
       <c r="A1265" s="3">
         <v>1263</v>
       </c>
       <c r="B1265" s="3" t="s">
-        <v>1839</v>
+        <v>1815</v>
       </c>
       <c r="C1265" s="3">
-        <v>20162161866</v>
+        <v>20206555859</v>
       </c>
       <c r="D1265" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1265" s="3" t="s">
-        <v>1840</v>
+        <v>1816</v>
       </c>
       <c r="F1265" s="3"/>
       <c r="G1265" s="3"/>
     </row>
     <row r="1266" spans="1:7">
       <c r="A1266" s="3">
         <v>1264</v>
       </c>
       <c r="B1266" s="3" t="s">
-        <v>1841</v>
+        <v>1817</v>
       </c>
       <c r="C1266" s="3">
-        <v>20215430554</v>
+        <v>20147419768</v>
       </c>
       <c r="D1266" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1266" s="3" t="s">
-        <v>1842</v>
+        <v>1818</v>
       </c>
       <c r="F1266" s="3"/>
       <c r="G1266" s="3"/>
     </row>
     <row r="1267" spans="1:7">
       <c r="A1267" s="3">
         <v>1265</v>
       </c>
       <c r="B1267" s="3" t="s">
-        <v>1843</v>
+        <v>1819</v>
       </c>
       <c r="C1267" s="3">
-        <v>20171246092</v>
+        <v>20190685102</v>
       </c>
       <c r="D1267" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1267" s="3" t="s">
-        <v>1844</v>
+        <v>1820</v>
       </c>
       <c r="F1267" s="3"/>
       <c r="G1267" s="3"/>
     </row>
     <row r="1268" spans="1:7">
       <c r="A1268" s="3">
         <v>1266</v>
       </c>
       <c r="B1268" s="3" t="s">
-        <v>1845</v>
+        <v>1821</v>
       </c>
       <c r="C1268" s="3">
-        <v>20194799781</v>
+        <v>20146675124</v>
       </c>
       <c r="D1268" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1268" s="3" t="s">
-        <v>1846</v>
+        <v>1822</v>
       </c>
       <c r="F1268" s="3"/>
       <c r="G1268" s="3"/>
     </row>
     <row r="1269" spans="1:7">
       <c r="A1269" s="3">
         <v>1267</v>
       </c>
       <c r="B1269" s="3" t="s">
-        <v>1847</v>
+        <v>1823</v>
       </c>
       <c r="C1269" s="3">
-        <v>20159308961</v>
+        <v>20143157564</v>
       </c>
       <c r="D1269" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1269" s="3" t="s">
-        <v>1848</v>
+        <v>1824</v>
       </c>
       <c r="F1269" s="3"/>
       <c r="G1269" s="3"/>
     </row>
     <row r="1270" spans="1:7">
       <c r="A1270" s="3">
         <v>1268</v>
       </c>
       <c r="B1270" s="3" t="s">
-        <v>1849</v>
+        <v>1825</v>
       </c>
       <c r="C1270" s="3">
-        <v>20154432516</v>
+        <v>20185646964</v>
       </c>
       <c r="D1270" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1270" s="3" t="s">
-        <v>1850</v>
+        <v>1826</v>
       </c>
       <c r="F1270" s="3"/>
       <c r="G1270" s="3"/>
     </row>
     <row r="1271" spans="1:7">
       <c r="A1271" s="3">
         <v>1269</v>
       </c>
       <c r="B1271" s="3" t="s">
-        <v>1851</v>
+        <v>1827</v>
       </c>
       <c r="C1271" s="3">
-        <v>20176895684</v>
+        <v>20167736468</v>
       </c>
       <c r="D1271" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1271" s="3" t="s">
-        <v>1852</v>
+        <v>1828</v>
       </c>
       <c r="F1271" s="3"/>
       <c r="G1271" s="3"/>
     </row>
     <row r="1272" spans="1:7">
       <c r="A1272" s="3">
         <v>1270</v>
       </c>
       <c r="B1272" s="3" t="s">
-        <v>1853</v>
+        <v>1829</v>
       </c>
       <c r="C1272" s="3">
-        <v>20221111673</v>
+        <v>20200032781</v>
       </c>
       <c r="D1272" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1272" s="3" t="s">
-        <v>1854</v>
+        <v>1830</v>
       </c>
       <c r="F1272" s="3"/>
       <c r="G1272" s="3"/>
     </row>
     <row r="1273" spans="1:7">
       <c r="A1273" s="3">
         <v>1271</v>
       </c>
       <c r="B1273" s="3" t="s">
-        <v>1855</v>
+        <v>1831</v>
       </c>
       <c r="C1273" s="3">
-        <v>20529997401</v>
+        <v>20177779041</v>
       </c>
       <c r="D1273" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1273" s="3" t="s">
-        <v>1856</v>
+        <v>1832</v>
       </c>
       <c r="F1273" s="3"/>
       <c r="G1273" s="3"/>
     </row>
     <row r="1274" spans="1:7">
       <c r="A1274" s="3">
         <v>1272</v>
       </c>
       <c r="B1274" s="3" t="s">
-        <v>1857</v>
+        <v>1833</v>
       </c>
       <c r="C1274" s="3">
-        <v>20154572792</v>
+        <v>20146921427</v>
       </c>
       <c r="D1274" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1274" s="3" t="s">
-        <v>1858</v>
+        <v>1834</v>
       </c>
       <c r="F1274" s="3"/>
       <c r="G1274" s="3"/>
     </row>
     <row r="1275" spans="1:7">
       <c r="A1275" s="3">
         <v>1273</v>
       </c>
       <c r="B1275" s="3" t="s">
-        <v>1859</v>
+        <v>1835</v>
       </c>
       <c r="C1275" s="3">
-        <v>20168007168</v>
+        <v>20171779660</v>
       </c>
       <c r="D1275" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1275" s="3" t="s">
-        <v>1860</v>
+        <v>1836</v>
       </c>
       <c r="F1275" s="3"/>
       <c r="G1275" s="3"/>
     </row>
     <row r="1276" spans="1:7">
       <c r="A1276" s="3">
         <v>1274</v>
       </c>
       <c r="B1276" s="3" t="s">
-        <v>1861</v>
+        <v>1837</v>
       </c>
       <c r="C1276" s="3">
-        <v>20493465491</v>
+        <v>20175231987</v>
       </c>
       <c r="D1276" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1276" s="3" t="s">
-        <v>1862</v>
+        <v>1838</v>
       </c>
       <c r="F1276" s="3"/>
       <c r="G1276" s="3"/>
     </row>
     <row r="1277" spans="1:7">
       <c r="A1277" s="3">
         <v>1275</v>
       </c>
       <c r="B1277" s="3" t="s">
-        <v>1863</v>
+        <v>1839</v>
       </c>
       <c r="C1277" s="3">
-        <v>20200953691</v>
+        <v>20213017871</v>
       </c>
       <c r="D1277" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1277" s="3" t="s">
-        <v>1864</v>
+        <v>1840</v>
       </c>
       <c r="F1277" s="3"/>
       <c r="G1277" s="3"/>
     </row>
     <row r="1278" spans="1:7">
       <c r="A1278" s="3">
         <v>1276</v>
       </c>
       <c r="B1278" s="3" t="s">
-        <v>1865</v>
+        <v>1841</v>
       </c>
       <c r="C1278" s="3">
-        <v>20171714371</v>
+        <v>20209488419</v>
       </c>
       <c r="D1278" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1278" s="3" t="s">
-        <v>1866</v>
+        <v>1842</v>
       </c>
       <c r="F1278" s="3"/>
       <c r="G1278" s="3"/>
     </row>
     <row r="1279" spans="1:7">
       <c r="A1279" s="3">
         <v>1277</v>
       </c>
       <c r="B1279" s="3" t="s">
-        <v>1867</v>
+        <v>1843</v>
       </c>
       <c r="C1279" s="3">
-        <v>20156074242</v>
+        <v>20161458075</v>
       </c>
       <c r="D1279" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1279" s="3" t="s">
-        <v>1868</v>
+        <v>1844</v>
       </c>
       <c r="F1279" s="3"/>
       <c r="G1279" s="3"/>
     </row>
     <row r="1280" spans="1:7">
       <c r="A1280" s="3">
         <v>1278</v>
       </c>
       <c r="B1280" s="3" t="s">
-        <v>1869</v>
+        <v>1845</v>
       </c>
       <c r="C1280" s="3">
-        <v>20147421070</v>
+        <v>20188992057</v>
       </c>
       <c r="D1280" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1280" s="3" t="s">
-        <v>1870</v>
+        <v>1846</v>
       </c>
       <c r="F1280" s="3"/>
       <c r="G1280" s="3"/>
     </row>
     <row r="1281" spans="1:7">
       <c r="A1281" s="3">
         <v>1279</v>
       </c>
       <c r="B1281" s="3" t="s">
-        <v>1871</v>
+        <v>1847</v>
       </c>
       <c r="C1281" s="3">
-        <v>20148289825</v>
+        <v>20496934866</v>
       </c>
       <c r="D1281" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1281" s="3" t="s">
-        <v>1872</v>
+        <v>1848</v>
       </c>
       <c r="F1281" s="3"/>
       <c r="G1281" s="3"/>
     </row>
     <row r="1282" spans="1:7">
       <c r="A1282" s="3">
         <v>1280</v>
       </c>
       <c r="B1282" s="3" t="s">
-        <v>1873</v>
+        <v>1849</v>
       </c>
       <c r="C1282" s="3">
-        <v>20166667934</v>
+        <v>20393356899</v>
       </c>
       <c r="D1282" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1282" s="3" t="s">
-        <v>1874</v>
+        <v>1850</v>
       </c>
       <c r="F1282" s="3"/>
       <c r="G1282" s="3"/>
     </row>
     <row r="1283" spans="1:7">
       <c r="A1283" s="3">
         <v>1281</v>
       </c>
       <c r="B1283" s="3" t="s">
-        <v>1875</v>
+        <v>1851</v>
       </c>
       <c r="C1283" s="3">
-        <v>20142167744</v>
+        <v>20159215106</v>
       </c>
       <c r="D1283" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1283" s="3" t="s">
-        <v>1876</v>
+        <v>1852</v>
       </c>
       <c r="F1283" s="3"/>
       <c r="G1283" s="3"/>
     </row>
     <row r="1284" spans="1:7">
       <c r="A1284" s="3">
         <v>1282</v>
       </c>
       <c r="B1284" s="3" t="s">
-        <v>1877</v>
+        <v>1853</v>
       </c>
       <c r="C1284" s="3">
-        <v>20165563515</v>
+        <v>20191711328</v>
       </c>
       <c r="D1284" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1284" s="3" t="s">
-        <v>1878</v>
+        <v>1854</v>
       </c>
       <c r="F1284" s="3"/>
       <c r="G1284" s="3"/>
     </row>
     <row r="1285" spans="1:7">
       <c r="A1285" s="3">
         <v>1283</v>
       </c>
       <c r="B1285" s="3" t="s">
-        <v>1879</v>
+        <v>1855</v>
       </c>
       <c r="C1285" s="3">
-        <v>20116067847</v>
+        <v>20176207389</v>
       </c>
       <c r="D1285" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1285" s="3" t="s">
-        <v>1880</v>
+        <v>1856</v>
       </c>
       <c r="F1285" s="3"/>
       <c r="G1285" s="3"/>
     </row>
     <row r="1286" spans="1:7">
       <c r="A1286" s="3">
         <v>1284</v>
       </c>
       <c r="B1286" s="3" t="s">
-        <v>1881</v>
+        <v>1857</v>
       </c>
       <c r="C1286" s="3">
-        <v>20103845590</v>
+        <v>20178500083</v>
       </c>
       <c r="D1286" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1286" s="3" t="s">
-        <v>1882</v>
+        <v>1858</v>
       </c>
       <c r="F1286" s="3"/>
       <c r="G1286" s="3"/>
     </row>
     <row r="1287" spans="1:7">
       <c r="A1287" s="3">
         <v>1285</v>
       </c>
       <c r="B1287" s="3" t="s">
-        <v>1883</v>
+        <v>1859</v>
       </c>
       <c r="C1287" s="3">
-        <v>20105266988</v>
+        <v>20201509719</v>
       </c>
       <c r="D1287" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1287" s="3" t="s">
-        <v>1884</v>
+        <v>1860</v>
       </c>
       <c r="F1287" s="3"/>
       <c r="G1287" s="3"/>
     </row>
     <row r="1288" spans="1:7">
       <c r="A1288" s="3">
         <v>1286</v>
       </c>
       <c r="B1288" s="3" t="s">
-        <v>1885</v>
+        <v>1861</v>
       </c>
       <c r="C1288" s="3">
-        <v>20146806679</v>
+        <v>20198298710</v>
       </c>
       <c r="D1288" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1288" s="3" t="s">
-        <v>1886</v>
+        <v>1862</v>
       </c>
       <c r="F1288" s="3"/>
       <c r="G1288" s="3"/>
     </row>
     <row r="1289" spans="1:7">
       <c r="A1289" s="3">
         <v>1287</v>
       </c>
       <c r="B1289" s="3" t="s">
-        <v>1887</v>
+        <v>1863</v>
       </c>
       <c r="C1289" s="3">
-        <v>20146247084</v>
+        <v>20222360677</v>
       </c>
       <c r="D1289" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1289" s="3" t="s">
-        <v>1888</v>
+        <v>1864</v>
       </c>
       <c r="F1289" s="3"/>
       <c r="G1289" s="3"/>
     </row>
     <row r="1290" spans="1:7">
       <c r="A1290" s="3">
         <v>1288</v>
       </c>
       <c r="B1290" s="3" t="s">
-        <v>1889</v>
+        <v>1863</v>
       </c>
       <c r="C1290" s="3">
-        <v>20185379079</v>
+        <v>40473604</v>
       </c>
       <c r="D1290" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E1290" s="3"/>
       <c r="F1290" s="3"/>
       <c r="G1290" s="3"/>
     </row>
     <row r="1291" spans="1:7">
       <c r="A1291" s="3">
         <v>1289</v>
       </c>
       <c r="B1291" s="3" t="s">
-        <v>1891</v>
+        <v>1865</v>
       </c>
       <c r="C1291" s="3">
-        <v>20154477021</v>
+        <v>20146673776</v>
       </c>
       <c r="D1291" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1291" s="3" t="s">
-        <v>1892</v>
+        <v>1866</v>
       </c>
       <c r="F1291" s="3"/>
       <c r="G1291" s="3"/>
     </row>
     <row r="1292" spans="1:7">
       <c r="A1292" s="3">
         <v>1290</v>
       </c>
       <c r="B1292" s="3" t="s">
-        <v>1893</v>
+        <v>1867</v>
       </c>
       <c r="C1292" s="3">
-        <v>20147797100</v>
+        <v>20447367727</v>
       </c>
       <c r="D1292" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1292" s="3" t="s">
-        <v>1894</v>
+        <v>1868</v>
       </c>
       <c r="F1292" s="3"/>
       <c r="G1292" s="3"/>
     </row>
     <row r="1293" spans="1:7">
       <c r="A1293" s="3">
         <v>1291</v>
       </c>
       <c r="B1293" s="3" t="s">
-        <v>1895</v>
+        <v>1869</v>
       </c>
       <c r="C1293" s="3">
-        <v>20147142197</v>
+        <v>20182126412</v>
       </c>
       <c r="D1293" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1293" s="3" t="s">
-        <v>1896</v>
+        <v>1870</v>
       </c>
       <c r="F1293" s="3"/>
       <c r="G1293" s="3"/>
     </row>
     <row r="1294" spans="1:7">
       <c r="A1294" s="3">
         <v>1292</v>
       </c>
       <c r="B1294" s="3" t="s">
-        <v>1897</v>
+        <v>1871</v>
       </c>
       <c r="C1294" s="3">
-        <v>20192146641</v>
+        <v>20147161574</v>
       </c>
       <c r="D1294" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1294" s="3" t="s">
-        <v>1898</v>
+        <v>1872</v>
       </c>
       <c r="F1294" s="3"/>
       <c r="G1294" s="3"/>
     </row>
     <row r="1295" spans="1:7">
       <c r="A1295" s="3">
         <v>1293</v>
       </c>
       <c r="B1295" s="3" t="s">
-        <v>1899</v>
+        <v>1873</v>
       </c>
       <c r="C1295" s="3">
-        <v>20163065330</v>
+        <v>20170327129</v>
       </c>
       <c r="D1295" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1295" s="3" t="s">
-        <v>1900</v>
+        <v>1874</v>
       </c>
       <c r="F1295" s="3"/>
       <c r="G1295" s="3"/>
     </row>
     <row r="1296" spans="1:7">
       <c r="A1296" s="3">
         <v>1294</v>
       </c>
       <c r="B1296" s="3" t="s">
-        <v>1901</v>
+        <v>1875</v>
       </c>
       <c r="C1296" s="3">
-        <v>20187459258</v>
+        <v>20162332261</v>
       </c>
       <c r="D1296" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1296" s="3" t="s">
-        <v>1902</v>
+        <v>1876</v>
       </c>
       <c r="F1296" s="3"/>
       <c r="G1296" s="3"/>
     </row>
     <row r="1297" spans="1:7">
       <c r="A1297" s="3">
         <v>1295</v>
       </c>
       <c r="B1297" s="3" t="s">
-        <v>1903</v>
+        <v>1877</v>
       </c>
       <c r="C1297" s="3">
-        <v>20154469941</v>
+        <v>20601750369</v>
       </c>
       <c r="D1297" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1297" s="3" t="s">
-        <v>1904</v>
+        <v>1878</v>
       </c>
       <c r="F1297" s="3"/>
       <c r="G1297" s="3"/>
     </row>
     <row r="1298" spans="1:7">
       <c r="A1298" s="3">
         <v>1296</v>
       </c>
       <c r="B1298" s="3" t="s">
-        <v>1905</v>
+        <v>1879</v>
       </c>
       <c r="C1298" s="3">
-        <v>20175083937</v>
+        <v>20043380</v>
       </c>
       <c r="D1298" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1298" s="3" t="s">
-        <v>1906</v>
+        <v>19</v>
       </c>
       <c r="F1298" s="3"/>
       <c r="G1298" s="3"/>
     </row>
     <row r="1299" spans="1:7">
       <c r="A1299" s="3">
         <v>1297</v>
       </c>
       <c r="B1299" s="3" t="s">
-        <v>1907</v>
+        <v>1880</v>
       </c>
       <c r="C1299" s="3">
-        <v>20143625843</v>
+        <v>20175981471</v>
       </c>
       <c r="D1299" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1299" s="3" t="s">
-        <v>1908</v>
+        <v>1881</v>
       </c>
       <c r="F1299" s="3"/>
       <c r="G1299" s="3"/>
     </row>
     <row r="1300" spans="1:7">
       <c r="A1300" s="3">
         <v>1298</v>
       </c>
       <c r="B1300" s="3" t="s">
-        <v>1909</v>
+        <v>1882</v>
       </c>
       <c r="C1300" s="3">
-        <v>20141897935</v>
+        <v>20194058935</v>
       </c>
       <c r="D1300" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1300" s="3" t="s">
-        <v>1910</v>
+        <v>1883</v>
       </c>
       <c r="F1300" s="3"/>
       <c r="G1300" s="3"/>
     </row>
     <row r="1301" spans="1:7">
       <c r="A1301" s="3">
         <v>1299</v>
       </c>
       <c r="B1301" s="3" t="s">
-        <v>1911</v>
+        <v>1884</v>
       </c>
       <c r="C1301" s="3">
-        <v>20168745231</v>
+        <v>20194695226</v>
       </c>
       <c r="D1301" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1301" s="3" t="s">
-        <v>1912</v>
+        <v>1885</v>
       </c>
       <c r="F1301" s="3"/>
       <c r="G1301" s="3"/>
     </row>
     <row r="1302" spans="1:7">
       <c r="A1302" s="3">
         <v>1300</v>
       </c>
       <c r="B1302" s="3" t="s">
-        <v>1913</v>
+        <v>1886</v>
       </c>
       <c r="C1302" s="3">
-        <v>20200650442</v>
+        <v>20190606164</v>
       </c>
       <c r="D1302" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1302" s="3" t="s">
-        <v>1914</v>
+        <v>1887</v>
       </c>
       <c r="F1302" s="3"/>
       <c r="G1302" s="3"/>
     </row>
     <row r="1303" spans="1:7">
       <c r="A1303" s="3">
         <v>1301</v>
       </c>
       <c r="B1303" s="3" t="s">
-        <v>1915</v>
+        <v>1888</v>
       </c>
       <c r="C1303" s="3">
-        <v>20207864260</v>
+        <v>20148170771</v>
       </c>
       <c r="D1303" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1303" s="3" t="s">
-        <v>1916</v>
+        <v>1889</v>
       </c>
       <c r="F1303" s="3"/>
       <c r="G1303" s="3"/>
     </row>
     <row r="1304" spans="1:7">
       <c r="A1304" s="3">
         <v>1302</v>
       </c>
       <c r="B1304" s="3" t="s">
-        <v>1917</v>
+        <v>1890</v>
       </c>
       <c r="C1304" s="3">
-        <v>10179059938</v>
+        <v>20220666418</v>
       </c>
       <c r="D1304" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1304" s="3" t="s">
-        <v>24</v>
+        <v>1891</v>
       </c>
       <c r="F1304" s="3"/>
       <c r="G1304" s="3"/>
     </row>
     <row r="1305" spans="1:7">
       <c r="A1305" s="3">
         <v>1303</v>
       </c>
       <c r="B1305" s="3" t="s">
-        <v>1918</v>
+        <v>1892</v>
       </c>
       <c r="C1305" s="3">
-        <v>10167366274</v>
+        <v>20146736875</v>
       </c>
       <c r="D1305" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1305" s="3" t="s">
-        <v>24</v>
+        <v>1893</v>
       </c>
       <c r="F1305" s="3"/>
       <c r="G1305" s="3"/>
     </row>
     <row r="1306" spans="1:7">
       <c r="A1306" s="3">
         <v>1304</v>
       </c>
       <c r="B1306" s="3" t="s">
-        <v>1919</v>
+        <v>1894</v>
       </c>
       <c r="C1306" s="3">
-        <v>10000937628</v>
+        <v>20168299436</v>
       </c>
       <c r="D1306" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1306" s="3" t="s">
-        <v>24</v>
+        <v>1895</v>
       </c>
       <c r="F1306" s="3"/>
       <c r="G1306" s="3"/>
     </row>
     <row r="1307" spans="1:7">
       <c r="A1307" s="3">
         <v>1305</v>
       </c>
       <c r="B1307" s="3" t="s">
-        <v>1920</v>
+        <v>1896</v>
       </c>
       <c r="C1307" s="3">
-        <v>17948253</v>
+        <v>20171880115</v>
       </c>
       <c r="D1307" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1307" s="3" t="s">
-        <v>19</v>
+        <v>1897</v>
       </c>
       <c r="F1307" s="3"/>
       <c r="G1307" s="3"/>
     </row>
     <row r="1308" spans="1:7">
       <c r="A1308" s="3">
         <v>1306</v>
       </c>
       <c r="B1308" s="3" t="s">
-        <v>1921</v>
+        <v>1898</v>
       </c>
       <c r="C1308" s="3">
-        <v>22091436</v>
+        <v>20161266753</v>
       </c>
       <c r="D1308" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1308" s="3" t="s">
-        <v>19</v>
+        <v>1899</v>
       </c>
       <c r="F1308" s="3"/>
       <c r="G1308" s="3"/>
     </row>
     <row r="1309" spans="1:7">
       <c r="A1309" s="3">
         <v>1307</v>
       </c>
       <c r="B1309" s="3" t="s">
-        <v>1922</v>
+        <v>1900</v>
       </c>
       <c r="C1309" s="3">
-        <v>43100130</v>
+        <v>20154435965</v>
       </c>
       <c r="D1309" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1309" s="3" t="s">
-        <v>19</v>
+        <v>1901</v>
       </c>
       <c r="F1309" s="3"/>
       <c r="G1309" s="3"/>
     </row>
     <row r="1310" spans="1:7">
       <c r="A1310" s="3">
         <v>1308</v>
       </c>
       <c r="B1310" s="3" t="s">
-        <v>1923</v>
+        <v>1902</v>
       </c>
       <c r="C1310" s="3">
-        <v>44920198</v>
+        <v>20189022655</v>
       </c>
       <c r="D1310" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1310" s="3" t="s">
-        <v>19</v>
+        <v>1903</v>
       </c>
       <c r="F1310" s="3"/>
       <c r="G1310" s="3"/>
     </row>
     <row r="1311" spans="1:7">
       <c r="A1311" s="3">
         <v>1309</v>
       </c>
       <c r="B1311" s="3" t="s">
-        <v>1924</v>
+        <v>1904</v>
       </c>
       <c r="C1311" s="3">
-        <v>20527588741</v>
+        <v>20163777917</v>
       </c>
       <c r="D1311" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1311" s="3" t="s">
-        <v>1925</v>
+        <v>1905</v>
       </c>
       <c r="F1311" s="3"/>
       <c r="G1311" s="3"/>
     </row>
     <row r="1312" spans="1:7">
       <c r="A1312" s="3">
         <v>1310</v>
       </c>
       <c r="B1312" s="3" t="s">
-        <v>1926</v>
+        <v>1906</v>
       </c>
       <c r="C1312" s="3">
-        <v>20606142031</v>
+        <v>20162536771</v>
       </c>
       <c r="D1312" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1312" s="3" t="s">
-        <v>1927</v>
+        <v>1907</v>
       </c>
       <c r="F1312" s="3"/>
       <c r="G1312" s="3"/>
     </row>
     <row r="1313" spans="1:7">
       <c r="A1313" s="3">
         <v>1311</v>
       </c>
       <c r="B1313" s="3" t="s">
-        <v>1928</v>
+        <v>1908</v>
       </c>
       <c r="C1313" s="3">
-        <v>20607770876</v>
+        <v>20208154428</v>
       </c>
       <c r="D1313" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1313" s="3" t="s">
-        <v>1929</v>
+        <v>1909</v>
       </c>
       <c r="F1313" s="3"/>
       <c r="G1313" s="3"/>
     </row>
     <row r="1314" spans="1:7">
       <c r="A1314" s="3">
         <v>1312</v>
       </c>
       <c r="B1314" s="3" t="s">
-        <v>1930</v>
+        <v>1910</v>
       </c>
       <c r="C1314" s="3">
-        <v>20606146257</v>
+        <v>20162161866</v>
       </c>
       <c r="D1314" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1314" s="3" t="s">
-        <v>1931</v>
+        <v>1911</v>
       </c>
       <c r="F1314" s="3"/>
       <c r="G1314" s="3"/>
     </row>
     <row r="1315" spans="1:7">
       <c r="A1315" s="3">
         <v>1313</v>
       </c>
       <c r="B1315" s="3" t="s">
-        <v>1932</v>
+        <v>1912</v>
       </c>
       <c r="C1315" s="3">
-        <v>10613470</v>
+        <v>20215430554</v>
       </c>
       <c r="D1315" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1315" s="3" t="s">
-        <v>19</v>
+        <v>1913</v>
       </c>
       <c r="F1315" s="3"/>
       <c r="G1315" s="3"/>
     </row>
     <row r="1316" spans="1:7">
       <c r="A1316" s="3">
         <v>1314</v>
       </c>
       <c r="B1316" s="3" t="s">
-        <v>1933</v>
-[...2 lines deleted...]
-        <v>1934</v>
+        <v>1914</v>
+      </c>
+      <c r="C1316" s="3">
+        <v>20171246092</v>
       </c>
       <c r="D1316" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1316" s="3" t="s">
-        <v>19</v>
+        <v>1915</v>
       </c>
       <c r="F1316" s="3"/>
       <c r="G1316" s="3"/>
     </row>
     <row r="1317" spans="1:7">
       <c r="A1317" s="3">
         <v>1315</v>
       </c>
       <c r="B1317" s="3" t="s">
-        <v>1935</v>
+        <v>1916</v>
       </c>
       <c r="C1317" s="3">
-        <v>32964661</v>
+        <v>20194799781</v>
       </c>
       <c r="D1317" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1317" s="3" t="s">
-        <v>1936</v>
+        <v>1917</v>
       </c>
       <c r="F1317" s="3"/>
       <c r="G1317" s="3"/>
     </row>
     <row r="1318" spans="1:7">
       <c r="A1318" s="3">
         <v>1316</v>
       </c>
       <c r="B1318" s="3" t="s">
-        <v>1937</v>
+        <v>1918</v>
       </c>
       <c r="C1318" s="3">
-        <v>70413911</v>
+        <v>20159308961</v>
       </c>
       <c r="D1318" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1318" s="3" t="s">
-        <v>19</v>
+        <v>1919</v>
       </c>
       <c r="F1318" s="3"/>
       <c r="G1318" s="3"/>
     </row>
     <row r="1319" spans="1:7">
       <c r="A1319" s="3">
         <v>1317</v>
       </c>
       <c r="B1319" s="3" t="s">
-        <v>1938</v>
-[...2 lines deleted...]
-        <v>1939</v>
+        <v>1920</v>
+      </c>
+      <c r="C1319" s="3">
+        <v>20154432516</v>
       </c>
       <c r="D1319" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1319" s="3" t="s">
-        <v>19</v>
+        <v>1921</v>
       </c>
       <c r="F1319" s="3"/>
       <c r="G1319" s="3"/>
     </row>
     <row r="1320" spans="1:7">
       <c r="A1320" s="3">
         <v>1318</v>
       </c>
       <c r="B1320" s="3" t="s">
-        <v>1940</v>
+        <v>1922</v>
       </c>
       <c r="C1320" s="3">
-        <v>23929744</v>
+        <v>20176895684</v>
       </c>
       <c r="D1320" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1320" s="3" t="s">
-        <v>19</v>
+        <v>1923</v>
       </c>
       <c r="F1320" s="3"/>
       <c r="G1320" s="3"/>
     </row>
     <row r="1321" spans="1:7">
       <c r="A1321" s="3">
         <v>1319</v>
       </c>
       <c r="B1321" s="3" t="s">
-        <v>1941</v>
+        <v>1924</v>
       </c>
       <c r="C1321" s="3">
-        <v>74253488</v>
+        <v>20221111673</v>
       </c>
       <c r="D1321" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1321" s="3" t="s">
-        <v>19</v>
+        <v>1925</v>
       </c>
       <c r="F1321" s="3"/>
       <c r="G1321" s="3"/>
     </row>
     <row r="1322" spans="1:7">
       <c r="A1322" s="3">
         <v>1320</v>
       </c>
       <c r="B1322" s="3" t="s">
-        <v>1942</v>
+        <v>1926</v>
       </c>
       <c r="C1322" s="3">
-        <v>10238812068</v>
+        <v>20529997401</v>
       </c>
       <c r="D1322" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1322" s="3" t="s">
-        <v>24</v>
+        <v>1927</v>
       </c>
       <c r="F1322" s="3"/>
       <c r="G1322" s="3"/>
     </row>
     <row r="1323" spans="1:7">
       <c r="A1323" s="3">
         <v>1321</v>
       </c>
       <c r="B1323" s="3" t="s">
-        <v>1943</v>
+        <v>1928</v>
       </c>
       <c r="C1323" s="3">
-        <v>23272555</v>
+        <v>20154572792</v>
       </c>
       <c r="D1323" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1323" s="3" t="s">
-        <v>19</v>
+        <v>1929</v>
       </c>
       <c r="F1323" s="3"/>
       <c r="G1323" s="3"/>
     </row>
     <row r="1324" spans="1:7">
       <c r="A1324" s="3">
         <v>1322</v>
       </c>
       <c r="B1324" s="3" t="s">
-        <v>1944</v>
+        <v>1930</v>
       </c>
       <c r="C1324" s="3">
-        <v>16551779</v>
+        <v>20168007168</v>
       </c>
       <c r="D1324" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1324" s="3" t="s">
-        <v>19</v>
+        <v>1931</v>
       </c>
       <c r="F1324" s="3"/>
       <c r="G1324" s="3"/>
     </row>
     <row r="1325" spans="1:7">
       <c r="A1325" s="3">
         <v>1323</v>
       </c>
       <c r="B1325" s="3" t="s">
-        <v>1945</v>
+        <v>1932</v>
       </c>
       <c r="C1325" s="3">
-        <v>29265231</v>
+        <v>20493465491</v>
       </c>
       <c r="D1325" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1325" s="3" t="s">
-        <v>19</v>
+        <v>1933</v>
       </c>
       <c r="F1325" s="3"/>
       <c r="G1325" s="3"/>
     </row>
     <row r="1326" spans="1:7">
       <c r="A1326" s="3">
         <v>1324</v>
       </c>
       <c r="B1326" s="3" t="s">
-        <v>1946</v>
+        <v>1934</v>
       </c>
       <c r="C1326" s="3">
-        <v>20607465585</v>
+        <v>20200953691</v>
       </c>
       <c r="D1326" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1326" s="3" t="s">
-        <v>1947</v>
+        <v>1935</v>
       </c>
       <c r="F1326" s="3"/>
       <c r="G1326" s="3"/>
     </row>
     <row r="1327" spans="1:7">
       <c r="A1327" s="3">
         <v>1325</v>
       </c>
       <c r="B1327" s="3" t="s">
-        <v>1948</v>
+        <v>1936</v>
       </c>
       <c r="C1327" s="3">
-        <v>20521586134</v>
+        <v>20171714371</v>
       </c>
       <c r="D1327" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1327" s="3" t="s">
-        <v>1949</v>
+        <v>1937</v>
       </c>
       <c r="F1327" s="3"/>
       <c r="G1327" s="3"/>
     </row>
     <row r="1328" spans="1:7">
       <c r="A1328" s="3">
         <v>1326</v>
       </c>
       <c r="B1328" s="3" t="s">
-        <v>1950</v>
+        <v>1938</v>
       </c>
       <c r="C1328" s="3">
-        <v>20607776955</v>
+        <v>20156074242</v>
       </c>
       <c r="D1328" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1328" s="3" t="s">
-        <v>1951</v>
+        <v>1939</v>
       </c>
       <c r="F1328" s="3"/>
       <c r="G1328" s="3"/>
     </row>
     <row r="1329" spans="1:7">
       <c r="A1329" s="3">
         <v>1327</v>
       </c>
       <c r="B1329" s="3" t="s">
-        <v>1952</v>
+        <v>1940</v>
       </c>
       <c r="C1329" s="3">
-        <v>20607856169</v>
+        <v>20147421070</v>
       </c>
       <c r="D1329" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1329" s="3" t="s">
-        <v>1953</v>
+        <v>1941</v>
       </c>
       <c r="F1329" s="3"/>
       <c r="G1329" s="3"/>
     </row>
     <row r="1330" spans="1:7">
       <c r="A1330" s="3">
         <v>1328</v>
       </c>
       <c r="B1330" s="3" t="s">
-        <v>1954</v>
+        <v>1942</v>
       </c>
       <c r="C1330" s="3">
-        <v>20606138076</v>
+        <v>20148289825</v>
       </c>
       <c r="D1330" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1330" s="3" t="s">
-        <v>1955</v>
+        <v>1943</v>
       </c>
       <c r="F1330" s="3"/>
       <c r="G1330" s="3"/>
     </row>
     <row r="1331" spans="1:7">
       <c r="A1331" s="3">
         <v>1329</v>
       </c>
       <c r="B1331" s="3" t="s">
-        <v>1956</v>
+        <v>1944</v>
       </c>
       <c r="C1331" s="3">
-        <v>20607593435</v>
+        <v>20166667934</v>
       </c>
       <c r="D1331" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1331" s="3" t="s">
-        <v>1957</v>
+        <v>1945</v>
       </c>
       <c r="F1331" s="3"/>
       <c r="G1331" s="3"/>
     </row>
     <row r="1332" spans="1:7">
       <c r="A1332" s="3">
         <v>1330</v>
       </c>
       <c r="B1332" s="3" t="s">
-        <v>1958</v>
+        <v>1946</v>
       </c>
       <c r="C1332" s="3">
-        <v>20606158310</v>
+        <v>20142167744</v>
       </c>
       <c r="D1332" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1332" s="3" t="s">
-        <v>1959</v>
+        <v>1947</v>
       </c>
       <c r="F1332" s="3"/>
       <c r="G1332" s="3"/>
     </row>
     <row r="1333" spans="1:7">
       <c r="A1333" s="3">
         <v>1331</v>
       </c>
       <c r="B1333" s="3" t="s">
-        <v>1960</v>
+        <v>1948</v>
       </c>
       <c r="C1333" s="3">
-        <v>20606121904</v>
+        <v>20165563515</v>
       </c>
       <c r="D1333" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1333" s="3" t="s">
-        <v>1961</v>
+        <v>1949</v>
       </c>
       <c r="F1333" s="3"/>
       <c r="G1333" s="3"/>
     </row>
     <row r="1334" spans="1:7">
       <c r="A1334" s="3">
         <v>1332</v>
       </c>
       <c r="B1334" s="3" t="s">
-        <v>1962</v>
+        <v>1950</v>
       </c>
       <c r="C1334" s="3">
-        <v>20607647497</v>
+        <v>20116067847</v>
       </c>
       <c r="D1334" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1334" s="3" t="s">
-        <v>1963</v>
+        <v>1951</v>
       </c>
       <c r="F1334" s="3"/>
       <c r="G1334" s="3"/>
     </row>
     <row r="1335" spans="1:7">
       <c r="A1335" s="3">
         <v>1333</v>
       </c>
       <c r="B1335" s="3" t="s">
-        <v>1964</v>
+        <v>1952</v>
       </c>
       <c r="C1335" s="3">
-        <v>20609227967</v>
+        <v>20103845590</v>
       </c>
       <c r="D1335" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1335" s="3" t="s">
-        <v>1965</v>
+        <v>1953</v>
       </c>
       <c r="F1335" s="3"/>
       <c r="G1335" s="3"/>
     </row>
     <row r="1336" spans="1:7">
       <c r="A1336" s="3">
         <v>1334</v>
       </c>
       <c r="B1336" s="3" t="s">
-        <v>1966</v>
+        <v>1954</v>
       </c>
       <c r="C1336" s="3">
-        <v>20607683299</v>
+        <v>20105266988</v>
       </c>
       <c r="D1336" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1336" s="3" t="s">
-        <v>1967</v>
+        <v>1955</v>
       </c>
       <c r="F1336" s="3"/>
       <c r="G1336" s="3"/>
     </row>
     <row r="1337" spans="1:7">
       <c r="A1337" s="3">
         <v>1335</v>
       </c>
       <c r="B1337" s="3" t="s">
-        <v>1968</v>
+        <v>1956</v>
       </c>
       <c r="C1337" s="3">
-        <v>20606151978</v>
+        <v>20146806679</v>
       </c>
       <c r="D1337" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1337" s="3" t="s">
-        <v>1969</v>
+        <v>1957</v>
       </c>
       <c r="F1337" s="3"/>
       <c r="G1337" s="3"/>
     </row>
     <row r="1338" spans="1:7">
       <c r="A1338" s="3">
         <v>1336</v>
       </c>
       <c r="B1338" s="3" t="s">
-        <v>1970</v>
+        <v>1958</v>
       </c>
       <c r="C1338" s="3">
-        <v>20607669831</v>
+        <v>20176735725</v>
       </c>
       <c r="D1338" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1338" s="3" t="s">
-        <v>1971</v>
+        <v>1959</v>
       </c>
       <c r="F1338" s="3"/>
       <c r="G1338" s="3"/>
     </row>
     <row r="1339" spans="1:7">
       <c r="A1339" s="3">
         <v>1337</v>
       </c>
       <c r="B1339" s="3" t="s">
-        <v>1972</v>
+        <v>1960</v>
       </c>
       <c r="C1339" s="3">
-        <v>20607670812</v>
+        <v>20146247084</v>
       </c>
       <c r="D1339" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1339" s="3" t="s">
-        <v>1973</v>
+        <v>1961</v>
       </c>
       <c r="F1339" s="3"/>
       <c r="G1339" s="3"/>
     </row>
     <row r="1340" spans="1:7">
       <c r="A1340" s="3">
         <v>1338</v>
       </c>
       <c r="B1340" s="3" t="s">
-        <v>1974</v>
+        <v>1962</v>
       </c>
       <c r="C1340" s="3">
-        <v>10164804718</v>
+        <v>20185379079</v>
       </c>
       <c r="D1340" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1340" s="3" t="s">
-        <v>1975</v>
+        <v>1963</v>
       </c>
       <c r="F1340" s="3"/>
       <c r="G1340" s="3"/>
     </row>
     <row r="1341" spans="1:7">
       <c r="A1341" s="3">
         <v>1339</v>
       </c>
       <c r="B1341" s="3" t="s">
-        <v>1976</v>
+        <v>1964</v>
       </c>
       <c r="C1341" s="3">
-        <v>10001275343</v>
+        <v>20154477021</v>
       </c>
       <c r="D1341" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1341" s="3" t="s">
-        <v>24</v>
+        <v>1965</v>
       </c>
       <c r="F1341" s="3"/>
       <c r="G1341" s="3"/>
     </row>
     <row r="1342" spans="1:7">
       <c r="A1342" s="3">
         <v>1340</v>
       </c>
       <c r="B1342" s="3" t="s">
-        <v>1977</v>
+        <v>1966</v>
       </c>
       <c r="C1342" s="3">
-        <v>20477530665</v>
+        <v>20147797100</v>
       </c>
       <c r="D1342" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1342" s="3" t="s">
-        <v>1978</v>
+        <v>1967</v>
       </c>
       <c r="F1342" s="3"/>
       <c r="G1342" s="3"/>
     </row>
     <row r="1343" spans="1:7">
       <c r="A1343" s="3">
         <v>1341</v>
       </c>
       <c r="B1343" s="3" t="s">
-        <v>1979</v>
+        <v>1968</v>
       </c>
       <c r="C1343" s="3">
-        <v>20613226266</v>
+        <v>20147142197</v>
       </c>
       <c r="D1343" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1343" s="3" t="s">
-        <v>1980</v>
+        <v>1969</v>
       </c>
       <c r="F1343" s="3"/>
       <c r="G1343" s="3"/>
     </row>
     <row r="1344" spans="1:7">
       <c r="A1344" s="3">
         <v>1342</v>
       </c>
       <c r="B1344" s="3" t="s">
-        <v>1981</v>
+        <v>1970</v>
       </c>
       <c r="C1344" s="3">
-        <v>24487854</v>
+        <v>20192146641</v>
       </c>
       <c r="D1344" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1344" s="3" t="s">
-        <v>19</v>
+        <v>1971</v>
       </c>
       <c r="F1344" s="3"/>
       <c r="G1344" s="3"/>
     </row>
     <row r="1345" spans="1:7">
       <c r="A1345" s="3">
         <v>1343</v>
       </c>
       <c r="B1345" s="3" t="s">
-        <v>1982</v>
+        <v>1972</v>
       </c>
       <c r="C1345" s="3">
-        <v>20531320574</v>
+        <v>20163065330</v>
       </c>
       <c r="D1345" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1345" s="3" t="s">
-        <v>1983</v>
+        <v>1973</v>
       </c>
       <c r="F1345" s="3"/>
       <c r="G1345" s="3"/>
     </row>
     <row r="1346" spans="1:7">
       <c r="A1346" s="3">
         <v>1344</v>
       </c>
       <c r="B1346" s="3" t="s">
-        <v>1984</v>
+        <v>1974</v>
       </c>
       <c r="C1346" s="3">
-        <v>20154547259</v>
+        <v>20187459258</v>
       </c>
       <c r="D1346" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1346" s="3" t="s">
-        <v>1985</v>
+        <v>1975</v>
       </c>
       <c r="F1346" s="3"/>
       <c r="G1346" s="3"/>
     </row>
     <row r="1347" spans="1:7">
       <c r="A1347" s="3">
         <v>1345</v>
       </c>
       <c r="B1347" s="3" t="s">
-        <v>1986</v>
+        <v>1976</v>
       </c>
       <c r="C1347" s="3">
-        <v>20393482258</v>
+        <v>20154469941</v>
       </c>
       <c r="D1347" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1347" s="3" t="s">
-        <v>1987</v>
+        <v>1977</v>
       </c>
       <c r="F1347" s="3"/>
       <c r="G1347" s="3"/>
     </row>
     <row r="1348" spans="1:7">
       <c r="A1348" s="3">
         <v>1346</v>
       </c>
       <c r="B1348" s="3" t="s">
-        <v>1988</v>
+        <v>1978</v>
       </c>
       <c r="C1348" s="3">
-        <v>41628341</v>
+        <v>20175083937</v>
       </c>
       <c r="D1348" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1348" s="3" t="s">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="F1348" s="3"/>
       <c r="G1348" s="3"/>
     </row>
     <row r="1349" spans="1:7">
       <c r="A1349" s="3">
         <v>1347</v>
       </c>
       <c r="B1349" s="3" t="s">
-        <v>1990</v>
-[...2 lines deleted...]
-        <v>1991</v>
+        <v>1980</v>
+      </c>
+      <c r="C1349" s="3">
+        <v>20143625843</v>
       </c>
       <c r="D1349" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1349" s="3" t="s">
-        <v>19</v>
+        <v>1981</v>
       </c>
       <c r="F1349" s="3"/>
       <c r="G1349" s="3"/>
     </row>
     <row r="1350" spans="1:7">
       <c r="A1350" s="3">
         <v>1348</v>
       </c>
       <c r="B1350" s="3" t="s">
-        <v>1992</v>
+        <v>1982</v>
       </c>
       <c r="C1350" s="3">
-        <v>48633196</v>
+        <v>20141897935</v>
       </c>
       <c r="D1350" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1350" s="3" t="s">
-        <v>19</v>
+        <v>1983</v>
       </c>
       <c r="F1350" s="3"/>
       <c r="G1350" s="3"/>
     </row>
     <row r="1351" spans="1:7">
       <c r="A1351" s="3">
         <v>1349</v>
       </c>
       <c r="B1351" s="3" t="s">
-        <v>1993</v>
+        <v>1984</v>
       </c>
       <c r="C1351" s="3">
-        <v>33678308</v>
+        <v>20168745231</v>
       </c>
       <c r="D1351" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1351" s="3" t="s">
-        <v>19</v>
+        <v>1985</v>
       </c>
       <c r="F1351" s="3"/>
       <c r="G1351" s="3"/>
     </row>
     <row r="1352" spans="1:7">
       <c r="A1352" s="3">
         <v>1350</v>
       </c>
       <c r="B1352" s="3" t="s">
-        <v>1994</v>
+        <v>1986</v>
       </c>
       <c r="C1352" s="3">
-        <v>20508009977</v>
+        <v>20200650442</v>
       </c>
       <c r="D1352" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1352" s="3" t="s">
-        <v>1995</v>
+        <v>1987</v>
       </c>
       <c r="F1352" s="3"/>
       <c r="G1352" s="3"/>
     </row>
     <row r="1353" spans="1:7">
       <c r="A1353" s="3">
         <v>1351</v>
       </c>
       <c r="B1353" s="3" t="s">
-        <v>1996</v>
+        <v>1988</v>
       </c>
       <c r="C1353" s="3">
-        <v>20356201923</v>
+        <v>20207864260</v>
       </c>
       <c r="D1353" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1353" s="3" t="s">
-        <v>1997</v>
+        <v>1989</v>
       </c>
       <c r="F1353" s="3"/>
       <c r="G1353" s="3"/>
     </row>
     <row r="1354" spans="1:7">
       <c r="A1354" s="3">
         <v>1352</v>
       </c>
       <c r="B1354" s="3" t="s">
-        <v>1998</v>
+        <v>1990</v>
       </c>
       <c r="C1354" s="3">
-        <v>20528134760</v>
+        <v>10179059938</v>
       </c>
       <c r="D1354" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1354" s="3" t="s">
-        <v>1999</v>
+        <v>24</v>
       </c>
       <c r="F1354" s="3"/>
       <c r="G1354" s="3"/>
     </row>
     <row r="1355" spans="1:7">
       <c r="A1355" s="3">
         <v>1353</v>
       </c>
       <c r="B1355" s="3" t="s">
-        <v>2000</v>
+        <v>1991</v>
       </c>
       <c r="C1355" s="3">
-        <v>20565423372</v>
+        <v>10167366274</v>
       </c>
       <c r="D1355" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1355" s="3" t="s">
-        <v>2001</v>
+        <v>24</v>
       </c>
       <c r="F1355" s="3"/>
       <c r="G1355" s="3"/>
     </row>
     <row r="1356" spans="1:7">
       <c r="A1356" s="3">
         <v>1354</v>
       </c>
       <c r="B1356" s="3" t="s">
-        <v>2002</v>
+        <v>1992</v>
       </c>
       <c r="C1356" s="3">
-        <v>20493622693</v>
+        <v>10000937628</v>
       </c>
       <c r="D1356" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1356" s="3" t="s">
-        <v>2003</v>
+        <v>24</v>
       </c>
       <c r="F1356" s="3"/>
       <c r="G1356" s="3"/>
     </row>
     <row r="1357" spans="1:7">
       <c r="A1357" s="3">
         <v>1355</v>
       </c>
       <c r="B1357" s="3" t="s">
-        <v>2004</v>
+        <v>1993</v>
       </c>
       <c r="C1357" s="3">
-        <v>20564493539</v>
+        <v>17948253</v>
       </c>
       <c r="D1357" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1357" s="3" t="s">
-        <v>2005</v>
+        <v>19</v>
       </c>
       <c r="F1357" s="3"/>
       <c r="G1357" s="3"/>
     </row>
     <row r="1358" spans="1:7">
       <c r="A1358" s="3">
         <v>1356</v>
       </c>
       <c r="B1358" s="3" t="s">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="C1358" s="3">
-        <v>17858792</v>
+        <v>22091436</v>
       </c>
       <c r="D1358" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1358" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1358" s="3"/>
       <c r="G1358" s="3"/>
     </row>
     <row r="1359" spans="1:7">
       <c r="A1359" s="3">
         <v>1357</v>
       </c>
       <c r="B1359" s="3" t="s">
-        <v>2007</v>
-[...2 lines deleted...]
-        <v>2008</v>
+        <v>1995</v>
+      </c>
+      <c r="C1359" s="3">
+        <v>43100130</v>
       </c>
       <c r="D1359" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1359" s="3"/>
+      <c r="E1359" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1359" s="3"/>
       <c r="G1359" s="3"/>
     </row>
     <row r="1360" spans="1:7">
       <c r="A1360" s="3">
         <v>1358</v>
       </c>
       <c r="B1360" s="3" t="s">
-        <v>2009</v>
+        <v>1996</v>
       </c>
       <c r="C1360" s="3">
-        <v>26613589</v>
+        <v>44920198</v>
       </c>
       <c r="D1360" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1360" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1360" s="3"/>
       <c r="G1360" s="3"/>
     </row>
     <row r="1361" spans="1:7">
       <c r="A1361" s="3">
         <v>1359</v>
       </c>
       <c r="B1361" s="3" t="s">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="C1361" s="3">
-        <v>21814761</v>
+        <v>20527588741</v>
       </c>
       <c r="D1361" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1361" s="3" t="s">
-        <v>19</v>
+        <v>1998</v>
       </c>
       <c r="F1361" s="3"/>
       <c r="G1361" s="3"/>
     </row>
     <row r="1362" spans="1:7">
       <c r="A1362" s="3">
         <v>1360</v>
       </c>
       <c r="B1362" s="3" t="s">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="C1362" s="3">
-        <v>17844840</v>
+        <v>20606142031</v>
       </c>
       <c r="D1362" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1362" s="3" t="s">
-        <v>19</v>
+        <v>2000</v>
       </c>
       <c r="F1362" s="3"/>
       <c r="G1362" s="3"/>
     </row>
     <row r="1363" spans="1:7">
       <c r="A1363" s="3">
         <v>1361</v>
       </c>
       <c r="B1363" s="3" t="s">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="C1363" s="3">
-        <v>23952353</v>
+        <v>20607770876</v>
       </c>
       <c r="D1363" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1363" s="3" t="s">
-        <v>19</v>
+        <v>2002</v>
       </c>
       <c r="F1363" s="3"/>
       <c r="G1363" s="3"/>
     </row>
     <row r="1364" spans="1:7">
       <c r="A1364" s="3">
         <v>1362</v>
       </c>
       <c r="B1364" s="3" t="s">
-        <v>2013</v>
+        <v>2003</v>
       </c>
       <c r="C1364" s="3">
-        <v>21463308</v>
+        <v>20606146257</v>
       </c>
       <c r="D1364" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1364" s="3" t="s">
-        <v>19</v>
+        <v>2004</v>
       </c>
       <c r="F1364" s="3"/>
       <c r="G1364" s="3"/>
     </row>
     <row r="1365" spans="1:7">
       <c r="A1365" s="3">
         <v>1363</v>
       </c>
       <c r="B1365" s="3" t="s">
-        <v>2014</v>
+        <v>2005</v>
       </c>
       <c r="C1365" s="3">
-        <v>10166466917</v>
+        <v>10613470</v>
       </c>
       <c r="D1365" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1365" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1365" s="3"/>
       <c r="G1365" s="3"/>
     </row>
     <row r="1366" spans="1:7">
       <c r="A1366" s="3">
         <v>1364</v>
       </c>
       <c r="B1366" s="3" t="s">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>10098740363</v>
+        <v>2006</v>
+      </c>
+      <c r="C1366" s="3" t="s">
+        <v>2007</v>
       </c>
       <c r="D1366" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1366" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1366" s="3"/>
       <c r="G1366" s="3"/>
     </row>
     <row r="1367" spans="1:7">
       <c r="A1367" s="3">
         <v>1365</v>
       </c>
       <c r="B1367" s="3" t="s">
-        <v>2016</v>
+        <v>2008</v>
       </c>
       <c r="C1367" s="3">
-        <v>10283145951</v>
+        <v>32964661</v>
       </c>
       <c r="D1367" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1367" s="3" t="s">
-        <v>24</v>
+        <v>2009</v>
       </c>
       <c r="F1367" s="3"/>
       <c r="G1367" s="3"/>
     </row>
     <row r="1368" spans="1:7">
       <c r="A1368" s="3">
         <v>1366</v>
       </c>
       <c r="B1368" s="3" t="s">
-        <v>2017</v>
+        <v>2010</v>
       </c>
       <c r="C1368" s="3">
-        <v>10000698127</v>
+        <v>70413911</v>
       </c>
       <c r="D1368" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1368" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1368" s="3"/>
       <c r="G1368" s="3"/>
     </row>
     <row r="1369" spans="1:7">
       <c r="A1369" s="3">
         <v>1367</v>
       </c>
       <c r="B1369" s="3" t="s">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>10238168614</v>
+        <v>2011</v>
+      </c>
+      <c r="C1369" s="3" t="s">
+        <v>2012</v>
       </c>
       <c r="D1369" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1369" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1369" s="3"/>
       <c r="G1369" s="3"/>
     </row>
     <row r="1370" spans="1:7">
       <c r="A1370" s="3">
         <v>1368</v>
       </c>
       <c r="B1370" s="3" t="s">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="C1370" s="3">
-        <v>16563355</v>
+        <v>23929744</v>
       </c>
       <c r="D1370" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1370" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1370" s="3"/>
       <c r="G1370" s="3"/>
     </row>
     <row r="1371" spans="1:7">
       <c r="A1371" s="3">
         <v>1369</v>
       </c>
       <c r="B1371" s="3" t="s">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="C1371" s="3">
-        <v>47537088</v>
+        <v>74253488</v>
       </c>
       <c r="D1371" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1371" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1371" s="3"/>
       <c r="G1371" s="3"/>
     </row>
     <row r="1372" spans="1:7">
       <c r="A1372" s="3">
         <v>1370</v>
       </c>
       <c r="B1372" s="3" t="s">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="C1372" s="3">
-        <v>41900812</v>
+        <v>10238812068</v>
       </c>
       <c r="D1372" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1372" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1372" s="3"/>
       <c r="G1372" s="3"/>
     </row>
     <row r="1373" spans="1:7">
       <c r="A1373" s="3">
         <v>1371</v>
       </c>
       <c r="B1373" s="3" t="s">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="C1373" s="3">
-        <v>46187636</v>
+        <v>23272555</v>
       </c>
       <c r="D1373" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1373" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1373" s="3"/>
       <c r="G1373" s="3"/>
     </row>
     <row r="1374" spans="1:7">
       <c r="A1374" s="3">
         <v>1372</v>
       </c>
       <c r="B1374" s="3" t="s">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="C1374" s="3">
-        <v>10266125645</v>
+        <v>16551779</v>
       </c>
       <c r="D1374" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1374" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1374" s="3"/>
       <c r="G1374" s="3"/>
     </row>
     <row r="1375" spans="1:7">
       <c r="A1375" s="3">
         <v>1373</v>
       </c>
       <c r="B1375" s="3" t="s">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="C1375" s="3">
-        <v>20601087031</v>
+        <v>29265231</v>
       </c>
       <c r="D1375" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1375" s="3" t="s">
-        <v>2025</v>
+        <v>19</v>
       </c>
       <c r="F1375" s="3"/>
       <c r="G1375" s="3"/>
     </row>
     <row r="1376" spans="1:7">
       <c r="A1376" s="3">
         <v>1374</v>
       </c>
       <c r="B1376" s="3" t="s">
-        <v>2026</v>
+        <v>2019</v>
       </c>
       <c r="C1376" s="3">
-        <v>10239305194</v>
+        <v>20607465585</v>
       </c>
       <c r="D1376" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1376" s="3" t="s">
-        <v>24</v>
+        <v>2020</v>
       </c>
       <c r="F1376" s="3"/>
       <c r="G1376" s="3"/>
     </row>
     <row r="1377" spans="1:7">
       <c r="A1377" s="3">
         <v>1375</v>
       </c>
       <c r="B1377" s="3" t="s">
-        <v>2027</v>
+        <v>2021</v>
       </c>
       <c r="C1377" s="3">
-        <v>42622968</v>
+        <v>20521586134</v>
       </c>
       <c r="D1377" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1377" s="3" t="s">
-        <v>19</v>
+        <v>2022</v>
       </c>
       <c r="F1377" s="3"/>
       <c r="G1377" s="3"/>
     </row>
     <row r="1378" spans="1:7">
       <c r="A1378" s="3">
         <v>1376</v>
       </c>
       <c r="B1378" s="3" t="s">
-        <v>2028</v>
+        <v>2023</v>
       </c>
       <c r="C1378" s="3">
-        <v>71254363</v>
+        <v>20607776955</v>
       </c>
       <c r="D1378" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1378" s="3" t="s">
-        <v>19</v>
+        <v>2024</v>
       </c>
       <c r="F1378" s="3"/>
       <c r="G1378" s="3"/>
     </row>
     <row r="1379" spans="1:7">
       <c r="A1379" s="3">
         <v>1377</v>
       </c>
       <c r="B1379" s="3" t="s">
-        <v>2029</v>
+        <v>2025</v>
       </c>
       <c r="C1379" s="3">
-        <v>46865621</v>
+        <v>20607856169</v>
       </c>
       <c r="D1379" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1379" s="3" t="s">
-        <v>2030</v>
+        <v>2026</v>
       </c>
       <c r="F1379" s="3"/>
       <c r="G1379" s="3"/>
     </row>
     <row r="1380" spans="1:7">
       <c r="A1380" s="3">
         <v>1378</v>
       </c>
       <c r="B1380" s="3" t="s">
-        <v>2031</v>
+        <v>2027</v>
       </c>
       <c r="C1380" s="3">
-        <v>20539257235</v>
+        <v>20606138076</v>
       </c>
       <c r="D1380" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1380" s="3" t="s">
-        <v>2032</v>
+        <v>2028</v>
       </c>
       <c r="F1380" s="3"/>
       <c r="G1380" s="3"/>
     </row>
     <row r="1381" spans="1:7">
       <c r="A1381" s="3">
         <v>1379</v>
       </c>
       <c r="B1381" s="3" t="s">
-        <v>2033</v>
-[...2 lines deleted...]
-        <v>2034</v>
+        <v>2029</v>
+      </c>
+      <c r="C1381" s="3">
+        <v>20607593435</v>
       </c>
       <c r="D1381" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1381" s="3" t="s">
-        <v>19</v>
+        <v>2030</v>
       </c>
       <c r="F1381" s="3"/>
       <c r="G1381" s="3"/>
     </row>
     <row r="1382" spans="1:7">
       <c r="A1382" s="3">
         <v>1380</v>
       </c>
       <c r="B1382" s="3" t="s">
-        <v>2035</v>
+        <v>2031</v>
       </c>
       <c r="C1382" s="3">
-        <v>43435422</v>
+        <v>20606158310</v>
       </c>
       <c r="D1382" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1382" s="3" t="s">
-        <v>19</v>
+        <v>2032</v>
       </c>
       <c r="F1382" s="3"/>
       <c r="G1382" s="3"/>
     </row>
     <row r="1383" spans="1:7">
       <c r="A1383" s="3">
         <v>1381</v>
       </c>
       <c r="B1383" s="3" t="s">
-        <v>2036</v>
-[...2 lines deleted...]
-        <v>2037</v>
+        <v>2033</v>
+      </c>
+      <c r="C1383" s="3">
+        <v>20606121904</v>
       </c>
       <c r="D1383" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1383" s="3" t="s">
-        <v>19</v>
+        <v>2034</v>
       </c>
       <c r="F1383" s="3"/>
       <c r="G1383" s="3"/>
     </row>
     <row r="1384" spans="1:7">
       <c r="A1384" s="3">
         <v>1382</v>
       </c>
       <c r="B1384" s="3" t="s">
-        <v>2038</v>
+        <v>2035</v>
       </c>
       <c r="C1384" s="3">
-        <v>21428901</v>
+        <v>20607647497</v>
       </c>
       <c r="D1384" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1384" s="3" t="s">
-        <v>19</v>
+        <v>2036</v>
       </c>
       <c r="F1384" s="3"/>
       <c r="G1384" s="3"/>
     </row>
     <row r="1385" spans="1:7">
       <c r="A1385" s="3">
         <v>1383</v>
       </c>
       <c r="B1385" s="3" t="s">
-        <v>2039</v>
+        <v>2037</v>
       </c>
       <c r="C1385" s="3">
-        <v>72673116</v>
+        <v>20609227967</v>
       </c>
       <c r="D1385" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1385" s="3" t="s">
-        <v>19</v>
+        <v>2038</v>
       </c>
       <c r="F1385" s="3"/>
       <c r="G1385" s="3"/>
     </row>
     <row r="1386" spans="1:7">
       <c r="A1386" s="3">
         <v>1384</v>
       </c>
       <c r="B1386" s="3" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C1386" s="3">
+        <v>20607683299</v>
+      </c>
+      <c r="D1386" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1386" s="3" t="s">
         <v>2040</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F1386" s="3"/>
       <c r="G1386" s="3"/>
     </row>
     <row r="1387" spans="1:7">
       <c r="A1387" s="3">
         <v>1385</v>
       </c>
       <c r="B1387" s="3" t="s">
         <v>2041</v>
       </c>
       <c r="C1387" s="3">
-        <v>10409629615</v>
+        <v>20606151978</v>
       </c>
       <c r="D1387" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="E1387" s="3"/>
+      <c r="E1387" s="3" t="s">
+        <v>2042</v>
+      </c>
       <c r="F1387" s="3"/>
       <c r="G1387" s="3"/>
     </row>
     <row r="1388" spans="1:7">
       <c r="A1388" s="3">
         <v>1386</v>
       </c>
       <c r="B1388" s="3" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C1388" s="3">
-        <v>21494612</v>
+        <v>20607669831</v>
       </c>
       <c r="D1388" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1388" s="3" t="s">
-        <v>19</v>
+        <v>2044</v>
       </c>
       <c r="F1388" s="3"/>
       <c r="G1388" s="3"/>
     </row>
     <row r="1389" spans="1:7">
       <c r="A1389" s="3">
         <v>1387</v>
       </c>
       <c r="B1389" s="3" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="C1389" s="3">
-        <v>42461738</v>
+        <v>20607670812</v>
       </c>
       <c r="D1389" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1389" s="3" t="s">
-        <v>1936</v>
+        <v>2046</v>
       </c>
       <c r="F1389" s="3"/>
       <c r="G1389" s="3"/>
     </row>
     <row r="1390" spans="1:7">
       <c r="A1390" s="3">
         <v>1388</v>
       </c>
       <c r="B1390" s="3" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="C1390" s="3">
-        <v>10702028243</v>
+        <v>10407093718</v>
       </c>
       <c r="D1390" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1390" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F1390" s="3"/>
       <c r="G1390" s="3"/>
     </row>
     <row r="1391" spans="1:7">
       <c r="A1391" s="3">
         <v>1389</v>
       </c>
       <c r="B1391" s="3" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="C1391" s="3">
-        <v>70000478</v>
+        <v>10164804718</v>
       </c>
       <c r="D1391" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1391" s="3" t="s">
-        <v>19</v>
+        <v>2049</v>
       </c>
       <c r="F1391" s="3"/>
       <c r="G1391" s="3"/>
     </row>
     <row r="1392" spans="1:7">
       <c r="A1392" s="3">
         <v>1390</v>
       </c>
       <c r="B1392" s="3" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="C1392" s="3">
-        <v>10011302489</v>
+        <v>10001275343</v>
       </c>
       <c r="D1392" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1392" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F1392" s="3"/>
       <c r="G1392" s="3"/>
     </row>
     <row r="1393" spans="1:7">
       <c r="A1393" s="3">
         <v>1391</v>
       </c>
       <c r="B1393" s="3" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="C1393" s="3">
-        <v>10227033652</v>
+        <v>20477530665</v>
       </c>
       <c r="D1393" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1393" s="3" t="s">
-        <v>24</v>
+        <v>2052</v>
       </c>
       <c r="F1393" s="3"/>
       <c r="G1393" s="3"/>
     </row>
     <row r="1394" spans="1:7">
       <c r="A1394" s="3">
         <v>1392</v>
       </c>
       <c r="B1394" s="3" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="C1394" s="3">
-        <v>10012142418</v>
+        <v>20613226266</v>
       </c>
       <c r="D1394" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1394" s="3" t="s">
-        <v>24</v>
+        <v>2054</v>
       </c>
       <c r="F1394" s="3"/>
       <c r="G1394" s="3"/>
     </row>
     <row r="1395" spans="1:7">
       <c r="A1395" s="3">
         <v>1393</v>
       </c>
       <c r="B1395" s="3" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
       <c r="C1395" s="3">
-        <v>20534966521</v>
+        <v>24487854</v>
       </c>
       <c r="D1395" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1395" s="3" t="s">
-        <v>2050</v>
+        <v>19</v>
       </c>
       <c r="F1395" s="3"/>
       <c r="G1395" s="3"/>
     </row>
     <row r="1396" spans="1:7">
       <c r="A1396" s="3">
         <v>1394</v>
       </c>
       <c r="B1396" s="3" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="C1396" s="3">
-        <v>20527312320</v>
+        <v>20531320574</v>
       </c>
       <c r="D1396" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1396" s="3" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="F1396" s="3"/>
       <c r="G1396" s="3"/>
     </row>
     <row r="1397" spans="1:7">
       <c r="A1397" s="3">
         <v>1395</v>
       </c>
       <c r="B1397" s="3" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="C1397" s="3">
-        <v>20409356819</v>
+        <v>20154547259</v>
       </c>
       <c r="D1397" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1397" s="3" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="F1397" s="3"/>
       <c r="G1397" s="3"/>
     </row>
     <row r="1398" spans="1:7">
       <c r="A1398" s="3">
         <v>1396</v>
       </c>
       <c r="B1398" s="3" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="C1398" s="3">
-        <v>20552163550</v>
+        <v>20393482258</v>
       </c>
       <c r="D1398" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1398" s="3" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="F1398" s="3"/>
       <c r="G1398" s="3"/>
     </row>
     <row r="1399" spans="1:7">
       <c r="A1399" s="3">
         <v>1397</v>
       </c>
       <c r="B1399" s="3" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="C1399" s="3">
-        <v>20541764144</v>
+        <v>41628341</v>
       </c>
       <c r="D1399" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1399" s="3" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="F1399" s="3"/>
       <c r="G1399" s="3"/>
     </row>
     <row r="1400" spans="1:7">
       <c r="A1400" s="3">
         <v>1398</v>
       </c>
       <c r="B1400" s="3" t="s">
-        <v>2059</v>
-[...2 lines deleted...]
-        <v>20100128218</v>
+        <v>2064</v>
+      </c>
+      <c r="C1400" s="3" t="s">
+        <v>2065</v>
       </c>
       <c r="D1400" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1400" s="3" t="s">
-        <v>2060</v>
+        <v>19</v>
       </c>
       <c r="F1400" s="3"/>
       <c r="G1400" s="3"/>
     </row>
     <row r="1401" spans="1:7">
       <c r="A1401" s="3">
         <v>1399</v>
       </c>
       <c r="B1401" s="3" t="s">
-        <v>2061</v>
-[...2 lines deleted...]
-        <v>2062</v>
+        <v>2066</v>
+      </c>
+      <c r="C1401" s="3">
+        <v>10178067091</v>
       </c>
       <c r="D1401" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1401" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1401" s="3"/>
       <c r="G1401" s="3"/>
     </row>
     <row r="1402" spans="1:7">
       <c r="A1402" s="3">
         <v>1400</v>
       </c>
       <c r="B1402" s="3" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="C1402" s="3">
-        <v>20539090861</v>
+        <v>48633196</v>
       </c>
       <c r="D1402" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1402" s="3" t="s">
-        <v>2064</v>
+        <v>19</v>
       </c>
       <c r="F1402" s="3"/>
       <c r="G1402" s="3"/>
     </row>
     <row r="1403" spans="1:7">
       <c r="A1403" s="3">
         <v>1401</v>
       </c>
       <c r="B1403" s="3" t="s">
-        <v>2065</v>
+        <v>2068</v>
       </c>
       <c r="C1403" s="3">
-        <v>10482637596</v>
+        <v>33678308</v>
       </c>
       <c r="D1403" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1403" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1403" s="3"/>
       <c r="G1403" s="3"/>
     </row>
     <row r="1404" spans="1:7">
       <c r="A1404" s="3">
         <v>1402</v>
       </c>
       <c r="B1404" s="3" t="s">
-        <v>2066</v>
+        <v>2069</v>
       </c>
       <c r="C1404" s="3">
-        <v>10046409243</v>
+        <v>20605762060</v>
       </c>
       <c r="D1404" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1404" s="3" t="s">
-        <v>24</v>
+        <v>2070</v>
       </c>
       <c r="F1404" s="3"/>
       <c r="G1404" s="3"/>
     </row>
     <row r="1405" spans="1:7">
       <c r="A1405" s="3">
         <v>1403</v>
       </c>
       <c r="B1405" s="3" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="C1405" s="3">
-        <v>10164137231</v>
+        <v>20508009977</v>
       </c>
       <c r="D1405" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1405" s="3" t="s">
-        <v>24</v>
+        <v>2072</v>
       </c>
       <c r="F1405" s="3"/>
       <c r="G1405" s="3"/>
     </row>
     <row r="1406" spans="1:7">
       <c r="A1406" s="3">
         <v>1404</v>
       </c>
       <c r="B1406" s="3" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="C1406" s="3">
-        <v>20606175192</v>
+        <v>20356201923</v>
       </c>
       <c r="D1406" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1406" s="3" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="F1406" s="3"/>
       <c r="G1406" s="3"/>
     </row>
     <row r="1407" spans="1:7">
       <c r="A1407" s="3">
         <v>1405</v>
       </c>
       <c r="B1407" s="3" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="C1407" s="3">
-        <v>20159981216</v>
+        <v>20528134760</v>
       </c>
       <c r="D1407" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1407" s="3" t="s">
-        <v>2071</v>
+        <v>2076</v>
       </c>
       <c r="F1407" s="3"/>
       <c r="G1407" s="3"/>
     </row>
     <row r="1408" spans="1:7">
       <c r="A1408" s="3">
         <v>1406</v>
       </c>
       <c r="B1408" s="3" t="s">
-        <v>2072</v>
+        <v>2077</v>
       </c>
       <c r="C1408" s="3">
-        <v>20601631947</v>
+        <v>20565423372</v>
       </c>
       <c r="D1408" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1408" s="3" t="s">
-        <v>2073</v>
+        <v>2078</v>
       </c>
       <c r="F1408" s="3"/>
       <c r="G1408" s="3"/>
     </row>
     <row r="1409" spans="1:7">
       <c r="A1409" s="3">
         <v>1407</v>
       </c>
       <c r="B1409" s="3" t="s">
-        <v>2074</v>
+        <v>2079</v>
       </c>
       <c r="C1409" s="3">
-        <v>20559812561</v>
+        <v>20493622693</v>
       </c>
       <c r="D1409" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1409" s="3" t="s">
-        <v>2075</v>
+        <v>2080</v>
       </c>
       <c r="F1409" s="3"/>
       <c r="G1409" s="3"/>
     </row>
     <row r="1410" spans="1:7">
       <c r="A1410" s="3">
         <v>1408</v>
       </c>
       <c r="B1410" s="3" t="s">
-        <v>2076</v>
+        <v>2081</v>
       </c>
       <c r="C1410" s="3">
-        <v>10190989343</v>
+        <v>20564493539</v>
       </c>
       <c r="D1410" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1410" s="3" t="s">
-        <v>24</v>
+        <v>2082</v>
       </c>
       <c r="F1410" s="3"/>
       <c r="G1410" s="3"/>
     </row>
     <row r="1411" spans="1:7">
       <c r="A1411" s="3">
         <v>1409</v>
       </c>
       <c r="B1411" s="3" t="s">
-        <v>2077</v>
+        <v>2083</v>
       </c>
       <c r="C1411" s="3">
-        <v>10200584398</v>
+        <v>17858792</v>
       </c>
       <c r="D1411" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1411" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1411" s="3"/>
       <c r="G1411" s="3"/>
     </row>
     <row r="1412" spans="1:7">
       <c r="A1412" s="3">
         <v>1410</v>
       </c>
       <c r="B1412" s="3" t="s">
-        <v>2078</v>
-[...2 lines deleted...]
-        <v>10296530366</v>
+        <v>2084</v>
+      </c>
+      <c r="C1412" s="3" t="s">
+        <v>2085</v>
       </c>
       <c r="D1412" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E1412" s="3"/>
       <c r="F1412" s="3"/>
       <c r="G1412" s="3"/>
     </row>
     <row r="1413" spans="1:7">
       <c r="A1413" s="3">
         <v>1411</v>
       </c>
       <c r="B1413" s="3" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
       <c r="C1413" s="3">
-        <v>20559962024</v>
+        <v>26613589</v>
       </c>
       <c r="D1413" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1413" s="3" t="s">
-        <v>2080</v>
+        <v>19</v>
       </c>
       <c r="F1413" s="3"/>
       <c r="G1413" s="3"/>
     </row>
     <row r="1414" spans="1:7">
       <c r="A1414" s="3">
         <v>1412</v>
       </c>
       <c r="B1414" s="3" t="s">
-        <v>2081</v>
+        <v>2087</v>
       </c>
       <c r="C1414" s="3">
-        <v>20600683889</v>
+        <v>21814761</v>
       </c>
       <c r="D1414" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1414" s="3" t="s">
-        <v>2082</v>
+        <v>19</v>
       </c>
       <c r="F1414" s="3"/>
       <c r="G1414" s="3"/>
     </row>
     <row r="1415" spans="1:7">
       <c r="A1415" s="3">
         <v>1413</v>
       </c>
       <c r="B1415" s="3" t="s">
-        <v>2083</v>
+        <v>2088</v>
       </c>
       <c r="C1415" s="3">
-        <v>20100127165</v>
+        <v>17844840</v>
       </c>
       <c r="D1415" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1415" s="3" t="s">
-        <v>2084</v>
+        <v>19</v>
       </c>
       <c r="F1415" s="3"/>
       <c r="G1415" s="3"/>
     </row>
     <row r="1416" spans="1:7">
       <c r="A1416" s="3">
         <v>1414</v>
       </c>
       <c r="B1416" s="3" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="C1416" s="3">
-        <v>20484251861</v>
+        <v>23952353</v>
       </c>
       <c r="D1416" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1416" s="3" t="s">
-        <v>2086</v>
+        <v>19</v>
       </c>
       <c r="F1416" s="3"/>
       <c r="G1416" s="3"/>
     </row>
     <row r="1417" spans="1:7">
       <c r="A1417" s="3">
         <v>1415</v>
       </c>
       <c r="B1417" s="3" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="C1417" s="3">
-        <v>20261430470</v>
+        <v>21463308</v>
       </c>
       <c r="D1417" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1417" s="3" t="s">
-        <v>2088</v>
+        <v>19</v>
       </c>
       <c r="F1417" s="3"/>
       <c r="G1417" s="3"/>
     </row>
     <row r="1418" spans="1:7">
       <c r="A1418" s="3">
         <v>1416</v>
       </c>
       <c r="B1418" s="3" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="C1418" s="3">
-        <v>20477936882</v>
+        <v>10166466917</v>
       </c>
       <c r="D1418" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1418" s="3" t="s">
-        <v>2090</v>
+        <v>24</v>
       </c>
       <c r="F1418" s="3"/>
       <c r="G1418" s="3"/>
     </row>
     <row r="1419" spans="1:7">
       <c r="A1419" s="3">
         <v>1417</v>
       </c>
       <c r="B1419" s="3" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="C1419" s="3">
-        <v>20507728961</v>
+        <v>10098740363</v>
       </c>
       <c r="D1419" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1419" s="3" t="s">
-        <v>2092</v>
+        <v>24</v>
       </c>
       <c r="F1419" s="3"/>
       <c r="G1419" s="3"/>
     </row>
     <row r="1420" spans="1:7">
       <c r="A1420" s="3">
         <v>1418</v>
       </c>
       <c r="B1420" s="3" t="s">
         <v>2093</v>
       </c>
       <c r="C1420" s="3">
-        <v>20380795907</v>
+        <v>10283145951</v>
       </c>
       <c r="D1420" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1420" s="3" t="s">
-        <v>2094</v>
+        <v>24</v>
       </c>
       <c r="F1420" s="3"/>
       <c r="G1420" s="3"/>
     </row>
     <row r="1421" spans="1:7">
       <c r="A1421" s="3">
         <v>1419</v>
       </c>
       <c r="B1421" s="3" t="s">
-        <v>2095</v>
+        <v>2094</v>
       </c>
       <c r="C1421" s="3">
-        <v>20546537782</v>
+        <v>10000698127</v>
       </c>
       <c r="D1421" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1421" s="3" t="s">
-        <v>2096</v>
+        <v>24</v>
       </c>
       <c r="F1421" s="3"/>
       <c r="G1421" s="3"/>
     </row>
     <row r="1422" spans="1:7">
       <c r="A1422" s="3">
         <v>1420</v>
       </c>
       <c r="B1422" s="3" t="s">
-        <v>2097</v>
+        <v>2095</v>
       </c>
       <c r="C1422" s="3">
-        <v>20550154065</v>
+        <v>10238168614</v>
       </c>
       <c r="D1422" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1422" s="3" t="s">
-        <v>2098</v>
+        <v>24</v>
       </c>
       <c r="F1422" s="3"/>
       <c r="G1422" s="3"/>
     </row>
     <row r="1423" spans="1:7">
       <c r="A1423" s="3">
         <v>1421</v>
       </c>
       <c r="B1423" s="3" t="s">
-        <v>2099</v>
+        <v>2096</v>
       </c>
       <c r="C1423" s="3">
-        <v>20511268401</v>
+        <v>16563355</v>
       </c>
       <c r="D1423" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1423" s="3" t="s">
-        <v>2100</v>
+        <v>19</v>
       </c>
       <c r="F1423" s="3"/>
       <c r="G1423" s="3"/>
     </row>
     <row r="1424" spans="1:7">
       <c r="A1424" s="3">
         <v>1422</v>
       </c>
       <c r="B1424" s="3" t="s">
-        <v>2101</v>
+        <v>2097</v>
       </c>
       <c r="C1424" s="3">
-        <v>20481802726</v>
+        <v>47537088</v>
       </c>
       <c r="D1424" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1424" s="3" t="s">
-        <v>2102</v>
+        <v>19</v>
       </c>
       <c r="F1424" s="3"/>
       <c r="G1424" s="3"/>
     </row>
     <row r="1425" spans="1:7">
       <c r="A1425" s="3">
         <v>1423</v>
       </c>
       <c r="B1425" s="3" t="s">
-        <v>2103</v>
+        <v>2098</v>
       </c>
       <c r="C1425" s="3">
-        <v>20147135492</v>
+        <v>41900812</v>
       </c>
       <c r="D1425" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1425" s="3" t="s">
-        <v>2104</v>
+        <v>19</v>
       </c>
       <c r="F1425" s="3"/>
       <c r="G1425" s="3"/>
     </row>
     <row r="1426" spans="1:7">
       <c r="A1426" s="3">
         <v>1424</v>
       </c>
       <c r="B1426" s="3" t="s">
-        <v>2105</v>
+        <v>2099</v>
       </c>
       <c r="C1426" s="3">
-        <v>20202348654</v>
+        <v>46187636</v>
       </c>
       <c r="D1426" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1426" s="3" t="s">
-        <v>2106</v>
+        <v>19</v>
       </c>
       <c r="F1426" s="3"/>
       <c r="G1426" s="3"/>
     </row>
     <row r="1427" spans="1:7">
       <c r="A1427" s="3">
         <v>1425</v>
       </c>
       <c r="B1427" s="3" t="s">
-        <v>2107</v>
+        <v>2100</v>
       </c>
       <c r="C1427" s="3">
-        <v>20156058719</v>
+        <v>10266125645</v>
       </c>
       <c r="D1427" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1427" s="3" t="s">
-        <v>2108</v>
+        <v>24</v>
       </c>
       <c r="F1427" s="3"/>
       <c r="G1427" s="3"/>
     </row>
     <row r="1428" spans="1:7">
       <c r="A1428" s="3">
         <v>1426</v>
       </c>
       <c r="B1428" s="3" t="s">
-        <v>2109</v>
+        <v>2101</v>
       </c>
       <c r="C1428" s="3">
-        <v>20164359701</v>
+        <v>20601087031</v>
       </c>
       <c r="D1428" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1428" s="3" t="s">
-        <v>2110</v>
+        <v>2102</v>
       </c>
       <c r="F1428" s="3"/>
       <c r="G1428" s="3"/>
     </row>
     <row r="1429" spans="1:7">
       <c r="A1429" s="3">
         <v>1427</v>
       </c>
       <c r="B1429" s="3" t="s">
-        <v>2111</v>
+        <v>2103</v>
       </c>
       <c r="C1429" s="3">
-        <v>20156046974</v>
+        <v>10239305194</v>
       </c>
       <c r="D1429" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1429" s="3" t="s">
-        <v>2112</v>
+        <v>24</v>
       </c>
       <c r="F1429" s="3"/>
       <c r="G1429" s="3"/>
     </row>
     <row r="1430" spans="1:7">
       <c r="A1430" s="3">
         <v>1428</v>
       </c>
       <c r="B1430" s="3" t="s">
-        <v>2113</v>
+        <v>2104</v>
       </c>
       <c r="C1430" s="3">
-        <v>20170258305</v>
+        <v>40031415</v>
       </c>
       <c r="D1430" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1430" s="3" t="s">
-        <v>2114</v>
+        <v>19</v>
       </c>
       <c r="F1430" s="3"/>
       <c r="G1430" s="3"/>
     </row>
     <row r="1431" spans="1:7">
       <c r="A1431" s="3">
         <v>1429</v>
       </c>
       <c r="B1431" s="3" t="s">
-        <v>2115</v>
+        <v>2105</v>
       </c>
       <c r="C1431" s="3">
-        <v>20148346055</v>
+        <v>42622968</v>
       </c>
       <c r="D1431" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1431" s="3" t="s">
-        <v>2116</v>
+        <v>19</v>
       </c>
       <c r="F1431" s="3"/>
       <c r="G1431" s="3"/>
     </row>
     <row r="1432" spans="1:7">
       <c r="A1432" s="3">
         <v>1430</v>
       </c>
       <c r="B1432" s="3" t="s">
-        <v>2117</v>
+        <v>2106</v>
       </c>
       <c r="C1432" s="3">
-        <v>20603087951</v>
+        <v>71254363</v>
       </c>
       <c r="D1432" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1432" s="3" t="s">
-        <v>2118</v>
+        <v>19</v>
       </c>
       <c r="F1432" s="3"/>
       <c r="G1432" s="3"/>
     </row>
     <row r="1433" spans="1:7">
       <c r="A1433" s="3">
         <v>1431</v>
       </c>
       <c r="B1433" s="3" t="s">
-        <v>2119</v>
+        <v>2107</v>
       </c>
       <c r="C1433" s="3">
-        <v>28261328</v>
+        <v>46865621</v>
       </c>
       <c r="D1433" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1433" s="3" t="s">
-        <v>19</v>
+        <v>2108</v>
       </c>
       <c r="F1433" s="3"/>
       <c r="G1433" s="3"/>
     </row>
     <row r="1434" spans="1:7">
       <c r="A1434" s="3">
         <v>1432</v>
       </c>
       <c r="B1434" s="3" t="s">
-        <v>2120</v>
+        <v>2109</v>
       </c>
       <c r="C1434" s="3">
-        <v>20572111050</v>
+        <v>20539257235</v>
       </c>
       <c r="D1434" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1434" s="3" t="s">
-        <v>2121</v>
+        <v>2110</v>
       </c>
       <c r="F1434" s="3"/>
       <c r="G1434" s="3"/>
     </row>
     <row r="1435" spans="1:7">
       <c r="A1435" s="3">
         <v>1433</v>
       </c>
       <c r="B1435" s="3" t="s">
-        <v>2122</v>
-[...2 lines deleted...]
-        <v>10181152333</v>
+        <v>2111</v>
+      </c>
+      <c r="C1435" s="3" t="s">
+        <v>2112</v>
       </c>
       <c r="D1435" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1435" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1435" s="3"/>
       <c r="G1435" s="3"/>
     </row>
     <row r="1436" spans="1:7">
       <c r="A1436" s="3">
         <v>1434</v>
       </c>
       <c r="B1436" s="3" t="s">
-        <v>2123</v>
+        <v>2113</v>
       </c>
       <c r="C1436" s="3">
-        <v>10198833041</v>
+        <v>43435422</v>
       </c>
       <c r="D1436" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1436" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1436" s="3"/>
       <c r="G1436" s="3"/>
     </row>
     <row r="1437" spans="1:7">
       <c r="A1437" s="3">
         <v>1435</v>
       </c>
       <c r="B1437" s="3" t="s">
-        <v>2124</v>
-[...2 lines deleted...]
-        <v>10720745017</v>
+        <v>2114</v>
+      </c>
+      <c r="C1437" s="3" t="s">
+        <v>2115</v>
       </c>
       <c r="D1437" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1437" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1437" s="3"/>
       <c r="G1437" s="3"/>
     </row>
     <row r="1438" spans="1:7">
       <c r="A1438" s="3">
         <v>1436</v>
       </c>
       <c r="B1438" s="3" t="s">
-        <v>2125</v>
+        <v>2116</v>
       </c>
       <c r="C1438" s="3">
-        <v>10421912438</v>
+        <v>21428901</v>
       </c>
       <c r="D1438" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1438" s="3" t="s">
-        <v>2126</v>
+        <v>19</v>
       </c>
       <c r="F1438" s="3"/>
       <c r="G1438" s="3"/>
     </row>
     <row r="1439" spans="1:7">
       <c r="A1439" s="3">
         <v>1437</v>
       </c>
       <c r="B1439" s="3" t="s">
-        <v>2127</v>
+        <v>2117</v>
       </c>
       <c r="C1439" s="3">
-        <v>10423117864</v>
+        <v>72673116</v>
       </c>
       <c r="D1439" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1439" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1439" s="3"/>
       <c r="G1439" s="3"/>
     </row>
     <row r="1440" spans="1:7">
       <c r="A1440" s="3">
         <v>1438</v>
       </c>
       <c r="B1440" s="3" t="s">
-        <v>2128</v>
+        <v>2118</v>
       </c>
       <c r="C1440" s="3">
-        <v>20272569704</v>
+        <v>21519550</v>
       </c>
       <c r="D1440" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1440" s="3" t="s">
-        <v>2129</v>
+        <v>19</v>
       </c>
       <c r="F1440" s="3"/>
       <c r="G1440" s="3"/>
     </row>
     <row r="1441" spans="1:7">
       <c r="A1441" s="3">
         <v>1439</v>
       </c>
       <c r="B1441" s="3" t="s">
-        <v>2130</v>
+        <v>2119</v>
       </c>
       <c r="C1441" s="3">
-        <v>46373628</v>
+        <v>10409629615</v>
       </c>
       <c r="D1441" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E1441" s="3"/>
       <c r="F1441" s="3"/>
       <c r="G1441" s="3"/>
     </row>
     <row r="1442" spans="1:7">
       <c r="A1442" s="3">
         <v>1440</v>
       </c>
       <c r="B1442" s="3" t="s">
-        <v>2131</v>
+        <v>2120</v>
       </c>
       <c r="C1442" s="3">
-        <v>18146318</v>
+        <v>21494612</v>
       </c>
       <c r="D1442" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1442" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1442" s="3"/>
       <c r="G1442" s="3"/>
     </row>
     <row r="1443" spans="1:7">
       <c r="A1443" s="3">
         <v>1441</v>
       </c>
       <c r="B1443" s="3" t="s">
-        <v>2132</v>
+        <v>2121</v>
       </c>
       <c r="C1443" s="3">
-        <v>40464027</v>
+        <v>42461738</v>
       </c>
       <c r="D1443" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1443" s="3" t="s">
-        <v>19</v>
+        <v>2009</v>
       </c>
       <c r="F1443" s="3"/>
       <c r="G1443" s="3"/>
     </row>
     <row r="1444" spans="1:7">
       <c r="A1444" s="3">
         <v>1442</v>
       </c>
       <c r="B1444" s="3" t="s">
-        <v>2133</v>
+        <v>2122</v>
       </c>
       <c r="C1444" s="3">
-        <v>70819717</v>
+        <v>10702028243</v>
       </c>
       <c r="D1444" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1444" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1444" s="3"/>
       <c r="G1444" s="3"/>
     </row>
     <row r="1445" spans="1:7">
       <c r="A1445" s="3">
         <v>1443</v>
       </c>
       <c r="B1445" s="3" t="s">
-        <v>2134</v>
-[...2 lines deleted...]
-        <v>2135</v>
+        <v>2123</v>
+      </c>
+      <c r="C1445" s="3">
+        <v>70000478</v>
       </c>
       <c r="D1445" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1445" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1445" s="3"/>
       <c r="G1445" s="3"/>
     </row>
     <row r="1446" spans="1:7">
       <c r="A1446" s="3">
         <v>1444</v>
       </c>
       <c r="B1446" s="3" t="s">
-        <v>2136</v>
-[...2 lines deleted...]
-        <v>47465318</v>
+        <v>2124</v>
+      </c>
+      <c r="C1446" s="3" t="s">
+        <v>2125</v>
       </c>
       <c r="D1446" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1446" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1446" s="3"/>
       <c r="G1446" s="3"/>
     </row>
     <row r="1447" spans="1:7">
       <c r="A1447" s="3">
         <v>1445</v>
       </c>
       <c r="B1447" s="3" t="s">
-        <v>2137</v>
+        <v>2126</v>
       </c>
       <c r="C1447" s="3">
-        <v>20601302862</v>
+        <v>10011302489</v>
       </c>
       <c r="D1447" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1447" s="3" t="s">
-        <v>2138</v>
+        <v>24</v>
       </c>
       <c r="F1447" s="3"/>
       <c r="G1447" s="3"/>
     </row>
     <row r="1448" spans="1:7">
       <c r="A1448" s="3">
         <v>1446</v>
       </c>
       <c r="B1448" s="3" t="s">
-        <v>2139</v>
+        <v>2127</v>
       </c>
       <c r="C1448" s="3">
-        <v>10011180545</v>
+        <v>10227033652</v>
       </c>
       <c r="D1448" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1448" s="3" t="s">
         <v>24</v>
       </c>
       <c r="F1448" s="3"/>
       <c r="G1448" s="3"/>
     </row>
     <row r="1449" spans="1:7">
       <c r="A1449" s="3">
         <v>1447</v>
       </c>
       <c r="B1449" s="3" t="s">
-        <v>2140</v>
-[...2 lines deleted...]
-        <v>2141</v>
+        <v>2128</v>
+      </c>
+      <c r="C1449" s="3">
+        <v>10012142418</v>
       </c>
       <c r="D1449" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1449" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1449" s="3"/>
       <c r="G1449" s="3"/>
     </row>
     <row r="1450" spans="1:7">
       <c r="A1450" s="3">
         <v>1448</v>
       </c>
       <c r="B1450" s="3" t="s">
-        <v>2142</v>
+        <v>2129</v>
       </c>
       <c r="C1450" s="3">
-        <v>47050381</v>
+        <v>20534966521</v>
       </c>
       <c r="D1450" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1450" s="3" t="s">
-        <v>19</v>
+        <v>2130</v>
       </c>
       <c r="F1450" s="3"/>
       <c r="G1450" s="3"/>
     </row>
     <row r="1451" spans="1:7">
       <c r="A1451" s="3">
         <v>1449</v>
       </c>
       <c r="B1451" s="3" t="s">
-        <v>2143</v>
+        <v>2131</v>
       </c>
       <c r="C1451" s="3">
-        <v>26706567</v>
+        <v>20527312320</v>
       </c>
       <c r="D1451" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1451" s="3" t="s">
-        <v>19</v>
+        <v>2132</v>
       </c>
       <c r="F1451" s="3"/>
       <c r="G1451" s="3"/>
     </row>
     <row r="1452" spans="1:7">
       <c r="A1452" s="3">
         <v>1450</v>
       </c>
       <c r="B1452" s="3" t="s">
-        <v>2144</v>
+        <v>2133</v>
       </c>
       <c r="C1452" s="3">
-        <v>41384794</v>
+        <v>20409356819</v>
       </c>
       <c r="D1452" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1452" s="3" t="s">
-        <v>19</v>
+        <v>2134</v>
       </c>
       <c r="F1452" s="3"/>
       <c r="G1452" s="3"/>
     </row>
     <row r="1453" spans="1:7">
       <c r="A1453" s="3">
         <v>1451</v>
       </c>
       <c r="B1453" s="3" t="s">
-        <v>2145</v>
+        <v>2135</v>
       </c>
       <c r="C1453" s="3">
-        <v>29735409</v>
+        <v>20552163550</v>
       </c>
       <c r="D1453" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1453" s="3" t="s">
-        <v>19</v>
+        <v>2136</v>
       </c>
       <c r="F1453" s="3"/>
       <c r="G1453" s="3"/>
     </row>
     <row r="1454" spans="1:7">
       <c r="A1454" s="3">
         <v>1452</v>
       </c>
       <c r="B1454" s="3" t="s">
-        <v>2146</v>
+        <v>2137</v>
       </c>
       <c r="C1454" s="3">
-        <v>22999873</v>
+        <v>20380336384</v>
       </c>
       <c r="D1454" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1454" s="3" t="s">
-        <v>19</v>
+        <v>2138</v>
       </c>
       <c r="F1454" s="3"/>
       <c r="G1454" s="3"/>
     </row>
     <row r="1455" spans="1:7">
       <c r="A1455" s="3">
         <v>1453</v>
       </c>
       <c r="B1455" s="3" t="s">
-        <v>2147</v>
+        <v>2139</v>
       </c>
       <c r="C1455" s="3">
-        <v>76218985</v>
+        <v>20541764144</v>
       </c>
       <c r="D1455" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1455" s="3" t="s">
-        <v>19</v>
+        <v>2140</v>
       </c>
       <c r="F1455" s="3"/>
       <c r="G1455" s="3"/>
     </row>
     <row r="1456" spans="1:7">
       <c r="A1456" s="3">
         <v>1454</v>
       </c>
       <c r="B1456" s="3" t="s">
-        <v>2148</v>
+        <v>2141</v>
       </c>
       <c r="C1456" s="3">
-        <v>20600377443</v>
+        <v>20100128218</v>
       </c>
       <c r="D1456" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1456" s="3" t="s">
-        <v>2149</v>
+        <v>2142</v>
       </c>
       <c r="F1456" s="3"/>
       <c r="G1456" s="3"/>
     </row>
     <row r="1457" spans="1:7">
       <c r="A1457" s="3">
         <v>1455</v>
       </c>
       <c r="B1457" s="3" t="s">
-        <v>2150</v>
-[...2 lines deleted...]
-        <v>20604863377</v>
+        <v>2143</v>
+      </c>
+      <c r="C1457" s="3" t="s">
+        <v>2144</v>
       </c>
       <c r="D1457" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1457" s="3" t="s">
-        <v>2151</v>
+        <v>19</v>
       </c>
       <c r="F1457" s="3"/>
       <c r="G1457" s="3"/>
     </row>
     <row r="1458" spans="1:7">
       <c r="A1458" s="3">
         <v>1456</v>
       </c>
       <c r="B1458" s="3" t="s">
-        <v>2152</v>
+        <v>2145</v>
       </c>
       <c r="C1458" s="3">
-        <v>20609232839</v>
+        <v>20539090861</v>
       </c>
       <c r="D1458" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1458" s="3" t="s">
-        <v>2153</v>
+        <v>2146</v>
       </c>
       <c r="F1458" s="3"/>
       <c r="G1458" s="3"/>
     </row>
     <row r="1459" spans="1:7">
       <c r="A1459" s="3">
         <v>1457</v>
       </c>
       <c r="B1459" s="3" t="s">
-        <v>2154</v>
+        <v>2147</v>
       </c>
       <c r="C1459" s="3">
-        <v>28263536</v>
+        <v>10482637596</v>
       </c>
       <c r="D1459" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1459" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1459" s="3"/>
       <c r="G1459" s="3"/>
     </row>
     <row r="1460" spans="1:7">
       <c r="A1460" s="3">
         <v>1458</v>
       </c>
       <c r="B1460" s="3" t="s">
-        <v>2155</v>
+        <v>2148</v>
       </c>
       <c r="C1460" s="3">
-        <v>20573025009</v>
+        <v>10046409243</v>
       </c>
       <c r="D1460" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1460" s="3" t="s">
-        <v>2156</v>
+        <v>24</v>
       </c>
       <c r="F1460" s="3"/>
       <c r="G1460" s="3"/>
     </row>
     <row r="1461" spans="1:7">
       <c r="A1461" s="3">
         <v>1459</v>
       </c>
       <c r="B1461" s="3" t="s">
-        <v>2157</v>
+        <v>2149</v>
       </c>
       <c r="C1461" s="3">
-        <v>20156176240</v>
+        <v>10164137231</v>
       </c>
       <c r="D1461" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1461" s="3" t="s">
-        <v>2158</v>
+        <v>24</v>
       </c>
       <c r="F1461" s="3"/>
       <c r="G1461" s="3"/>
     </row>
     <row r="1462" spans="1:7">
       <c r="A1462" s="3">
         <v>1460</v>
       </c>
       <c r="B1462" s="3" t="s">
-        <v>2159</v>
+        <v>2150</v>
       </c>
       <c r="C1462" s="3">
-        <v>20602051995</v>
+        <v>20606175192</v>
       </c>
       <c r="D1462" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1462" s="3" t="s">
-        <v>2160</v>
+        <v>2151</v>
       </c>
       <c r="F1462" s="3"/>
       <c r="G1462" s="3"/>
     </row>
     <row r="1463" spans="1:7">
       <c r="A1463" s="3">
         <v>1461</v>
       </c>
       <c r="B1463" s="3" t="s">
-        <v>2161</v>
+        <v>2152</v>
       </c>
       <c r="C1463" s="3">
-        <v>20604977666</v>
+        <v>20159981216</v>
       </c>
       <c r="D1463" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1463" s="3" t="s">
-        <v>2162</v>
+        <v>2153</v>
       </c>
       <c r="F1463" s="3"/>
       <c r="G1463" s="3"/>
     </row>
     <row r="1464" spans="1:7">
       <c r="A1464" s="3">
         <v>1462</v>
       </c>
       <c r="B1464" s="3" t="s">
-        <v>2163</v>
+        <v>2154</v>
       </c>
       <c r="C1464" s="3">
-        <v>20601751004</v>
+        <v>20601631947</v>
       </c>
       <c r="D1464" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1464" s="3" t="s">
-        <v>2164</v>
+        <v>2155</v>
       </c>
       <c r="F1464" s="3"/>
       <c r="G1464" s="3"/>
     </row>
     <row r="1465" spans="1:7">
       <c r="A1465" s="3">
         <v>1463</v>
       </c>
       <c r="B1465" s="3" t="s">
-        <v>2165</v>
+        <v>2156</v>
       </c>
       <c r="C1465" s="3">
-        <v>20601755100</v>
+        <v>20559812561</v>
       </c>
       <c r="D1465" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1465" s="3" t="s">
-        <v>2166</v>
+        <v>2157</v>
       </c>
       <c r="F1465" s="3"/>
       <c r="G1465" s="3"/>
     </row>
     <row r="1466" spans="1:7">
       <c r="A1466" s="3">
         <v>1464</v>
       </c>
       <c r="B1466" s="3" t="s">
-        <v>2167</v>
-[...2 lines deleted...]
-        <v>2168</v>
+        <v>2158</v>
+      </c>
+      <c r="C1466" s="3">
+        <v>10190989343</v>
       </c>
       <c r="D1466" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1466" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1466" s="3"/>
       <c r="G1466" s="3"/>
     </row>
     <row r="1467" spans="1:7">
       <c r="A1467" s="3">
         <v>1465</v>
       </c>
       <c r="B1467" s="3" t="s">
-        <v>2169</v>
+        <v>2159</v>
       </c>
       <c r="C1467" s="3">
-        <v>20453223788</v>
+        <v>10200584398</v>
       </c>
       <c r="D1467" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1467" s="3" t="s">
-        <v>2170</v>
+        <v>24</v>
       </c>
       <c r="F1467" s="3"/>
       <c r="G1467" s="3"/>
     </row>
     <row r="1468" spans="1:7">
       <c r="A1468" s="3">
         <v>1466</v>
       </c>
       <c r="B1468" s="3" t="s">
-        <v>2171</v>
+        <v>2160</v>
       </c>
       <c r="C1468" s="3">
-        <v>45205286</v>
+        <v>10296530366</v>
       </c>
       <c r="D1468" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1468" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1468" s="3"/>
       <c r="G1468" s="3"/>
     </row>
     <row r="1469" spans="1:7">
       <c r="A1469" s="3">
         <v>1467</v>
       </c>
       <c r="B1469" s="3" t="s">
-        <v>2172</v>
-[...2 lines deleted...]
-        <v>2173</v>
+        <v>2161</v>
+      </c>
+      <c r="C1469" s="3">
+        <v>20559962024</v>
       </c>
       <c r="D1469" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1469" s="3" t="s">
-        <v>19</v>
+        <v>2162</v>
       </c>
       <c r="F1469" s="3"/>
       <c r="G1469" s="3"/>
     </row>
     <row r="1470" spans="1:7">
       <c r="A1470" s="3">
         <v>1468</v>
       </c>
       <c r="B1470" s="3" t="s">
-        <v>2174</v>
+        <v>2163</v>
       </c>
       <c r="C1470" s="3">
-        <v>20513134615</v>
+        <v>20600683889</v>
       </c>
       <c r="D1470" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1470" s="3" t="s">
-        <v>2175</v>
+        <v>2164</v>
       </c>
       <c r="F1470" s="3"/>
       <c r="G1470" s="3"/>
     </row>
     <row r="1471" spans="1:7">
       <c r="A1471" s="3">
         <v>1469</v>
       </c>
       <c r="B1471" s="3" t="s">
-        <v>2176</v>
+        <v>2165</v>
       </c>
       <c r="C1471" s="3">
-        <v>20603380551</v>
+        <v>20100127165</v>
       </c>
       <c r="D1471" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1471" s="3" t="s">
-        <v>2177</v>
+        <v>2166</v>
       </c>
       <c r="F1471" s="3"/>
       <c r="G1471" s="3"/>
     </row>
     <row r="1472" spans="1:7">
       <c r="A1472" s="3">
         <v>1470</v>
       </c>
       <c r="B1472" s="3" t="s">
-        <v>2178</v>
+        <v>2167</v>
       </c>
       <c r="C1472" s="3">
-        <v>45280823</v>
+        <v>20484251861</v>
       </c>
       <c r="D1472" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1472" s="3" t="s">
-        <v>19</v>
+        <v>2168</v>
       </c>
       <c r="F1472" s="3"/>
       <c r="G1472" s="3"/>
     </row>
     <row r="1473" spans="1:7">
       <c r="A1473" s="3">
         <v>1471</v>
       </c>
       <c r="B1473" s="3" t="s">
-        <v>2179</v>
+        <v>2169</v>
       </c>
       <c r="C1473" s="3">
-        <v>20129669463</v>
+        <v>20261430470</v>
       </c>
       <c r="D1473" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1473" s="3" t="s">
-        <v>2180</v>
+        <v>2170</v>
       </c>
       <c r="F1473" s="3"/>
       <c r="G1473" s="3"/>
     </row>
     <row r="1474" spans="1:7">
       <c r="A1474" s="3">
         <v>1472</v>
       </c>
       <c r="B1474" s="3" t="s">
-        <v>2181</v>
+        <v>2171</v>
       </c>
       <c r="C1474" s="3">
-        <v>20503840121</v>
+        <v>20477936882</v>
       </c>
       <c r="D1474" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1474" s="3" t="s">
-        <v>2182</v>
+        <v>2172</v>
       </c>
       <c r="F1474" s="3"/>
       <c r="G1474" s="3"/>
     </row>
     <row r="1475" spans="1:7">
       <c r="A1475" s="3">
         <v>1473</v>
       </c>
       <c r="B1475" s="3" t="s">
-        <v>2183</v>
+        <v>2173</v>
       </c>
       <c r="C1475" s="3">
-        <v>45516506</v>
+        <v>20507728961</v>
       </c>
       <c r="D1475" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1475" s="3" t="s">
-        <v>19</v>
+        <v>2174</v>
       </c>
       <c r="F1475" s="3"/>
       <c r="G1475" s="3"/>
     </row>
     <row r="1476" spans="1:7">
       <c r="A1476" s="3">
         <v>1474</v>
       </c>
       <c r="B1476" s="3" t="s">
-        <v>2184</v>
+        <v>2175</v>
       </c>
       <c r="C1476" s="3">
-        <v>17452606</v>
+        <v>20380795907</v>
       </c>
       <c r="D1476" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1476" s="3" t="s">
-        <v>19</v>
+        <v>2176</v>
       </c>
       <c r="F1476" s="3"/>
       <c r="G1476" s="3"/>
     </row>
     <row r="1477" spans="1:7">
       <c r="A1477" s="3">
         <v>1475</v>
       </c>
       <c r="B1477" s="3" t="s">
-        <v>2185</v>
+        <v>2177</v>
       </c>
       <c r="C1477" s="3">
-        <v>26682710</v>
+        <v>20546537782</v>
       </c>
       <c r="D1477" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1477" s="3" t="s">
-        <v>19</v>
+        <v>2178</v>
       </c>
       <c r="F1477" s="3"/>
       <c r="G1477" s="3"/>
     </row>
     <row r="1478" spans="1:7">
       <c r="A1478" s="3">
         <v>1476</v>
       </c>
       <c r="B1478" s="3" t="s">
-        <v>2186</v>
-[...2 lines deleted...]
-        <v>2187</v>
+        <v>2179</v>
+      </c>
+      <c r="C1478" s="3">
+        <v>20550154065</v>
       </c>
       <c r="D1478" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1478" s="3" t="s">
-        <v>19</v>
+        <v>2180</v>
       </c>
       <c r="F1478" s="3"/>
       <c r="G1478" s="3"/>
     </row>
     <row r="1479" spans="1:7">
       <c r="A1479" s="3">
         <v>1477</v>
       </c>
       <c r="B1479" s="3" t="s">
-        <v>2188</v>
+        <v>2181</v>
       </c>
       <c r="C1479" s="3">
-        <v>20610294422</v>
+        <v>20511268401</v>
       </c>
       <c r="D1479" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1479" s="3" t="s">
-        <v>2189</v>
+        <v>2182</v>
       </c>
       <c r="F1479" s="3"/>
       <c r="G1479" s="3"/>
     </row>
     <row r="1480" spans="1:7">
       <c r="A1480" s="3">
         <v>1478</v>
       </c>
       <c r="B1480" s="3" t="s">
-        <v>2190</v>
-[...2 lines deleted...]
-        <v>2191</v>
+        <v>2183</v>
+      </c>
+      <c r="C1480" s="3">
+        <v>20481802726</v>
       </c>
       <c r="D1480" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1480" s="3" t="s">
-        <v>19</v>
+        <v>2184</v>
       </c>
       <c r="F1480" s="3"/>
       <c r="G1480" s="3"/>
     </row>
     <row r="1481" spans="1:7">
       <c r="A1481" s="3">
         <v>1479</v>
       </c>
       <c r="B1481" s="3" t="s">
-        <v>2192</v>
+        <v>2185</v>
       </c>
       <c r="C1481" s="3">
-        <v>70220091</v>
+        <v>20147135492</v>
       </c>
       <c r="D1481" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1481" s="3" t="s">
-        <v>19</v>
+        <v>2186</v>
       </c>
       <c r="F1481" s="3"/>
       <c r="G1481" s="3"/>
     </row>
     <row r="1482" spans="1:7">
       <c r="A1482" s="3">
         <v>1480</v>
       </c>
       <c r="B1482" s="3" t="s">
-        <v>2193</v>
+        <v>2187</v>
       </c>
       <c r="C1482" s="3">
-        <v>18115305</v>
+        <v>20202348654</v>
       </c>
       <c r="D1482" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1482" s="3" t="s">
-        <v>19</v>
+        <v>2188</v>
       </c>
       <c r="F1482" s="3"/>
       <c r="G1482" s="3"/>
     </row>
     <row r="1483" spans="1:7">
       <c r="A1483" s="3">
         <v>1481</v>
       </c>
       <c r="B1483" s="3" t="s">
-        <v>2194</v>
+        <v>2189</v>
       </c>
       <c r="C1483" s="3">
-        <v>45138967</v>
+        <v>20156058719</v>
       </c>
       <c r="D1483" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1483" s="3" t="s">
-        <v>19</v>
+        <v>2190</v>
       </c>
       <c r="F1483" s="3"/>
       <c r="G1483" s="3"/>
     </row>
     <row r="1484" spans="1:7">
       <c r="A1484" s="3">
         <v>1482</v>
       </c>
       <c r="B1484" s="3" t="s">
-        <v>2195</v>
+        <v>2191</v>
       </c>
       <c r="C1484" s="3">
-        <v>72433363</v>
+        <v>20164359701</v>
       </c>
       <c r="D1484" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1484" s="3" t="s">
-        <v>19</v>
+        <v>2192</v>
       </c>
       <c r="F1484" s="3"/>
       <c r="G1484" s="3"/>
     </row>
     <row r="1485" spans="1:7">
       <c r="A1485" s="3">
         <v>1483</v>
       </c>
       <c r="B1485" s="3" t="s">
-        <v>2196</v>
+        <v>2193</v>
       </c>
       <c r="C1485" s="3">
-        <v>42577028</v>
+        <v>20156046974</v>
       </c>
       <c r="D1485" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1485" s="3" t="s">
-        <v>19</v>
+        <v>2194</v>
       </c>
       <c r="F1485" s="3"/>
       <c r="G1485" s="3"/>
     </row>
     <row r="1486" spans="1:7">
       <c r="A1486" s="3">
         <v>1484</v>
       </c>
       <c r="B1486" s="3" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
       <c r="C1486" s="3">
-        <v>44993240</v>
+        <v>20170258305</v>
       </c>
       <c r="D1486" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1486" s="3" t="s">
-        <v>19</v>
+        <v>2196</v>
       </c>
       <c r="F1486" s="3"/>
       <c r="G1486" s="3"/>
     </row>
     <row r="1487" spans="1:7">
       <c r="A1487" s="3">
         <v>1485</v>
       </c>
       <c r="B1487" s="3" t="s">
+        <v>2197</v>
+      </c>
+      <c r="C1487" s="3">
+        <v>20148346055</v>
+      </c>
+      <c r="D1487" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1487" s="3" t="s">
         <v>2198</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F1487" s="3"/>
       <c r="G1487" s="3"/>
     </row>
     <row r="1488" spans="1:7">
       <c r="A1488" s="3">
         <v>1486</v>
       </c>
       <c r="B1488" s="3" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C1488" s="3">
+        <v>20603087951</v>
+      </c>
+      <c r="D1488" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1488" s="3" t="s">
         <v>2200</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F1488" s="3"/>
       <c r="G1488" s="3"/>
     </row>
     <row r="1489" spans="1:7">
       <c r="A1489" s="3">
         <v>1487</v>
       </c>
       <c r="B1489" s="3" t="s">
         <v>2201</v>
       </c>
-      <c r="C1489" s="3" t="s">
-        <v>2202</v>
+      <c r="C1489" s="3">
+        <v>28261328</v>
       </c>
       <c r="D1489" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1489" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1489" s="3"/>
       <c r="G1489" s="3"/>
     </row>
     <row r="1490" spans="1:7">
       <c r="A1490" s="3">
         <v>1488</v>
       </c>
       <c r="B1490" s="3" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C1490" s="3">
+        <v>20572111050</v>
+      </c>
+      <c r="D1490" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1490" s="3" t="s">
         <v>2203</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F1490" s="3"/>
       <c r="G1490" s="3"/>
     </row>
     <row r="1491" spans="1:7">
       <c r="A1491" s="3">
         <v>1489</v>
       </c>
       <c r="B1491" s="3" t="s">
         <v>2204</v>
       </c>
       <c r="C1491" s="3">
-        <v>21072204</v>
+        <v>10181152333</v>
       </c>
       <c r="D1491" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1491" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1491" s="3"/>
       <c r="G1491" s="3"/>
     </row>
     <row r="1492" spans="1:7">
       <c r="A1492" s="3">
         <v>1490</v>
       </c>
       <c r="B1492" s="3" t="s">
         <v>2205</v>
       </c>
       <c r="C1492" s="3">
-        <v>21488614</v>
+        <v>10198833041</v>
       </c>
       <c r="D1492" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1492" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1492" s="3"/>
       <c r="G1492" s="3"/>
     </row>
     <row r="1493" spans="1:7">
       <c r="A1493" s="3">
         <v>1491</v>
       </c>
       <c r="B1493" s="3" t="s">
         <v>2206</v>
       </c>
       <c r="C1493" s="3">
-        <v>10278907</v>
+        <v>10720745017</v>
       </c>
       <c r="D1493" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1493" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1493" s="3"/>
       <c r="G1493" s="3"/>
     </row>
     <row r="1494" spans="1:7">
       <c r="A1494" s="3">
         <v>1492</v>
       </c>
       <c r="B1494" s="3" t="s">
         <v>2207</v>
       </c>
       <c r="C1494" s="3">
-        <v>10702164121</v>
+        <v>10421912438</v>
       </c>
       <c r="D1494" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1494" s="3" t="s">
-        <v>24</v>
+        <v>2208</v>
       </c>
       <c r="F1494" s="3"/>
       <c r="G1494" s="3"/>
     </row>
     <row r="1495" spans="1:7">
       <c r="A1495" s="3">
         <v>1493</v>
       </c>
       <c r="B1495" s="3" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="C1495" s="3">
-        <v>16404226</v>
+        <v>10423117864</v>
       </c>
       <c r="D1495" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1495" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1495" s="3"/>
       <c r="G1495" s="3"/>
     </row>
     <row r="1496" spans="1:7">
       <c r="A1496" s="3">
         <v>1494</v>
       </c>
       <c r="B1496" s="3" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="C1496" s="3">
-        <v>20527210161</v>
+        <v>20272569704</v>
       </c>
       <c r="D1496" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1496" s="3" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="F1496" s="3"/>
       <c r="G1496" s="3"/>
     </row>
     <row r="1497" spans="1:7">
       <c r="A1497" s="3">
         <v>1495</v>
       </c>
       <c r="B1497" s="3" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="C1497" s="3">
-        <v>70115266</v>
+        <v>46373628</v>
       </c>
       <c r="D1497" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1497" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1497" s="3"/>
       <c r="G1497" s="3"/>
     </row>
     <row r="1498" spans="1:7">
       <c r="A1498" s="3">
         <v>1496</v>
       </c>
       <c r="B1498" s="3" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="C1498" s="3">
-        <v>41848421</v>
+        <v>18146318</v>
       </c>
       <c r="D1498" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1498" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1498" s="3"/>
       <c r="G1498" s="3"/>
     </row>
     <row r="1499" spans="1:7">
       <c r="A1499" s="3">
         <v>1497</v>
       </c>
       <c r="B1499" s="3" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="C1499" s="3">
-        <v>40455987</v>
+        <v>40464027</v>
       </c>
       <c r="D1499" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1499" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1499" s="3"/>
       <c r="G1499" s="3"/>
     </row>
     <row r="1500" spans="1:7">
       <c r="A1500" s="3">
         <v>1498</v>
       </c>
       <c r="B1500" s="3" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C1500" s="3">
-        <v>42106548</v>
+        <v>70819717</v>
       </c>
       <c r="D1500" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1500" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1500" s="3"/>
       <c r="G1500" s="3"/>
     </row>
     <row r="1501" spans="1:7">
       <c r="A1501" s="3">
         <v>1499</v>
       </c>
       <c r="B1501" s="3" t="s">
-        <v>2215</v>
-[...2 lines deleted...]
-        <v>21486858</v>
+        <v>2216</v>
+      </c>
+      <c r="C1501" s="3" t="s">
+        <v>2217</v>
       </c>
       <c r="D1501" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1501" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1501" s="3"/>
       <c r="G1501" s="3"/>
     </row>
     <row r="1502" spans="1:7">
       <c r="A1502" s="3">
         <v>1500</v>
       </c>
       <c r="B1502" s="3" t="s">
-        <v>2216</v>
+        <v>2218</v>
       </c>
       <c r="C1502" s="3">
-        <v>72172520</v>
+        <v>47465318</v>
       </c>
       <c r="D1502" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1502" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1502" s="3"/>
       <c r="G1502" s="3"/>
     </row>
     <row r="1503" spans="1:7">
       <c r="A1503" s="3">
         <v>1501</v>
       </c>
       <c r="B1503" s="3" t="s">
-        <v>2217</v>
+        <v>2219</v>
       </c>
       <c r="C1503" s="3">
-        <v>76200218</v>
+        <v>20601302862</v>
       </c>
       <c r="D1503" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E1503" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E1503" s="3" t="s">
+        <v>2220</v>
+      </c>
       <c r="F1503" s="3"/>
       <c r="G1503" s="3"/>
     </row>
     <row r="1504" spans="1:7">
       <c r="A1504" s="3">
         <v>1502</v>
       </c>
       <c r="B1504" s="3" t="s">
-        <v>2218</v>
+        <v>2221</v>
       </c>
       <c r="C1504" s="3">
-        <v>40644591</v>
+        <v>10011180545</v>
       </c>
       <c r="D1504" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1504" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1504" s="3"/>
       <c r="G1504" s="3"/>
     </row>
     <row r="1505" spans="1:7">
       <c r="A1505" s="3">
         <v>1503</v>
       </c>
       <c r="B1505" s="3" t="s">
-        <v>2219</v>
-[...2 lines deleted...]
-        <v>43236227</v>
+        <v>2222</v>
+      </c>
+      <c r="C1505" s="3" t="s">
+        <v>2223</v>
       </c>
       <c r="D1505" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1505" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1505" s="3"/>
       <c r="G1505" s="3"/>
     </row>
     <row r="1506" spans="1:7">
       <c r="A1506" s="3">
         <v>1504</v>
       </c>
       <c r="B1506" s="3" t="s">
-        <v>2220</v>
-[...2 lines deleted...]
-        <v>2221</v>
+        <v>2224</v>
+      </c>
+      <c r="C1506" s="3">
+        <v>47050381</v>
       </c>
       <c r="D1506" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1506" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1506" s="3"/>
       <c r="G1506" s="3"/>
     </row>
     <row r="1507" spans="1:7">
       <c r="A1507" s="3">
         <v>1505</v>
       </c>
       <c r="B1507" s="3" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="C1507" s="3">
-        <v>40218883</v>
+        <v>26706567</v>
       </c>
       <c r="D1507" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1507" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1507" s="3"/>
       <c r="G1507" s="3"/>
     </row>
     <row r="1508" spans="1:7">
       <c r="A1508" s="3">
         <v>1506</v>
       </c>
       <c r="B1508" s="3" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="C1508" s="3">
-        <v>18118083</v>
+        <v>41384794</v>
       </c>
       <c r="D1508" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1508" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1508" s="3"/>
       <c r="G1508" s="3"/>
     </row>
     <row r="1509" spans="1:7">
       <c r="A1509" s="3">
         <v>1507</v>
       </c>
       <c r="B1509" s="3" t="s">
-        <v>2224</v>
-[...2 lines deleted...]
-        <v>2225</v>
+        <v>2227</v>
+      </c>
+      <c r="C1509" s="3">
+        <v>29735409</v>
       </c>
       <c r="D1509" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1509" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1509" s="3"/>
       <c r="G1509" s="3"/>
     </row>
     <row r="1510" spans="1:7">
       <c r="A1510" s="3">
         <v>1508</v>
       </c>
       <c r="B1510" s="3" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="C1510" s="3">
-        <v>46013842</v>
+        <v>22999873</v>
       </c>
       <c r="D1510" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1510" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1510" s="3"/>
       <c r="G1510" s="3"/>
     </row>
     <row r="1511" spans="1:7">
       <c r="A1511" s="3">
         <v>1509</v>
       </c>
       <c r="B1511" s="3" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="C1511" s="3">
-        <v>21520704</v>
+        <v>76218985</v>
       </c>
       <c r="D1511" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1511" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1511" s="3"/>
       <c r="G1511" s="3"/>
     </row>
     <row r="1512" spans="1:7">
       <c r="A1512" s="3">
         <v>1510</v>
       </c>
       <c r="B1512" s="3" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="C1512" s="3">
-        <v>18100082</v>
+        <v>20600377443</v>
       </c>
       <c r="D1512" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1512" s="3" t="s">
-        <v>19</v>
+        <v>2231</v>
       </c>
       <c r="F1512" s="3"/>
       <c r="G1512" s="3"/>
     </row>
     <row r="1513" spans="1:7">
       <c r="A1513" s="3">
         <v>1511</v>
       </c>
       <c r="B1513" s="3" t="s">
-        <v>2229</v>
-[...2 lines deleted...]
-        <v>2230</v>
+        <v>2232</v>
+      </c>
+      <c r="C1513" s="3">
+        <v>20604863377</v>
       </c>
       <c r="D1513" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1513" s="3" t="s">
-        <v>19</v>
+        <v>2233</v>
       </c>
       <c r="F1513" s="3"/>
       <c r="G1513" s="3"/>
     </row>
     <row r="1514" spans="1:7">
       <c r="A1514" s="3">
         <v>1512</v>
       </c>
       <c r="B1514" s="3" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="C1514" s="3">
-        <v>40057596</v>
+        <v>20609232839</v>
       </c>
       <c r="D1514" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1514" s="3" t="s">
-        <v>19</v>
+        <v>2235</v>
       </c>
       <c r="F1514" s="3"/>
       <c r="G1514" s="3"/>
     </row>
     <row r="1515" spans="1:7">
       <c r="A1515" s="3">
         <v>1513</v>
       </c>
       <c r="B1515" s="3" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="C1515" s="3">
-        <v>10447912568</v>
+        <v>28263536</v>
       </c>
       <c r="D1515" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1515" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1515" s="3"/>
       <c r="G1515" s="3"/>
     </row>
     <row r="1516" spans="1:7">
       <c r="A1516" s="3">
         <v>1514</v>
       </c>
       <c r="B1516" s="3" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="C1516" s="3">
-        <v>10329609257</v>
+        <v>20573025009</v>
       </c>
       <c r="D1516" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1516" s="3" t="s">
-        <v>24</v>
+        <v>2238</v>
       </c>
       <c r="F1516" s="3"/>
       <c r="G1516" s="3"/>
     </row>
     <row r="1517" spans="1:7">
       <c r="A1517" s="3">
         <v>1515</v>
       </c>
       <c r="B1517" s="3" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="C1517" s="3">
-        <v>16688262</v>
+        <v>20156176240</v>
       </c>
       <c r="D1517" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1517" s="3" t="s">
-        <v>19</v>
+        <v>2240</v>
       </c>
       <c r="F1517" s="3"/>
       <c r="G1517" s="3"/>
     </row>
     <row r="1518" spans="1:7">
       <c r="A1518" s="3">
         <v>1516</v>
       </c>
       <c r="B1518" s="3" t="s">
-        <v>2235</v>
-[...2 lines deleted...]
-        <v>2236</v>
+        <v>2241</v>
+      </c>
+      <c r="C1518" s="3">
+        <v>20602051995</v>
       </c>
       <c r="D1518" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1518" s="3" t="s">
-        <v>19</v>
+        <v>2242</v>
       </c>
       <c r="F1518" s="3"/>
       <c r="G1518" s="3"/>
     </row>
     <row r="1519" spans="1:7">
       <c r="A1519" s="3">
         <v>1517</v>
       </c>
       <c r="B1519" s="3" t="s">
-        <v>2237</v>
+        <v>2243</v>
       </c>
       <c r="C1519" s="3">
-        <v>72899764</v>
+        <v>20604977666</v>
       </c>
       <c r="D1519" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1519" s="3" t="s">
-        <v>19</v>
+        <v>2244</v>
       </c>
       <c r="F1519" s="3"/>
       <c r="G1519" s="3"/>
     </row>
     <row r="1520" spans="1:7">
       <c r="A1520" s="3">
         <v>1518</v>
       </c>
       <c r="B1520" s="3" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="C1520" s="3">
-        <v>31656388</v>
+        <v>20601751004</v>
       </c>
       <c r="D1520" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1520" s="3" t="s">
-        <v>19</v>
+        <v>2246</v>
       </c>
       <c r="F1520" s="3"/>
       <c r="G1520" s="3"/>
     </row>
     <row r="1521" spans="1:7">
       <c r="A1521" s="3">
         <v>1519</v>
       </c>
       <c r="B1521" s="3" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="C1521" s="3">
-        <v>80112046</v>
+        <v>20601755100</v>
       </c>
       <c r="D1521" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1521" s="3" t="s">
-        <v>19</v>
+        <v>2248</v>
       </c>
       <c r="F1521" s="3"/>
       <c r="G1521" s="3"/>
     </row>
     <row r="1522" spans="1:7">
       <c r="A1522" s="3">
         <v>1520</v>
       </c>
       <c r="B1522" s="3" t="s">
-        <v>2240</v>
-[...2 lines deleted...]
-        <v>43685495</v>
+        <v>2249</v>
+      </c>
+      <c r="C1522" s="3" t="s">
+        <v>2250</v>
       </c>
       <c r="D1522" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1522" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1522" s="3"/>
       <c r="G1522" s="3"/>
     </row>
     <row r="1523" spans="1:7">
       <c r="A1523" s="3">
         <v>1521</v>
       </c>
       <c r="B1523" s="3" t="s">
-        <v>2241</v>
+        <v>2251</v>
       </c>
       <c r="C1523" s="3">
-        <v>10238062981</v>
+        <v>20453223788</v>
       </c>
       <c r="D1523" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1523" s="3" t="s">
-        <v>24</v>
+        <v>2252</v>
       </c>
       <c r="F1523" s="3"/>
       <c r="G1523" s="3"/>
     </row>
     <row r="1524" spans="1:7">
       <c r="A1524" s="3">
         <v>1522</v>
       </c>
       <c r="B1524" s="3" t="s">
-        <v>2242</v>
+        <v>2253</v>
       </c>
       <c r="C1524" s="3">
-        <v>10000518781</v>
+        <v>45205286</v>
       </c>
       <c r="D1524" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1524" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1524" s="3"/>
       <c r="G1524" s="3"/>
     </row>
     <row r="1525" spans="1:7">
       <c r="A1525" s="3">
         <v>1523</v>
       </c>
       <c r="B1525" s="3" t="s">
-        <v>2243</v>
-[...2 lines deleted...]
-        <v>10238692640</v>
+        <v>2254</v>
+      </c>
+      <c r="C1525" s="3" t="s">
+        <v>2255</v>
       </c>
       <c r="D1525" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1525" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1525" s="3"/>
       <c r="G1525" s="3"/>
     </row>
     <row r="1526" spans="1:7">
       <c r="A1526" s="3">
         <v>1524</v>
       </c>
       <c r="B1526" s="3" t="s">
-        <v>2244</v>
+        <v>2256</v>
       </c>
       <c r="C1526" s="3">
-        <v>70322233</v>
+        <v>20513134615</v>
       </c>
       <c r="D1526" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1526" s="3" t="s">
-        <v>19</v>
+        <v>2257</v>
       </c>
       <c r="F1526" s="3"/>
       <c r="G1526" s="3"/>
     </row>
     <row r="1527" spans="1:7">
       <c r="A1527" s="3">
         <v>1525</v>
       </c>
       <c r="B1527" s="3" t="s">
-        <v>2245</v>
+        <v>2258</v>
       </c>
       <c r="C1527" s="3">
-        <v>19991884</v>
+        <v>20603380551</v>
       </c>
       <c r="D1527" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1527" s="3" t="s">
-        <v>19</v>
+        <v>2259</v>
       </c>
       <c r="F1527" s="3"/>
       <c r="G1527" s="3"/>
     </row>
     <row r="1528" spans="1:7">
       <c r="A1528" s="3">
         <v>1526</v>
       </c>
       <c r="B1528" s="3" t="s">
-        <v>2246</v>
+        <v>2260</v>
       </c>
       <c r="C1528" s="3">
-        <v>26709846</v>
+        <v>45280823</v>
       </c>
       <c r="D1528" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1528" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1528" s="3"/>
       <c r="G1528" s="3"/>
     </row>
     <row r="1529" spans="1:7">
       <c r="A1529" s="3">
         <v>1527</v>
       </c>
       <c r="B1529" s="3" t="s">
-        <v>2247</v>
-[...2 lines deleted...]
-        <v>2248</v>
+        <v>2261</v>
+      </c>
+      <c r="C1529" s="3">
+        <v>20129669463</v>
       </c>
       <c r="D1529" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1529" s="3" t="s">
-        <v>19</v>
+        <v>2262</v>
       </c>
       <c r="F1529" s="3"/>
       <c r="G1529" s="3"/>
     </row>
     <row r="1530" spans="1:7">
       <c r="A1530" s="3">
         <v>1528</v>
       </c>
       <c r="B1530" s="3" t="s">
-        <v>2249</v>
+        <v>2263</v>
       </c>
       <c r="C1530" s="3">
-        <v>40160431</v>
+        <v>20503840121</v>
       </c>
       <c r="D1530" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1530" s="3" t="s">
-        <v>19</v>
+        <v>2264</v>
       </c>
       <c r="F1530" s="3"/>
       <c r="G1530" s="3"/>
     </row>
     <row r="1531" spans="1:7">
       <c r="A1531" s="3">
         <v>1529</v>
       </c>
       <c r="B1531" s="3" t="s">
-        <v>2250</v>
+        <v>2265</v>
       </c>
       <c r="C1531" s="3">
-        <v>74697860</v>
+        <v>45516506</v>
       </c>
       <c r="D1531" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1531" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1531" s="3"/>
       <c r="G1531" s="3"/>
     </row>
     <row r="1532" spans="1:7">
       <c r="A1532" s="3">
         <v>1530</v>
       </c>
       <c r="B1532" s="3" t="s">
-        <v>2251</v>
+        <v>2266</v>
       </c>
       <c r="C1532" s="3">
-        <v>42153056</v>
+        <v>17452606</v>
       </c>
       <c r="D1532" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1532" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1532" s="3"/>
       <c r="G1532" s="3"/>
     </row>
     <row r="1533" spans="1:7">
       <c r="A1533" s="3">
         <v>1531</v>
       </c>
       <c r="B1533" s="3" t="s">
-        <v>2252</v>
+        <v>2267</v>
       </c>
       <c r="C1533" s="3">
-        <v>42412274</v>
+        <v>26682710</v>
       </c>
       <c r="D1533" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1533" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1533" s="3"/>
       <c r="G1533" s="3"/>
     </row>
     <row r="1534" spans="1:7">
       <c r="A1534" s="3">
         <v>1532</v>
       </c>
       <c r="B1534" s="3" t="s">
-        <v>2253</v>
-[...2 lines deleted...]
-        <v>22504292</v>
+        <v>2268</v>
+      </c>
+      <c r="C1534" s="3" t="s">
+        <v>2269</v>
       </c>
       <c r="D1534" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1534" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1534" s="3"/>
       <c r="G1534" s="3"/>
     </row>
     <row r="1535" spans="1:7">
       <c r="A1535" s="3">
         <v>1533</v>
       </c>
       <c r="B1535" s="3" t="s">
-        <v>2254</v>
+        <v>2270</v>
       </c>
       <c r="C1535" s="3">
-        <v>19082488</v>
+        <v>20610294422</v>
       </c>
       <c r="D1535" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1535" s="3" t="s">
-        <v>19</v>
+        <v>2271</v>
       </c>
       <c r="F1535" s="3"/>
       <c r="G1535" s="3"/>
     </row>
     <row r="1536" spans="1:7">
       <c r="A1536" s="3">
         <v>1534</v>
       </c>
       <c r="B1536" s="3" t="s">
-        <v>2255</v>
-[...2 lines deleted...]
-        <v>44577197</v>
+        <v>2272</v>
+      </c>
+      <c r="C1536" s="3" t="s">
+        <v>2273</v>
       </c>
       <c r="D1536" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1536" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1536" s="3"/>
       <c r="G1536" s="3"/>
     </row>
     <row r="1537" spans="1:7">
       <c r="A1537" s="3">
         <v>1535</v>
       </c>
       <c r="B1537" s="3" t="s">
-        <v>2256</v>
+        <v>2274</v>
       </c>
       <c r="C1537" s="3">
-        <v>75786143</v>
+        <v>70220091</v>
       </c>
       <c r="D1537" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1537" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1537" s="3"/>
       <c r="G1537" s="3"/>
     </row>
     <row r="1538" spans="1:7">
       <c r="A1538" s="3">
         <v>1536</v>
       </c>
       <c r="B1538" s="3" t="s">
-        <v>2257</v>
+        <v>2275</v>
       </c>
       <c r="C1538" s="3">
-        <v>45172977</v>
+        <v>18115305</v>
       </c>
       <c r="D1538" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1538" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1538" s="3"/>
       <c r="G1538" s="3"/>
     </row>
     <row r="1539" spans="1:7">
       <c r="A1539" s="3">
         <v>1537</v>
       </c>
       <c r="B1539" s="3" t="s">
-        <v>2258</v>
+        <v>2276</v>
       </c>
       <c r="C1539" s="3">
-        <v>42582692</v>
+        <v>45138967</v>
       </c>
       <c r="D1539" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1539" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1539" s="3"/>
       <c r="G1539" s="3"/>
     </row>
     <row r="1540" spans="1:7">
       <c r="A1540" s="3">
         <v>1538</v>
       </c>
       <c r="B1540" s="3" t="s">
-        <v>2259</v>
-[...2 lines deleted...]
-        <v>2260</v>
+        <v>2277</v>
+      </c>
+      <c r="C1540" s="3">
+        <v>72433363</v>
       </c>
       <c r="D1540" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1540" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1540" s="3"/>
       <c r="G1540" s="3"/>
     </row>
     <row r="1541" spans="1:7">
       <c r="A1541" s="3">
         <v>1539</v>
       </c>
       <c r="B1541" s="3" t="s">
-        <v>2261</v>
+        <v>2278</v>
       </c>
       <c r="C1541" s="3">
-        <v>16491399</v>
+        <v>42577028</v>
       </c>
       <c r="D1541" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1541" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1541" s="3"/>
       <c r="G1541" s="3"/>
     </row>
     <row r="1542" spans="1:7">
       <c r="A1542" s="3">
         <v>1540</v>
       </c>
       <c r="B1542" s="3" t="s">
-        <v>2262</v>
+        <v>2279</v>
       </c>
       <c r="C1542" s="3">
-        <v>16546681</v>
+        <v>44993240</v>
       </c>
       <c r="D1542" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1542" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1542" s="3"/>
       <c r="G1542" s="3"/>
     </row>
     <row r="1543" spans="1:7">
       <c r="A1543" s="3">
         <v>1541</v>
       </c>
       <c r="B1543" s="3" t="s">
-        <v>2263</v>
-[...2 lines deleted...]
-        <v>16457346</v>
+        <v>2280</v>
+      </c>
+      <c r="C1543" s="3" t="s">
+        <v>2281</v>
       </c>
       <c r="D1543" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1543" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1543" s="3"/>
       <c r="G1543" s="3"/>
     </row>
     <row r="1544" spans="1:7">
       <c r="A1544" s="3">
         <v>1542</v>
       </c>
       <c r="B1544" s="3" t="s">
-        <v>2264</v>
+        <v>2282</v>
       </c>
       <c r="C1544" s="3">
-        <v>42542673</v>
+        <v>10319515</v>
       </c>
       <c r="D1544" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1544" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1544" s="3"/>
       <c r="G1544" s="3"/>
     </row>
     <row r="1545" spans="1:7">
       <c r="A1545" s="3">
         <v>1543</v>
       </c>
       <c r="B1545" s="3" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-        <v>23993773</v>
+        <v>2283</v>
+      </c>
+      <c r="C1545" s="3" t="s">
+        <v>2284</v>
       </c>
       <c r="D1545" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1545" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1545" s="3"/>
       <c r="G1545" s="3"/>
     </row>
     <row r="1546" spans="1:7">
       <c r="A1546" s="3">
         <v>1544</v>
       </c>
       <c r="B1546" s="3" t="s">
-        <v>2266</v>
+        <v>2285</v>
       </c>
       <c r="C1546" s="3">
-        <v>17864151</v>
+        <v>17900140</v>
       </c>
       <c r="D1546" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1546" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1546" s="3"/>
       <c r="G1546" s="3"/>
     </row>
     <row r="1547" spans="1:7">
       <c r="A1547" s="3">
         <v>1545</v>
       </c>
       <c r="B1547" s="3" t="s">
-        <v>2267</v>
+        <v>2286</v>
       </c>
       <c r="C1547" s="3">
-        <v>40933936</v>
+        <v>21072204</v>
       </c>
       <c r="D1547" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1547" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1547" s="3"/>
       <c r="G1547" s="3"/>
     </row>
     <row r="1548" spans="1:7">
       <c r="A1548" s="3">
         <v>1546</v>
       </c>
       <c r="B1548" s="3" t="s">
-        <v>2268</v>
+        <v>2287</v>
       </c>
       <c r="C1548" s="3">
-        <v>41362840</v>
+        <v>21488614</v>
       </c>
       <c r="D1548" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1548" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1548" s="3"/>
       <c r="G1548" s="3"/>
     </row>
     <row r="1549" spans="1:7">
       <c r="A1549" s="3">
         <v>1547</v>
       </c>
       <c r="B1549" s="3" t="s">
-        <v>2269</v>
+        <v>2288</v>
       </c>
       <c r="C1549" s="3">
-        <v>43717199</v>
+        <v>10278907</v>
       </c>
       <c r="D1549" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1549" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1549" s="3"/>
       <c r="G1549" s="3"/>
     </row>
     <row r="1550" spans="1:7">
       <c r="A1550" s="3">
         <v>1548</v>
       </c>
       <c r="B1550" s="3" t="s">
-        <v>2270</v>
+        <v>2289</v>
       </c>
       <c r="C1550" s="3">
-        <v>32385578</v>
+        <v>10702164121</v>
       </c>
       <c r="D1550" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1550" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1550" s="3"/>
       <c r="G1550" s="3"/>
     </row>
     <row r="1551" spans="1:7">
       <c r="A1551" s="3">
         <v>1549</v>
       </c>
       <c r="B1551" s="3" t="s">
-        <v>2271</v>
-[...2 lines deleted...]
-        <v>2272</v>
+        <v>2290</v>
+      </c>
+      <c r="C1551" s="3">
+        <v>16404226</v>
       </c>
       <c r="D1551" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1551" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1551" s="3"/>
       <c r="G1551" s="3"/>
     </row>
     <row r="1552" spans="1:7">
       <c r="A1552" s="3">
         <v>1550</v>
       </c>
       <c r="B1552" s="3" t="s">
-        <v>2273</v>
+        <v>2291</v>
       </c>
       <c r="C1552" s="3">
-        <v>41820039</v>
+        <v>73315109</v>
       </c>
       <c r="D1552" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1552" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1552" s="3"/>
       <c r="G1552" s="3"/>
     </row>
     <row r="1553" spans="1:7">
       <c r="A1553" s="3">
         <v>1551</v>
       </c>
       <c r="B1553" s="3" t="s">
-        <v>2274</v>
+        <v>2292</v>
       </c>
       <c r="C1553" s="3">
-        <v>21457402</v>
+        <v>20527210161</v>
       </c>
       <c r="D1553" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1553" s="3" t="s">
-        <v>19</v>
+        <v>2293</v>
       </c>
       <c r="F1553" s="3"/>
       <c r="G1553" s="3"/>
     </row>
     <row r="1554" spans="1:7">
       <c r="A1554" s="3">
         <v>1552</v>
       </c>
       <c r="B1554" s="3" t="s">
-        <v>2275</v>
+        <v>2294</v>
       </c>
       <c r="C1554" s="3">
-        <v>23814930</v>
+        <v>70115266</v>
       </c>
       <c r="D1554" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1554" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1554" s="3"/>
       <c r="G1554" s="3"/>
     </row>
     <row r="1555" spans="1:7">
       <c r="A1555" s="3">
         <v>1553</v>
       </c>
       <c r="B1555" s="3" t="s">
-        <v>2276</v>
+        <v>2295</v>
       </c>
       <c r="C1555" s="3">
-        <v>72652863</v>
+        <v>41848421</v>
       </c>
       <c r="D1555" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1555" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1555" s="3"/>
       <c r="G1555" s="3"/>
     </row>
     <row r="1556" spans="1:7">
       <c r="A1556" s="3">
         <v>1554</v>
       </c>
       <c r="B1556" s="3" t="s">
-        <v>2277</v>
+        <v>2296</v>
       </c>
       <c r="C1556" s="3">
-        <v>43116639</v>
+        <v>40455987</v>
       </c>
       <c r="D1556" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1556" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1556" s="3"/>
       <c r="G1556" s="3"/>
     </row>
     <row r="1557" spans="1:7">
       <c r="A1557" s="3">
         <v>1555</v>
       </c>
       <c r="B1557" s="3" t="s">
-        <v>2278</v>
-[...2 lines deleted...]
-        <v>2279</v>
+        <v>2297</v>
+      </c>
+      <c r="C1557" s="3">
+        <v>42106548</v>
       </c>
       <c r="D1557" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1557" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1557" s="3"/>
       <c r="G1557" s="3"/>
     </row>
     <row r="1558" spans="1:7">
       <c r="A1558" s="3">
         <v>1556</v>
       </c>
       <c r="B1558" s="3" t="s">
-        <v>2280</v>
-[...2 lines deleted...]
-        <v>2281</v>
+        <v>2298</v>
+      </c>
+      <c r="C1558" s="3">
+        <v>21486858</v>
       </c>
       <c r="D1558" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1558" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1558" s="3"/>
       <c r="G1558" s="3"/>
     </row>
     <row r="1559" spans="1:7">
       <c r="A1559" s="3">
         <v>1557</v>
       </c>
       <c r="B1559" s="3" t="s">
-        <v>2282</v>
+        <v>2299</v>
       </c>
       <c r="C1559" s="3">
-        <v>43543755</v>
+        <v>72172520</v>
       </c>
       <c r="D1559" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1559" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1559" s="3"/>
       <c r="G1559" s="3"/>
     </row>
     <row r="1560" spans="1:7">
       <c r="A1560" s="3">
         <v>1558</v>
       </c>
       <c r="B1560" s="3" t="s">
-        <v>2283</v>
+        <v>2300</v>
       </c>
       <c r="C1560" s="3">
-        <v>40919396</v>
+        <v>76200218</v>
       </c>
       <c r="D1560" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1560" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1560" s="3"/>
       <c r="F1560" s="3"/>
       <c r="G1560" s="3"/>
     </row>
     <row r="1561" spans="1:7">
       <c r="A1561" s="3">
         <v>1559</v>
       </c>
       <c r="B1561" s="3" t="s">
-        <v>2284</v>
+        <v>2301</v>
       </c>
       <c r="C1561" s="3">
-        <v>16689623</v>
+        <v>40644591</v>
       </c>
       <c r="D1561" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1561" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1561" s="3"/>
       <c r="G1561" s="3"/>
     </row>
     <row r="1562" spans="1:7">
       <c r="A1562" s="3">
         <v>1560</v>
       </c>
       <c r="B1562" s="3" t="s">
-        <v>2285</v>
+        <v>2302</v>
       </c>
       <c r="C1562" s="3">
-        <v>20255315669</v>
+        <v>43236227</v>
       </c>
       <c r="D1562" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1562" s="3" t="s">
-        <v>2286</v>
+        <v>19</v>
       </c>
       <c r="F1562" s="3"/>
       <c r="G1562" s="3"/>
     </row>
     <row r="1563" spans="1:7">
       <c r="A1563" s="3">
         <v>1561</v>
       </c>
       <c r="B1563" s="3" t="s">
-        <v>2287</v>
-[...2 lines deleted...]
-        <v>20534144602</v>
+        <v>2303</v>
+      </c>
+      <c r="C1563" s="3" t="s">
+        <v>2304</v>
       </c>
       <c r="D1563" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1563" s="3" t="s">
-        <v>2288</v>
+        <v>19</v>
       </c>
       <c r="F1563" s="3"/>
       <c r="G1563" s="3"/>
     </row>
     <row r="1564" spans="1:7">
       <c r="A1564" s="3">
         <v>1562</v>
       </c>
       <c r="B1564" s="3" t="s">
-        <v>2289</v>
+        <v>2305</v>
       </c>
       <c r="C1564" s="3">
-        <v>47337861</v>
+        <v>28314115</v>
       </c>
       <c r="D1564" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1564" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1564" s="3"/>
       <c r="G1564" s="3"/>
     </row>
     <row r="1565" spans="1:7">
       <c r="A1565" s="3">
         <v>1563</v>
       </c>
       <c r="B1565" s="3" t="s">
-        <v>2290</v>
+        <v>2306</v>
       </c>
       <c r="C1565" s="3">
-        <v>10421792734</v>
+        <v>40218883</v>
       </c>
       <c r="D1565" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1565" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1565" s="3"/>
       <c r="G1565" s="3"/>
     </row>
     <row r="1566" spans="1:7">
       <c r="A1566" s="3">
         <v>1564</v>
       </c>
       <c r="B1566" s="3" t="s">
-        <v>2291</v>
+        <v>2307</v>
       </c>
       <c r="C1566" s="3">
-        <v>10052541081</v>
+        <v>18118083</v>
       </c>
       <c r="D1566" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1566" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1566" s="3"/>
       <c r="G1566" s="3"/>
     </row>
     <row r="1567" spans="1:7">
       <c r="A1567" s="3">
         <v>1565</v>
       </c>
       <c r="B1567" s="3" t="s">
-        <v>2292</v>
-[...2 lines deleted...]
-        <v>10001256845</v>
+        <v>2308</v>
+      </c>
+      <c r="C1567" s="3" t="s">
+        <v>2309</v>
       </c>
       <c r="D1567" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1567" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1567" s="3"/>
       <c r="G1567" s="3"/>
     </row>
     <row r="1568" spans="1:7">
       <c r="A1568" s="3">
         <v>1566</v>
       </c>
       <c r="B1568" s="3" t="s">
-        <v>2293</v>
+        <v>2310</v>
       </c>
       <c r="C1568" s="3">
-        <v>17808344</v>
+        <v>46013842</v>
       </c>
       <c r="D1568" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1568" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1568" s="3"/>
       <c r="G1568" s="3"/>
     </row>
     <row r="1569" spans="1:7">
       <c r="A1569" s="3">
         <v>1567</v>
       </c>
       <c r="B1569" s="3" t="s">
-        <v>2294</v>
+        <v>2311</v>
       </c>
       <c r="C1569" s="3">
-        <v>75518305</v>
+        <v>21520704</v>
       </c>
       <c r="D1569" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1569" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1569" s="3"/>
       <c r="G1569" s="3"/>
     </row>
     <row r="1570" spans="1:7">
       <c r="A1570" s="3">
         <v>1568</v>
       </c>
       <c r="B1570" s="3" t="s">
-        <v>2295</v>
+        <v>2312</v>
       </c>
       <c r="C1570" s="3">
-        <v>20392648110</v>
+        <v>18100082</v>
       </c>
       <c r="D1570" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1570" s="3" t="s">
-        <v>2296</v>
+        <v>19</v>
       </c>
       <c r="F1570" s="3"/>
       <c r="G1570" s="3"/>
     </row>
     <row r="1571" spans="1:7">
       <c r="A1571" s="3">
         <v>1569</v>
       </c>
       <c r="B1571" s="3" t="s">
-        <v>2297</v>
-[...2 lines deleted...]
-        <v>10027922061</v>
+        <v>2313</v>
+      </c>
+      <c r="C1571" s="3" t="s">
+        <v>2314</v>
       </c>
       <c r="D1571" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1571" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1571" s="3"/>
       <c r="G1571" s="3"/>
     </row>
     <row r="1572" spans="1:7">
       <c r="A1572" s="3">
         <v>1570</v>
       </c>
       <c r="B1572" s="3" t="s">
-        <v>2298</v>
+        <v>2315</v>
       </c>
       <c r="C1572" s="3">
-        <v>20600782364</v>
+        <v>40057596</v>
       </c>
       <c r="D1572" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1572" s="3" t="s">
-        <v>2299</v>
+        <v>19</v>
       </c>
       <c r="F1572" s="3"/>
       <c r="G1572" s="3"/>
     </row>
     <row r="1573" spans="1:7">
       <c r="A1573" s="3">
         <v>1571</v>
       </c>
       <c r="B1573" s="3" t="s">
-        <v>2300</v>
+        <v>2316</v>
       </c>
       <c r="C1573" s="3">
-        <v>41588597</v>
+        <v>10447912568</v>
       </c>
       <c r="D1573" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1573" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1573" s="3"/>
       <c r="G1573" s="3"/>
     </row>
     <row r="1574" spans="1:7">
       <c r="A1574" s="3">
         <v>1572</v>
       </c>
       <c r="B1574" s="3" t="s">
-        <v>2301</v>
+        <v>2317</v>
       </c>
       <c r="C1574" s="3">
-        <v>20462772441</v>
+        <v>10329609257</v>
       </c>
       <c r="D1574" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1574" s="3" t="s">
-        <v>2302</v>
+        <v>24</v>
       </c>
       <c r="F1574" s="3"/>
       <c r="G1574" s="3"/>
     </row>
     <row r="1575" spans="1:7">
       <c r="A1575" s="3">
         <v>1573</v>
       </c>
       <c r="B1575" s="3" t="s">
-        <v>2303</v>
+        <v>2318</v>
       </c>
       <c r="C1575" s="3">
-        <v>40776373</v>
+        <v>16688262</v>
       </c>
       <c r="D1575" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1575" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1575" s="3"/>
       <c r="G1575" s="3"/>
     </row>
     <row r="1576" spans="1:7">
       <c r="A1576" s="3">
         <v>1574</v>
       </c>
       <c r="B1576" s="3" t="s">
-        <v>2304</v>
-[...2 lines deleted...]
-        <v>20612260703</v>
+        <v>2319</v>
+      </c>
+      <c r="C1576" s="3" t="s">
+        <v>2320</v>
       </c>
       <c r="D1576" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1576" s="3" t="s">
-        <v>2305</v>
+        <v>19</v>
       </c>
       <c r="F1576" s="3"/>
       <c r="G1576" s="3"/>
     </row>
     <row r="1577" spans="1:7">
       <c r="A1577" s="3">
         <v>1575</v>
       </c>
       <c r="B1577" s="3" t="s">
-        <v>2306</v>
-[...2 lines deleted...]
-        <v>2307</v>
+        <v>2321</v>
+      </c>
+      <c r="C1577" s="3">
+        <v>72899764</v>
       </c>
       <c r="D1577" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1577" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1577" s="3"/>
       <c r="G1577" s="3"/>
     </row>
     <row r="1578" spans="1:7">
       <c r="A1578" s="3">
         <v>1576</v>
       </c>
       <c r="B1578" s="3" t="s">
-        <v>2308</v>
+        <v>2322</v>
       </c>
       <c r="C1578" s="3">
-        <v>20519839807</v>
+        <v>31656388</v>
       </c>
       <c r="D1578" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1578" s="3" t="s">
-        <v>2309</v>
+        <v>19</v>
       </c>
       <c r="F1578" s="3"/>
       <c r="G1578" s="3"/>
     </row>
     <row r="1579" spans="1:7">
       <c r="A1579" s="3">
         <v>1577</v>
       </c>
       <c r="B1579" s="3" t="s">
-        <v>2310</v>
+        <v>2323</v>
       </c>
       <c r="C1579" s="3">
-        <v>10215551852</v>
+        <v>80112046</v>
       </c>
       <c r="D1579" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1579" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1579" s="3"/>
       <c r="G1579" s="3"/>
     </row>
     <row r="1580" spans="1:7">
       <c r="A1580" s="3">
         <v>1578</v>
       </c>
       <c r="B1580" s="3" t="s">
-        <v>2311</v>
+        <v>2324</v>
       </c>
       <c r="C1580" s="3">
-        <v>46788549</v>
+        <v>43685495</v>
       </c>
       <c r="D1580" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1580" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1580" s="3"/>
       <c r="G1580" s="3"/>
     </row>
     <row r="1581" spans="1:7">
       <c r="A1581" s="3">
         <v>1579</v>
       </c>
       <c r="B1581" s="3" t="s">
-        <v>2312</v>
-[...2 lines deleted...]
-        <v>2313</v>
+        <v>2325</v>
+      </c>
+      <c r="C1581" s="3">
+        <v>10238062981</v>
       </c>
       <c r="D1581" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1581" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1581" s="3"/>
       <c r="G1581" s="3"/>
     </row>
     <row r="1582" spans="1:7">
       <c r="A1582" s="3">
         <v>1580</v>
       </c>
       <c r="B1582" s="3" t="s">
-        <v>2314</v>
+        <v>2326</v>
       </c>
       <c r="C1582" s="3">
-        <v>22673246</v>
+        <v>10000518781</v>
       </c>
       <c r="D1582" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1582" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1582" s="3"/>
       <c r="G1582" s="3"/>
     </row>
     <row r="1583" spans="1:7">
       <c r="A1583" s="3">
         <v>1581</v>
       </c>
       <c r="B1583" s="3" t="s">
-        <v>2315</v>
+        <v>2327</v>
       </c>
       <c r="C1583" s="3">
-        <v>40815989</v>
+        <v>10238692640</v>
       </c>
       <c r="D1583" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1583" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1583" s="3"/>
       <c r="G1583" s="3"/>
     </row>
     <row r="1584" spans="1:7">
       <c r="A1584" s="3">
         <v>1582</v>
       </c>
       <c r="B1584" s="3" t="s">
-        <v>2316</v>
+        <v>2328</v>
       </c>
       <c r="C1584" s="3">
-        <v>41343586</v>
+        <v>70322233</v>
       </c>
       <c r="D1584" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1584" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1584" s="3"/>
       <c r="G1584" s="3"/>
     </row>
     <row r="1585" spans="1:7">
       <c r="A1585" s="3">
         <v>1583</v>
       </c>
       <c r="B1585" s="3" t="s">
-        <v>2317</v>
+        <v>2329</v>
       </c>
       <c r="C1585" s="3">
-        <v>16716109</v>
+        <v>19991884</v>
       </c>
       <c r="D1585" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1585" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1585" s="3"/>
       <c r="G1585" s="3"/>
     </row>
     <row r="1586" spans="1:7">
       <c r="A1586" s="3">
         <v>1584</v>
       </c>
       <c r="B1586" s="3" t="s">
-        <v>2318</v>
+        <v>2330</v>
       </c>
       <c r="C1586" s="3">
-        <v>32801504</v>
+        <v>26709846</v>
       </c>
       <c r="D1586" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1586" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1586" s="3"/>
       <c r="G1586" s="3"/>
     </row>
     <row r="1587" spans="1:7">
       <c r="A1587" s="3">
         <v>1585</v>
       </c>
       <c r="B1587" s="3" t="s">
-        <v>2319</v>
-[...2 lines deleted...]
-        <v>24702893</v>
+        <v>2331</v>
+      </c>
+      <c r="C1587" s="3" t="s">
+        <v>2332</v>
       </c>
       <c r="D1587" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1587" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1587" s="3"/>
       <c r="G1587" s="3"/>
     </row>
     <row r="1588" spans="1:7">
       <c r="A1588" s="3">
         <v>1586</v>
       </c>
       <c r="B1588" s="3" t="s">
-        <v>2320</v>
+        <v>2333</v>
       </c>
       <c r="C1588" s="3">
-        <v>66990302</v>
+        <v>40160431</v>
       </c>
       <c r="D1588" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1588" s="3"/>
+      <c r="E1588" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1588" s="3"/>
       <c r="G1588" s="3"/>
     </row>
     <row r="1589" spans="1:7">
       <c r="A1589" s="3">
         <v>1587</v>
       </c>
       <c r="B1589" s="3" t="s">
-        <v>2321</v>
+        <v>2334</v>
       </c>
       <c r="C1589" s="3">
-        <v>20100043140</v>
+        <v>74697860</v>
       </c>
       <c r="D1589" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1589" s="3" t="s">
-        <v>2322</v>
+        <v>19</v>
       </c>
       <c r="F1589" s="3"/>
       <c r="G1589" s="3"/>
     </row>
     <row r="1590" spans="1:7">
       <c r="A1590" s="3">
         <v>1588</v>
       </c>
       <c r="B1590" s="3" t="s">
-        <v>2323</v>
+        <v>2335</v>
       </c>
       <c r="C1590" s="3">
-        <v>10442813995</v>
+        <v>42153056</v>
       </c>
       <c r="D1590" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1590" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1590" s="3"/>
       <c r="G1590" s="3"/>
     </row>
     <row r="1591" spans="1:7">
       <c r="A1591" s="3">
         <v>1589</v>
       </c>
       <c r="B1591" s="3" t="s">
-        <v>2324</v>
+        <v>2336</v>
       </c>
       <c r="C1591" s="3">
-        <v>20147965843</v>
+        <v>42412274</v>
       </c>
       <c r="D1591" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1591" s="3" t="s">
-        <v>2325</v>
+        <v>19</v>
       </c>
       <c r="F1591" s="3"/>
       <c r="G1591" s="3"/>
     </row>
     <row r="1592" spans="1:7">
       <c r="A1592" s="3">
         <v>1590</v>
       </c>
       <c r="B1592" s="3" t="s">
-        <v>2326</v>
+        <v>2337</v>
       </c>
       <c r="C1592" s="3">
-        <v>20131911310</v>
+        <v>22504292</v>
       </c>
       <c r="D1592" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1592" s="3" t="s">
-        <v>2327</v>
+        <v>19</v>
       </c>
       <c r="F1592" s="3"/>
       <c r="G1592" s="3"/>
     </row>
     <row r="1593" spans="1:7">
       <c r="A1593" s="3">
         <v>1591</v>
       </c>
       <c r="B1593" s="3" t="s">
-        <v>2328</v>
+        <v>2338</v>
       </c>
       <c r="C1593" s="3">
-        <v>26733673</v>
+        <v>19082488</v>
       </c>
       <c r="D1593" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1593" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1593" s="3"/>
       <c r="G1593" s="3"/>
     </row>
     <row r="1594" spans="1:7">
       <c r="A1594" s="3">
         <v>1592</v>
       </c>
       <c r="B1594" s="3" t="s">
-        <v>2329</v>
+        <v>2339</v>
       </c>
       <c r="C1594" s="3">
-        <v>27247231</v>
+        <v>44577197</v>
       </c>
       <c r="D1594" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1594" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1594" s="3"/>
       <c r="G1594" s="3"/>
     </row>
     <row r="1595" spans="1:7">
       <c r="A1595" s="3">
         <v>1593</v>
       </c>
       <c r="B1595" s="3" t="s">
-        <v>2330</v>
+        <v>2340</v>
       </c>
       <c r="C1595" s="3">
-        <v>33407492</v>
+        <v>75786143</v>
       </c>
       <c r="D1595" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1595" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1595" s="3"/>
       <c r="G1595" s="3"/>
     </row>
     <row r="1596" spans="1:7">
       <c r="A1596" s="3">
         <v>1594</v>
       </c>
       <c r="B1596" s="3" t="s">
-        <v>2331</v>
+        <v>2341</v>
       </c>
       <c r="C1596" s="3">
-        <v>27434150</v>
+        <v>45172977</v>
       </c>
       <c r="D1596" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1596" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1596" s="3"/>
       <c r="G1596" s="3"/>
     </row>
     <row r="1597" spans="1:7">
       <c r="A1597" s="3">
         <v>1595</v>
       </c>
       <c r="B1597" s="3" t="s">
-        <v>2332</v>
-[...2 lines deleted...]
-        <v>2333</v>
+        <v>2342</v>
+      </c>
+      <c r="C1597" s="3">
+        <v>42582692</v>
       </c>
       <c r="D1597" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1597" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1597" s="3"/>
       <c r="G1597" s="3"/>
     </row>
     <row r="1598" spans="1:7">
       <c r="A1598" s="3">
         <v>1596</v>
       </c>
       <c r="B1598" s="3" t="s">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>20131257750</v>
+        <v>2343</v>
+      </c>
+      <c r="C1598" s="3" t="s">
+        <v>2344</v>
       </c>
       <c r="D1598" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1598" s="3" t="s">
-        <v>2335</v>
+        <v>19</v>
       </c>
       <c r="F1598" s="3"/>
       <c r="G1598" s="3"/>
     </row>
     <row r="1599" spans="1:7">
       <c r="A1599" s="3">
         <v>1597</v>
       </c>
       <c r="B1599" s="3" t="s">
-        <v>2336</v>
+        <v>2345</v>
       </c>
       <c r="C1599" s="3">
-        <v>20451751388</v>
+        <v>16491399</v>
       </c>
       <c r="D1599" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1599" s="3" t="s">
-        <v>2337</v>
+        <v>19</v>
       </c>
       <c r="F1599" s="3"/>
       <c r="G1599" s="3"/>
     </row>
     <row r="1600" spans="1:7">
       <c r="A1600" s="3">
         <v>1598</v>
       </c>
       <c r="B1600" s="3" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="C1600" s="3">
-        <v>70181860</v>
+        <v>16546681</v>
       </c>
       <c r="D1600" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1600" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1600" s="3"/>
       <c r="G1600" s="3"/>
     </row>
     <row r="1601" spans="1:7">
       <c r="A1601" s="3">
         <v>1599</v>
       </c>
       <c r="B1601" s="3" t="s">
-        <v>2339</v>
-[...2 lines deleted...]
-        <v>2340</v>
+        <v>2347</v>
+      </c>
+      <c r="C1601" s="3">
+        <v>16457346</v>
       </c>
       <c r="D1601" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1601" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1601" s="3"/>
       <c r="G1601" s="3"/>
     </row>
     <row r="1602" spans="1:7">
       <c r="A1602" s="3">
         <v>1600</v>
       </c>
       <c r="B1602" s="3" t="s">
-        <v>2341</v>
+        <v>2348</v>
       </c>
       <c r="C1602" s="3">
-        <v>20498384847</v>
+        <v>42585249</v>
       </c>
       <c r="D1602" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1602" s="3" t="s">
-        <v>2342</v>
+        <v>19</v>
       </c>
       <c r="F1602" s="3"/>
       <c r="G1602" s="3"/>
     </row>
     <row r="1603" spans="1:7">
       <c r="A1603" s="3">
         <v>1601</v>
       </c>
       <c r="B1603" s="3" t="s">
-        <v>2343</v>
+        <v>2349</v>
       </c>
       <c r="C1603" s="3">
-        <v>20479801275</v>
+        <v>42542673</v>
       </c>
       <c r="D1603" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1603" s="3" t="s">
-        <v>2344</v>
+        <v>19</v>
       </c>
       <c r="F1603" s="3"/>
       <c r="G1603" s="3"/>
     </row>
     <row r="1604" spans="1:7">
       <c r="A1604" s="3">
         <v>1602</v>
       </c>
       <c r="B1604" s="3" t="s">
-        <v>2345</v>
+        <v>2350</v>
       </c>
       <c r="C1604" s="3">
-        <v>20143079075</v>
+        <v>23993773</v>
       </c>
       <c r="D1604" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1604" s="3" t="s">
-        <v>2346</v>
+        <v>19</v>
       </c>
       <c r="F1604" s="3"/>
       <c r="G1604" s="3"/>
     </row>
     <row r="1605" spans="1:7">
       <c r="A1605" s="3">
         <v>1603</v>
       </c>
       <c r="B1605" s="3" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="C1605" s="3">
-        <v>20478053178</v>
+        <v>17864151</v>
       </c>
       <c r="D1605" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1605" s="3" t="s">
-        <v>2348</v>
+        <v>19</v>
       </c>
       <c r="F1605" s="3"/>
       <c r="G1605" s="3"/>
     </row>
     <row r="1606" spans="1:7">
       <c r="A1606" s="3">
         <v>1604</v>
       </c>
       <c r="B1606" s="3" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="C1606" s="3">
-        <v>20131377810</v>
+        <v>40933936</v>
       </c>
       <c r="D1606" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1606" s="3" t="s">
-        <v>2350</v>
+        <v>19</v>
       </c>
       <c r="F1606" s="3"/>
       <c r="G1606" s="3"/>
     </row>
     <row r="1607" spans="1:7">
       <c r="A1607" s="3">
         <v>1605</v>
       </c>
       <c r="B1607" s="3" t="s">
-        <v>2351</v>
+        <v>2353</v>
       </c>
       <c r="C1607" s="3">
-        <v>20562836927</v>
+        <v>41362840</v>
       </c>
       <c r="D1607" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1607" s="3" t="s">
-        <v>2352</v>
+        <v>19</v>
       </c>
       <c r="F1607" s="3"/>
       <c r="G1607" s="3"/>
     </row>
     <row r="1608" spans="1:7">
       <c r="A1608" s="3">
         <v>1606</v>
       </c>
       <c r="B1608" s="3" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="C1608" s="3">
-        <v>20100859778</v>
+        <v>43717199</v>
       </c>
       <c r="D1608" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1608" s="3" t="s">
-        <v>2354</v>
+        <v>19</v>
       </c>
       <c r="F1608" s="3"/>
       <c r="G1608" s="3"/>
     </row>
     <row r="1609" spans="1:7">
       <c r="A1609" s="3">
         <v>1607</v>
       </c>
       <c r="B1609" s="3" t="s">
         <v>2355</v>
       </c>
       <c r="C1609" s="3">
-        <v>20607584801</v>
+        <v>32385578</v>
       </c>
       <c r="D1609" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1609" s="3" t="s">
-        <v>2356</v>
+        <v>19</v>
       </c>
       <c r="F1609" s="3"/>
       <c r="G1609" s="3"/>
     </row>
     <row r="1610" spans="1:7">
       <c r="A1610" s="3">
         <v>1608</v>
       </c>
       <c r="B1610" s="3" t="s">
+        <v>2356</v>
+      </c>
+      <c r="C1610" s="3" t="s">
         <v>2357</v>
       </c>
-      <c r="C1610" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D1610" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1610" s="3" t="s">
-        <v>2358</v>
+        <v>19</v>
       </c>
       <c r="F1610" s="3"/>
       <c r="G1610" s="3"/>
     </row>
     <row r="1611" spans="1:7">
       <c r="A1611" s="3">
         <v>1609</v>
       </c>
       <c r="B1611" s="3" t="s">
-        <v>2359</v>
+        <v>2358</v>
       </c>
       <c r="C1611" s="3">
-        <v>20527632588</v>
+        <v>41820039</v>
       </c>
       <c r="D1611" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1611" s="3" t="s">
-        <v>2360</v>
+        <v>19</v>
       </c>
       <c r="F1611" s="3"/>
       <c r="G1611" s="3"/>
     </row>
     <row r="1612" spans="1:7">
       <c r="A1612" s="3">
         <v>1610</v>
       </c>
       <c r="B1612" s="3" t="s">
-        <v>2361</v>
+        <v>2359</v>
       </c>
       <c r="C1612" s="3">
-        <v>20525111513</v>
+        <v>21457402</v>
       </c>
       <c r="D1612" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E1612" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="E1612" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1612" s="3"/>
       <c r="G1612" s="3"/>
     </row>
     <row r="1613" spans="1:7">
       <c r="A1613" s="3">
         <v>1611</v>
       </c>
       <c r="B1613" s="3" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
       <c r="C1613" s="3">
-        <v>20600646681</v>
+        <v>23814930</v>
       </c>
       <c r="D1613" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1613" s="3" t="s">
-        <v>2363</v>
+        <v>19</v>
       </c>
       <c r="F1613" s="3"/>
       <c r="G1613" s="3"/>
     </row>
     <row r="1614" spans="1:7">
       <c r="A1614" s="3">
         <v>1612</v>
       </c>
       <c r="B1614" s="3" t="s">
-        <v>2364</v>
+        <v>2361</v>
       </c>
       <c r="C1614" s="3">
-        <v>20477262636</v>
+        <v>72652863</v>
       </c>
       <c r="D1614" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1614" s="3" t="s">
-        <v>2365</v>
+        <v>19</v>
       </c>
       <c r="F1614" s="3"/>
       <c r="G1614" s="3"/>
     </row>
     <row r="1615" spans="1:7">
       <c r="A1615" s="3">
         <v>1613</v>
       </c>
       <c r="B1615" s="3" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="C1615" s="3">
-        <v>20481533059</v>
+        <v>43116639</v>
       </c>
       <c r="D1615" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1615" s="3" t="s">
-        <v>2367</v>
+        <v>19</v>
       </c>
       <c r="F1615" s="3"/>
       <c r="G1615" s="3"/>
     </row>
     <row r="1616" spans="1:7">
       <c r="A1616" s="3">
         <v>1614</v>
       </c>
       <c r="B1616" s="3" t="s">
-        <v>2368</v>
-[...2 lines deleted...]
-        <v>20100003351</v>
+        <v>2363</v>
+      </c>
+      <c r="C1616" s="3" t="s">
+        <v>2364</v>
       </c>
       <c r="D1616" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1616" s="3" t="s">
-        <v>2369</v>
+        <v>19</v>
       </c>
       <c r="F1616" s="3"/>
       <c r="G1616" s="3"/>
     </row>
     <row r="1617" spans="1:7">
       <c r="A1617" s="3">
         <v>1615</v>
       </c>
       <c r="B1617" s="3" t="s">
-        <v>2370</v>
-[...2 lines deleted...]
-        <v>20610439625</v>
+        <v>2365</v>
+      </c>
+      <c r="C1617" s="3" t="s">
+        <v>2366</v>
       </c>
       <c r="D1617" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1617" s="3" t="s">
-        <v>2371</v>
+        <v>19</v>
       </c>
       <c r="F1617" s="3"/>
       <c r="G1617" s="3"/>
     </row>
     <row r="1618" spans="1:7">
       <c r="A1618" s="3">
         <v>1616</v>
       </c>
       <c r="B1618" s="3" t="s">
-        <v>2372</v>
+        <v>2367</v>
       </c>
       <c r="C1618" s="3">
-        <v>41184563</v>
+        <v>43543755</v>
       </c>
       <c r="D1618" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1618" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1618" s="3"/>
       <c r="G1618" s="3"/>
     </row>
     <row r="1619" spans="1:7">
       <c r="A1619" s="3">
         <v>1617</v>
       </c>
       <c r="B1619" s="3" t="s">
-        <v>2373</v>
+        <v>2368</v>
       </c>
       <c r="C1619" s="3">
-        <v>40102089</v>
+        <v>40919396</v>
       </c>
       <c r="D1619" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1619" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1619" s="3"/>
       <c r="G1619" s="3"/>
     </row>
     <row r="1620" spans="1:7">
       <c r="A1620" s="3">
         <v>1618</v>
       </c>
       <c r="B1620" s="3" t="s">
-        <v>2374</v>
+        <v>2369</v>
       </c>
       <c r="C1620" s="3">
-        <v>17857501</v>
+        <v>16689623</v>
       </c>
       <c r="D1620" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1620" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1620" s="3"/>
       <c r="G1620" s="3"/>
     </row>
     <row r="1621" spans="1:7">
       <c r="A1621" s="3">
         <v>1619</v>
       </c>
       <c r="B1621" s="3" t="s">
-        <v>2375</v>
+        <v>2370</v>
       </c>
       <c r="C1621" s="3">
-        <v>20052444</v>
+        <v>20255315669</v>
       </c>
       <c r="D1621" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1621" s="3" t="s">
-        <v>19</v>
+        <v>2371</v>
       </c>
       <c r="F1621" s="3"/>
       <c r="G1621" s="3"/>
     </row>
     <row r="1622" spans="1:7">
       <c r="A1622" s="3">
         <v>1620</v>
       </c>
       <c r="B1622" s="3" t="s">
-        <v>2376</v>
+        <v>2372</v>
       </c>
       <c r="C1622" s="3">
-        <v>47513134</v>
+        <v>20534144602</v>
       </c>
       <c r="D1622" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1622" s="3" t="s">
-        <v>19</v>
+        <v>2373</v>
       </c>
       <c r="F1622" s="3"/>
       <c r="G1622" s="3"/>
     </row>
     <row r="1623" spans="1:7">
       <c r="A1623" s="3">
         <v>1621</v>
       </c>
       <c r="B1623" s="3" t="s">
-        <v>2377</v>
+        <v>2374</v>
       </c>
       <c r="C1623" s="3">
-        <v>46018441</v>
+        <v>47337861</v>
       </c>
       <c r="D1623" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1623" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1623" s="3"/>
       <c r="G1623" s="3"/>
     </row>
     <row r="1624" spans="1:7">
       <c r="A1624" s="3">
         <v>1622</v>
       </c>
       <c r="B1624" s="3" t="s">
-        <v>2378</v>
+        <v>2375</v>
       </c>
       <c r="C1624" s="3">
-        <v>20547780</v>
+        <v>10421792734</v>
       </c>
       <c r="D1624" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E1624" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E1624" s="3" t="s">
+        <v>24</v>
+      </c>
       <c r="F1624" s="3"/>
       <c r="G1624" s="3"/>
     </row>
     <row r="1625" spans="1:7">
       <c r="A1625" s="3">
         <v>1623</v>
       </c>
       <c r="B1625" s="3" t="s">
-        <v>2379</v>
+        <v>2376</v>
       </c>
       <c r="C1625" s="3">
-        <v>20600162412</v>
+        <v>10052541081</v>
       </c>
       <c r="D1625" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1625" s="3" t="s">
-        <v>2380</v>
+        <v>24</v>
       </c>
       <c r="F1625" s="3"/>
       <c r="G1625" s="3"/>
     </row>
     <row r="1626" spans="1:7">
       <c r="A1626" s="3">
         <v>1624</v>
       </c>
       <c r="B1626" s="3" t="s">
-        <v>2381</v>
+        <v>2377</v>
       </c>
       <c r="C1626" s="3">
-        <v>20603574291</v>
+        <v>10001256845</v>
       </c>
       <c r="D1626" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1626" s="3" t="s">
-        <v>2382</v>
+        <v>24</v>
       </c>
       <c r="F1626" s="3"/>
       <c r="G1626" s="3"/>
     </row>
     <row r="1627" spans="1:7">
       <c r="A1627" s="3">
         <v>1625</v>
       </c>
       <c r="B1627" s="3" t="s">
-        <v>2383</v>
+        <v>2378</v>
       </c>
       <c r="C1627" s="3">
-        <v>20602476261</v>
+        <v>17808344</v>
       </c>
       <c r="D1627" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1627" s="3" t="s">
-        <v>2384</v>
+        <v>19</v>
       </c>
       <c r="F1627" s="3"/>
       <c r="G1627" s="3"/>
     </row>
     <row r="1628" spans="1:7">
       <c r="A1628" s="3">
         <v>1626</v>
       </c>
       <c r="B1628" s="3" t="s">
-        <v>2385</v>
+        <v>2379</v>
       </c>
       <c r="C1628" s="3">
-        <v>20218139583</v>
+        <v>75518305</v>
       </c>
       <c r="D1628" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1628" s="3" t="s">
-        <v>2386</v>
+        <v>19</v>
       </c>
       <c r="F1628" s="3"/>
       <c r="G1628" s="3"/>
     </row>
     <row r="1629" spans="1:7">
       <c r="A1629" s="3">
         <v>1627</v>
       </c>
       <c r="B1629" s="3" t="s">
-        <v>2387</v>
+        <v>2380</v>
       </c>
       <c r="C1629" s="3">
-        <v>20393354764</v>
+        <v>20392648110</v>
       </c>
       <c r="D1629" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1629" s="3" t="s">
-        <v>2388</v>
+        <v>2381</v>
       </c>
       <c r="F1629" s="3"/>
       <c r="G1629" s="3"/>
     </row>
     <row r="1630" spans="1:7">
       <c r="A1630" s="3">
         <v>1628</v>
       </c>
       <c r="B1630" s="3" t="s">
-        <v>2389</v>
+        <v>2382</v>
       </c>
       <c r="C1630" s="3">
-        <v>20514667561</v>
+        <v>10027922061</v>
       </c>
       <c r="D1630" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1630" s="3" t="s">
-        <v>2390</v>
+        <v>24</v>
       </c>
       <c r="F1630" s="3"/>
       <c r="G1630" s="3"/>
     </row>
     <row r="1631" spans="1:7">
       <c r="A1631" s="3">
         <v>1629</v>
       </c>
       <c r="B1631" s="3" t="s">
-        <v>2391</v>
+        <v>2383</v>
       </c>
       <c r="C1631" s="3">
-        <v>20275092151</v>
+        <v>20600782364</v>
       </c>
       <c r="D1631" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1631" s="3" t="s">
-        <v>2392</v>
+        <v>2384</v>
       </c>
       <c r="F1631" s="3"/>
       <c r="G1631" s="3"/>
     </row>
     <row r="1632" spans="1:7">
       <c r="A1632" s="3">
         <v>1630</v>
       </c>
       <c r="B1632" s="3" t="s">
-        <v>2393</v>
+        <v>2385</v>
       </c>
       <c r="C1632" s="3">
-        <v>20393660610</v>
+        <v>41588597</v>
       </c>
       <c r="D1632" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1632" s="3" t="s">
-        <v>2394</v>
+        <v>19</v>
       </c>
       <c r="F1632" s="3"/>
       <c r="G1632" s="3"/>
     </row>
     <row r="1633" spans="1:7">
       <c r="A1633" s="3">
         <v>1631</v>
       </c>
       <c r="B1633" s="3" t="s">
-        <v>2395</v>
+        <v>2386</v>
       </c>
       <c r="C1633" s="3">
-        <v>20516858908</v>
+        <v>20462772441</v>
       </c>
       <c r="D1633" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1633" s="3" t="s">
-        <v>2396</v>
+        <v>2387</v>
       </c>
       <c r="F1633" s="3"/>
       <c r="G1633" s="3"/>
     </row>
     <row r="1634" spans="1:7">
       <c r="A1634" s="3">
         <v>1632</v>
       </c>
       <c r="B1634" s="3" t="s">
-        <v>2397</v>
+        <v>2388</v>
       </c>
       <c r="C1634" s="3">
-        <v>20602263526</v>
+        <v>40776373</v>
       </c>
       <c r="D1634" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1634" s="3" t="s">
-        <v>2398</v>
+        <v>19</v>
       </c>
       <c r="F1634" s="3"/>
       <c r="G1634" s="3"/>
     </row>
     <row r="1635" spans="1:7">
       <c r="A1635" s="3">
         <v>1633</v>
       </c>
       <c r="B1635" s="3" t="s">
-        <v>2399</v>
+        <v>2389</v>
       </c>
       <c r="C1635" s="3">
-        <v>40597910</v>
+        <v>20612260703</v>
       </c>
       <c r="D1635" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1635" s="3" t="s">
-        <v>19</v>
+        <v>2390</v>
       </c>
       <c r="F1635" s="3"/>
       <c r="G1635" s="3"/>
     </row>
     <row r="1636" spans="1:7">
       <c r="A1636" s="3">
         <v>1634</v>
       </c>
       <c r="B1636" s="3" t="s">
-        <v>2400</v>
-[...2 lines deleted...]
-        <v>20120958136</v>
+        <v>2391</v>
+      </c>
+      <c r="C1636" s="3" t="s">
+        <v>2392</v>
       </c>
       <c r="D1636" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1636" s="3" t="s">
-        <v>2401</v>
+        <v>19</v>
       </c>
       <c r="F1636" s="3"/>
       <c r="G1636" s="3"/>
     </row>
     <row r="1637" spans="1:7">
       <c r="A1637" s="3">
         <v>1635</v>
       </c>
       <c r="B1637" s="3" t="s">
-        <v>2402</v>
+        <v>2393</v>
       </c>
       <c r="C1637" s="3">
-        <v>20538617416</v>
+        <v>20519839807</v>
       </c>
       <c r="D1637" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1637" s="3" t="s">
-        <v>2403</v>
+        <v>2394</v>
       </c>
       <c r="F1637" s="3"/>
       <c r="G1637" s="3"/>
     </row>
     <row r="1638" spans="1:7">
       <c r="A1638" s="3">
         <v>1636</v>
       </c>
       <c r="B1638" s="3" t="s">
-        <v>2404</v>
+        <v>2395</v>
       </c>
       <c r="C1638" s="3">
-        <v>20109278034</v>
+        <v>10215551852</v>
       </c>
       <c r="D1638" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1638" s="3" t="s">
-        <v>2405</v>
+        <v>24</v>
       </c>
       <c r="F1638" s="3"/>
       <c r="G1638" s="3"/>
     </row>
     <row r="1639" spans="1:7">
       <c r="A1639" s="3">
         <v>1637</v>
       </c>
       <c r="B1639" s="3" t="s">
-        <v>2406</v>
+        <v>2396</v>
       </c>
       <c r="C1639" s="3">
-        <v>20440157816</v>
+        <v>46788549</v>
       </c>
       <c r="D1639" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1639" s="3" t="s">
-        <v>2407</v>
+        <v>19</v>
       </c>
       <c r="F1639" s="3"/>
       <c r="G1639" s="3"/>
     </row>
     <row r="1640" spans="1:7">
       <c r="A1640" s="3">
         <v>1638</v>
       </c>
       <c r="B1640" s="3" t="s">
-        <v>2408</v>
-[...2 lines deleted...]
-        <v>20329820263</v>
+        <v>2397</v>
+      </c>
+      <c r="C1640" s="3" t="s">
+        <v>2398</v>
       </c>
       <c r="D1640" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1640" s="3" t="s">
-        <v>2409</v>
+        <v>19</v>
       </c>
       <c r="F1640" s="3"/>
       <c r="G1640" s="3"/>
     </row>
     <row r="1641" spans="1:7">
       <c r="A1641" s="3">
         <v>1639</v>
       </c>
       <c r="B1641" s="3" t="s">
-        <v>2410</v>
-[...2 lines deleted...]
-        <v>2411</v>
+        <v>2399</v>
+      </c>
+      <c r="C1641" s="3">
+        <v>22673246</v>
       </c>
       <c r="D1641" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1641" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1641" s="3"/>
       <c r="G1641" s="3"/>
     </row>
     <row r="1642" spans="1:7">
       <c r="A1642" s="3">
         <v>1640</v>
       </c>
       <c r="B1642" s="3" t="s">
-        <v>2412</v>
+        <v>2400</v>
       </c>
       <c r="C1642" s="3">
-        <v>73700599</v>
+        <v>40815989</v>
       </c>
       <c r="D1642" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1642" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1642" s="3"/>
       <c r="G1642" s="3"/>
     </row>
     <row r="1643" spans="1:7">
       <c r="A1643" s="3">
         <v>1641</v>
       </c>
       <c r="B1643" s="3" t="s">
-        <v>2413</v>
+        <v>2401</v>
       </c>
       <c r="C1643" s="3">
-        <v>47417872</v>
+        <v>41343586</v>
       </c>
       <c r="D1643" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1643" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1643" s="3"/>
       <c r="G1643" s="3"/>
     </row>
     <row r="1644" spans="1:7">
       <c r="A1644" s="3">
         <v>1642</v>
       </c>
       <c r="B1644" s="3" t="s">
-        <v>2414</v>
+        <v>2402</v>
       </c>
       <c r="C1644" s="3">
-        <v>20494440441</v>
+        <v>16716109</v>
       </c>
       <c r="D1644" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1644" s="3" t="s">
-        <v>2415</v>
+        <v>19</v>
       </c>
       <c r="F1644" s="3"/>
       <c r="G1644" s="3"/>
     </row>
     <row r="1645" spans="1:7">
       <c r="A1645" s="3">
         <v>1643</v>
       </c>
       <c r="B1645" s="3" t="s">
-        <v>2416</v>
+        <v>2403</v>
       </c>
       <c r="C1645" s="3">
-        <v>20600571592</v>
+        <v>32801504</v>
       </c>
       <c r="D1645" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1645" s="3" t="s">
-        <v>2417</v>
+        <v>19</v>
       </c>
       <c r="F1645" s="3"/>
       <c r="G1645" s="3"/>
     </row>
     <row r="1646" spans="1:7">
       <c r="A1646" s="3">
         <v>1644</v>
       </c>
       <c r="B1646" s="3" t="s">
-        <v>2418</v>
+        <v>2404</v>
       </c>
       <c r="C1646" s="3">
-        <v>20601471222</v>
+        <v>24702893</v>
       </c>
       <c r="D1646" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1646" s="3" t="s">
-        <v>2419</v>
+        <v>19</v>
       </c>
       <c r="F1646" s="3"/>
       <c r="G1646" s="3"/>
     </row>
     <row r="1647" spans="1:7">
       <c r="A1647" s="3">
         <v>1645</v>
       </c>
       <c r="B1647" s="3" t="s">
-        <v>2420</v>
+        <v>2405</v>
       </c>
       <c r="C1647" s="3">
-        <v>20487772799</v>
+        <v>66990302</v>
       </c>
       <c r="D1647" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E1647" s="3"/>
       <c r="F1647" s="3"/>
       <c r="G1647" s="3"/>
     </row>
     <row r="1648" spans="1:7">
       <c r="A1648" s="3">
         <v>1646</v>
       </c>
       <c r="B1648" s="3" t="s">
-        <v>2422</v>
+        <v>2406</v>
       </c>
       <c r="C1648" s="3">
-        <v>20479827070</v>
+        <v>20100043140</v>
       </c>
       <c r="D1648" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1648" s="3" t="s">
-        <v>2423</v>
+        <v>2407</v>
       </c>
       <c r="F1648" s="3"/>
       <c r="G1648" s="3"/>
     </row>
     <row r="1649" spans="1:7">
       <c r="A1649" s="3">
         <v>1647</v>
       </c>
       <c r="B1649" s="3" t="s">
-        <v>2424</v>
-[...2 lines deleted...]
-        <v>2425</v>
+        <v>2408</v>
+      </c>
+      <c r="C1649" s="3">
+        <v>10442813995</v>
       </c>
       <c r="D1649" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1649" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1649" s="3"/>
       <c r="G1649" s="3"/>
     </row>
     <row r="1650" spans="1:7">
       <c r="A1650" s="3">
         <v>1648</v>
       </c>
       <c r="B1650" s="3" t="s">
-        <v>2426</v>
+        <v>2409</v>
       </c>
       <c r="C1650" s="3">
-        <v>20550817943</v>
+        <v>20147965843</v>
       </c>
       <c r="D1650" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1650" s="3" t="s">
-        <v>2427</v>
+        <v>2410</v>
       </c>
       <c r="F1650" s="3"/>
       <c r="G1650" s="3"/>
     </row>
     <row r="1651" spans="1:7">
       <c r="A1651" s="3">
         <v>1649</v>
       </c>
       <c r="B1651" s="3" t="s">
-        <v>2428</v>
+        <v>2411</v>
       </c>
       <c r="C1651" s="3">
-        <v>20606010576</v>
+        <v>20131911310</v>
       </c>
       <c r="D1651" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1651" s="3" t="s">
-        <v>2429</v>
+        <v>2412</v>
       </c>
       <c r="F1651" s="3"/>
       <c r="G1651" s="3"/>
     </row>
     <row r="1652" spans="1:7">
       <c r="A1652" s="3">
         <v>1650</v>
       </c>
       <c r="B1652" s="3" t="s">
-        <v>2430</v>
+        <v>2413</v>
       </c>
       <c r="C1652" s="3">
-        <v>70477115</v>
+        <v>20479677591</v>
       </c>
       <c r="D1652" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1652" s="3" t="s">
-        <v>19</v>
+        <v>2414</v>
       </c>
       <c r="F1652" s="3"/>
       <c r="G1652" s="3"/>
     </row>
     <row r="1653" spans="1:7">
       <c r="A1653" s="3">
         <v>1651</v>
       </c>
       <c r="B1653" s="3" t="s">
-        <v>2431</v>
+        <v>2415</v>
       </c>
       <c r="C1653" s="3">
-        <v>20209868751</v>
+        <v>26733673</v>
       </c>
       <c r="D1653" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1653" s="3" t="s">
-        <v>2432</v>
+        <v>19</v>
       </c>
       <c r="F1653" s="3"/>
       <c r="G1653" s="3"/>
     </row>
     <row r="1654" spans="1:7">
       <c r="A1654" s="3">
         <v>1652</v>
       </c>
       <c r="B1654" s="3" t="s">
-        <v>2433</v>
+        <v>2416</v>
       </c>
       <c r="C1654" s="3">
-        <v>20610105620</v>
+        <v>27247231</v>
       </c>
       <c r="D1654" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1654" s="3" t="s">
-        <v>2434</v>
+        <v>19</v>
       </c>
       <c r="F1654" s="3"/>
       <c r="G1654" s="3"/>
     </row>
     <row r="1655" spans="1:7">
       <c r="A1655" s="3">
         <v>1653</v>
       </c>
       <c r="B1655" s="3" t="s">
-        <v>2435</v>
+        <v>2417</v>
       </c>
       <c r="C1655" s="3">
-        <v>20484174777</v>
+        <v>33407492</v>
       </c>
       <c r="D1655" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1655" s="3" t="s">
-        <v>2436</v>
+        <v>19</v>
       </c>
       <c r="F1655" s="3"/>
       <c r="G1655" s="3"/>
     </row>
     <row r="1656" spans="1:7">
       <c r="A1656" s="3">
         <v>1654</v>
       </c>
       <c r="B1656" s="3" t="s">
-        <v>2437</v>
+        <v>2418</v>
       </c>
       <c r="C1656" s="3">
-        <v>20362635714</v>
+        <v>27434150</v>
       </c>
       <c r="D1656" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1656" s="3" t="s">
-        <v>2438</v>
+        <v>19</v>
       </c>
       <c r="F1656" s="3"/>
       <c r="G1656" s="3"/>
     </row>
     <row r="1657" spans="1:7">
       <c r="A1657" s="3">
         <v>1655</v>
       </c>
       <c r="B1657" s="3" t="s">
-        <v>2439</v>
-[...2 lines deleted...]
-        <v>29246746</v>
+        <v>2419</v>
+      </c>
+      <c r="C1657" s="3" t="s">
+        <v>2420</v>
       </c>
       <c r="D1657" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1657" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1657" s="3"/>
       <c r="G1657" s="3"/>
     </row>
     <row r="1658" spans="1:7">
       <c r="A1658" s="3">
         <v>1656</v>
       </c>
       <c r="B1658" s="3" t="s">
-        <v>2440</v>
+        <v>2421</v>
       </c>
       <c r="C1658" s="3">
-        <v>40905824</v>
+        <v>20131257750</v>
       </c>
       <c r="D1658" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1658" s="3" t="s">
-        <v>19</v>
+        <v>2422</v>
       </c>
       <c r="F1658" s="3"/>
       <c r="G1658" s="3"/>
     </row>
     <row r="1659" spans="1:7">
       <c r="A1659" s="3">
         <v>1657</v>
       </c>
       <c r="B1659" s="3" t="s">
-        <v>2441</v>
+        <v>2423</v>
       </c>
       <c r="C1659" s="3">
-        <v>71041888</v>
+        <v>20451751388</v>
       </c>
       <c r="D1659" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1659" s="3" t="s">
-        <v>19</v>
+        <v>2424</v>
       </c>
       <c r="F1659" s="3"/>
       <c r="G1659" s="3"/>
     </row>
     <row r="1660" spans="1:7">
       <c r="A1660" s="3">
         <v>1658</v>
       </c>
       <c r="B1660" s="3" t="s">
-        <v>2442</v>
+        <v>2425</v>
       </c>
       <c r="C1660" s="3">
-        <v>10718724690</v>
+        <v>70181860</v>
       </c>
       <c r="D1660" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1660" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1660" s="3"/>
       <c r="G1660" s="3"/>
     </row>
     <row r="1661" spans="1:7">
       <c r="A1661" s="3">
         <v>1659</v>
       </c>
       <c r="B1661" s="3" t="s">
-        <v>2443</v>
-[...2 lines deleted...]
-        <v>20600910176</v>
+        <v>2426</v>
+      </c>
+      <c r="C1661" s="3" t="s">
+        <v>2427</v>
       </c>
       <c r="D1661" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1661" s="3" t="s">
-        <v>2444</v>
+        <v>19</v>
       </c>
       <c r="F1661" s="3"/>
       <c r="G1661" s="3"/>
     </row>
     <row r="1662" spans="1:7">
       <c r="A1662" s="3">
         <v>1660</v>
       </c>
       <c r="B1662" s="3" t="s">
-        <v>2445</v>
+        <v>2428</v>
       </c>
       <c r="C1662" s="3">
-        <v>20131312955</v>
+        <v>20498384847</v>
       </c>
       <c r="D1662" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1662" s="3" t="s">
-        <v>2446</v>
+        <v>2429</v>
       </c>
       <c r="F1662" s="3"/>
       <c r="G1662" s="3"/>
     </row>
     <row r="1663" spans="1:7">
       <c r="A1663" s="3">
         <v>1661</v>
       </c>
       <c r="B1663" s="3" t="s">
-        <v>2447</v>
+        <v>2430</v>
       </c>
       <c r="C1663" s="3">
-        <v>20448305075</v>
+        <v>20479801275</v>
       </c>
       <c r="D1663" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1663" s="3" t="s">
-        <v>2448</v>
+        <v>2431</v>
       </c>
       <c r="F1663" s="3"/>
       <c r="G1663" s="3"/>
     </row>
     <row r="1664" spans="1:7">
       <c r="A1664" s="3">
         <v>1662</v>
       </c>
       <c r="B1664" s="3" t="s">
-        <v>2449</v>
+        <v>2432</v>
       </c>
       <c r="C1664" s="3">
-        <v>20610757872</v>
+        <v>20143079075</v>
       </c>
       <c r="D1664" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1664" s="3" t="s">
-        <v>2450</v>
+        <v>2433</v>
       </c>
       <c r="F1664" s="3"/>
       <c r="G1664" s="3"/>
     </row>
     <row r="1665" spans="1:7">
       <c r="A1665" s="3">
         <v>1663</v>
       </c>
       <c r="B1665" s="3" t="s">
-        <v>2451</v>
-[...2 lines deleted...]
-        <v>2452</v>
+        <v>2434</v>
+      </c>
+      <c r="C1665" s="3">
+        <v>20478053178</v>
       </c>
       <c r="D1665" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1665" s="3" t="s">
-        <v>19</v>
+        <v>2435</v>
       </c>
       <c r="F1665" s="3"/>
       <c r="G1665" s="3"/>
     </row>
     <row r="1666" spans="1:7">
       <c r="A1666" s="3">
         <v>1664</v>
       </c>
       <c r="B1666" s="3" t="s">
-        <v>2453</v>
+        <v>2436</v>
       </c>
       <c r="C1666" s="3">
-        <v>44627268</v>
+        <v>20131377810</v>
       </c>
       <c r="D1666" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1666" s="3" t="s">
-        <v>19</v>
+        <v>2437</v>
       </c>
       <c r="F1666" s="3"/>
       <c r="G1666" s="3"/>
     </row>
     <row r="1667" spans="1:7">
       <c r="A1667" s="3">
         <v>1665</v>
       </c>
       <c r="B1667" s="3" t="s">
-        <v>2454</v>
+        <v>2438</v>
       </c>
       <c r="C1667" s="3">
-        <v>71781960</v>
+        <v>20562836927</v>
       </c>
       <c r="D1667" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1667" s="3" t="s">
-        <v>19</v>
+        <v>2439</v>
       </c>
       <c r="F1667" s="3"/>
       <c r="G1667" s="3"/>
     </row>
     <row r="1668" spans="1:7">
       <c r="A1668" s="3">
         <v>1666</v>
       </c>
       <c r="B1668" s="3" t="s">
-        <v>2455</v>
+        <v>2440</v>
       </c>
       <c r="C1668" s="3">
-        <v>44308255</v>
+        <v>20100859778</v>
       </c>
       <c r="D1668" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1668" s="3" t="s">
-        <v>19</v>
+        <v>2441</v>
       </c>
       <c r="F1668" s="3"/>
       <c r="G1668" s="3"/>
     </row>
     <row r="1669" spans="1:7">
       <c r="A1669" s="3">
         <v>1667</v>
       </c>
       <c r="B1669" s="3" t="s">
-        <v>2456</v>
+        <v>2442</v>
       </c>
       <c r="C1669" s="3">
-        <v>29543894</v>
+        <v>20607584801</v>
       </c>
       <c r="D1669" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1669" s="3" t="s">
-        <v>19</v>
+        <v>2443</v>
       </c>
       <c r="F1669" s="3"/>
       <c r="G1669" s="3"/>
     </row>
     <row r="1670" spans="1:7">
       <c r="A1670" s="3">
         <v>1668</v>
       </c>
       <c r="B1670" s="3" t="s">
-        <v>2457</v>
+        <v>2444</v>
       </c>
       <c r="C1670" s="3">
-        <v>15995728</v>
+        <v>20530294260</v>
       </c>
       <c r="D1670" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1670" s="3" t="s">
-        <v>19</v>
+        <v>2445</v>
       </c>
       <c r="F1670" s="3"/>
       <c r="G1670" s="3"/>
     </row>
     <row r="1671" spans="1:7">
       <c r="A1671" s="3">
         <v>1669</v>
       </c>
       <c r="B1671" s="3" t="s">
-        <v>2458</v>
+        <v>2446</v>
       </c>
       <c r="C1671" s="3">
-        <v>19562304</v>
+        <v>20527632588</v>
       </c>
       <c r="D1671" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1671" s="3" t="s">
-        <v>19</v>
+        <v>2447</v>
       </c>
       <c r="F1671" s="3"/>
       <c r="G1671" s="3"/>
     </row>
     <row r="1672" spans="1:7">
       <c r="A1672" s="3">
         <v>1670</v>
       </c>
       <c r="B1672" s="3" t="s">
-        <v>2459</v>
+        <v>2448</v>
       </c>
       <c r="C1672" s="3">
-        <v>16760877</v>
+        <v>20525111513</v>
       </c>
       <c r="D1672" s="3" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E1672" s="3"/>
       <c r="F1672" s="3"/>
       <c r="G1672" s="3"/>
     </row>
     <row r="1673" spans="1:7">
       <c r="A1673" s="3">
         <v>1671</v>
       </c>
       <c r="B1673" s="3" t="s">
-        <v>2460</v>
+        <v>2449</v>
       </c>
       <c r="C1673" s="3">
-        <v>32541139</v>
+        <v>20600646681</v>
       </c>
       <c r="D1673" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1673" s="3" t="s">
-        <v>19</v>
+        <v>2450</v>
       </c>
       <c r="F1673" s="3"/>
       <c r="G1673" s="3"/>
     </row>
     <row r="1674" spans="1:7">
       <c r="A1674" s="3">
         <v>1672</v>
       </c>
       <c r="B1674" s="3" t="s">
-        <v>2461</v>
+        <v>2451</v>
       </c>
       <c r="C1674" s="3">
-        <v>20487913791</v>
+        <v>20613904159</v>
       </c>
       <c r="D1674" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1674" s="3" t="s">
-        <v>2462</v>
+        <v>2452</v>
       </c>
       <c r="F1674" s="3"/>
       <c r="G1674" s="3"/>
     </row>
     <row r="1675" spans="1:7">
       <c r="A1675" s="3">
         <v>1673</v>
       </c>
       <c r="B1675" s="3" t="s">
-        <v>2463</v>
-[...2 lines deleted...]
-        <v>2464</v>
+        <v>2453</v>
+      </c>
+      <c r="C1675" s="3">
+        <v>20477262636</v>
       </c>
       <c r="D1675" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1675" s="3" t="s">
-        <v>19</v>
+        <v>2454</v>
       </c>
       <c r="F1675" s="3"/>
       <c r="G1675" s="3"/>
     </row>
     <row r="1676" spans="1:7">
       <c r="A1676" s="3">
         <v>1674</v>
       </c>
       <c r="B1676" s="3" t="s">
-        <v>2465</v>
+        <v>2455</v>
       </c>
       <c r="C1676" s="3">
-        <v>29599944</v>
+        <v>20481533059</v>
       </c>
       <c r="D1676" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1676" s="3" t="s">
-        <v>19</v>
+        <v>2456</v>
       </c>
       <c r="F1676" s="3"/>
       <c r="G1676" s="3"/>
     </row>
     <row r="1677" spans="1:7">
       <c r="A1677" s="3">
         <v>1675</v>
       </c>
       <c r="B1677" s="3" t="s">
-        <v>2466</v>
-[...2 lines deleted...]
-        <v>2467</v>
+        <v>2457</v>
+      </c>
+      <c r="C1677" s="3">
+        <v>20100003351</v>
       </c>
       <c r="D1677" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1677" s="3" t="s">
-        <v>19</v>
+        <v>2458</v>
       </c>
       <c r="F1677" s="3"/>
       <c r="G1677" s="3"/>
     </row>
     <row r="1678" spans="1:7">
       <c r="A1678" s="3">
         <v>1676</v>
       </c>
       <c r="B1678" s="3" t="s">
-        <v>2468</v>
+        <v>2459</v>
       </c>
       <c r="C1678" s="3">
-        <v>20603473362</v>
+        <v>20610439625</v>
       </c>
       <c r="D1678" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1678" s="3" t="s">
-        <v>2469</v>
+        <v>2460</v>
       </c>
       <c r="F1678" s="3"/>
       <c r="G1678" s="3"/>
     </row>
     <row r="1679" spans="1:7">
       <c r="A1679" s="3">
         <v>1677</v>
       </c>
       <c r="B1679" s="3" t="s">
-        <v>2470</v>
+        <v>2461</v>
       </c>
       <c r="C1679" s="3">
-        <v>23879022</v>
+        <v>41184563</v>
       </c>
       <c r="D1679" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1679" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1679" s="3"/>
       <c r="G1679" s="3"/>
     </row>
     <row r="1680" spans="1:7">
       <c r="A1680" s="3">
         <v>1678</v>
       </c>
       <c r="B1680" s="3" t="s">
-        <v>2471</v>
+        <v>2462</v>
       </c>
       <c r="C1680" s="3">
-        <v>19037131</v>
+        <v>40102089</v>
       </c>
       <c r="D1680" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1680" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1680" s="3"/>
       <c r="G1680" s="3"/>
     </row>
     <row r="1681" spans="1:7">
       <c r="A1681" s="3">
         <v>1679</v>
       </c>
       <c r="B1681" s="3" t="s">
-        <v>2472</v>
+        <v>2463</v>
       </c>
       <c r="C1681" s="3">
-        <v>20527976597</v>
+        <v>17857501</v>
       </c>
       <c r="D1681" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1681" s="3" t="s">
-        <v>2473</v>
+        <v>19</v>
       </c>
       <c r="F1681" s="3"/>
       <c r="G1681" s="3"/>
     </row>
     <row r="1682" spans="1:7">
       <c r="A1682" s="3">
         <v>1680</v>
       </c>
       <c r="B1682" s="3" t="s">
-        <v>2474</v>
+        <v>2464</v>
       </c>
       <c r="C1682" s="3">
-        <v>22085525</v>
+        <v>20052444</v>
       </c>
       <c r="D1682" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1682" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1682" s="3"/>
       <c r="G1682" s="3"/>
     </row>
     <row r="1683" spans="1:7">
       <c r="A1683" s="3">
         <v>1681</v>
       </c>
       <c r="B1683" s="3" t="s">
-        <v>2475</v>
+        <v>2465</v>
       </c>
       <c r="C1683" s="3">
-        <v>20603016794</v>
+        <v>47513134</v>
       </c>
       <c r="D1683" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1683" s="3" t="s">
-        <v>2476</v>
+        <v>19</v>
       </c>
       <c r="F1683" s="3"/>
       <c r="G1683" s="3"/>
     </row>
     <row r="1684" spans="1:7">
       <c r="A1684" s="3">
         <v>1682</v>
       </c>
       <c r="B1684" s="3" t="s">
-        <v>2477</v>
+        <v>2466</v>
       </c>
       <c r="C1684" s="3">
-        <v>10427000945</v>
+        <v>46018441</v>
       </c>
       <c r="D1684" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1684" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1684" s="3"/>
       <c r="G1684" s="3"/>
     </row>
     <row r="1685" spans="1:7">
       <c r="A1685" s="3">
         <v>1683</v>
       </c>
       <c r="B1685" s="3" t="s">
-        <v>2478</v>
+        <v>2467</v>
       </c>
       <c r="C1685" s="3">
-        <v>10797821</v>
+        <v>20547780</v>
       </c>
       <c r="D1685" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1685" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1685" s="3"/>
       <c r="F1685" s="3"/>
       <c r="G1685" s="3"/>
     </row>
     <row r="1686" spans="1:7">
       <c r="A1686" s="3">
         <v>1684</v>
       </c>
       <c r="B1686" s="3" t="s">
-        <v>2479</v>
+        <v>2468</v>
       </c>
       <c r="C1686" s="3">
-        <v>45662116</v>
+        <v>20600162412</v>
       </c>
       <c r="D1686" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1686" s="3" t="s">
-        <v>19</v>
+        <v>2469</v>
       </c>
       <c r="F1686" s="3"/>
       <c r="G1686" s="3"/>
     </row>
     <row r="1687" spans="1:7">
       <c r="A1687" s="3">
         <v>1685</v>
       </c>
       <c r="B1687" s="3" t="s">
-        <v>2480</v>
+        <v>2470</v>
       </c>
       <c r="C1687" s="3">
-        <v>20608863819</v>
+        <v>20603574291</v>
       </c>
       <c r="D1687" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1687" s="3" t="s">
-        <v>2481</v>
+        <v>2471</v>
       </c>
       <c r="F1687" s="3"/>
       <c r="G1687" s="3"/>
     </row>
     <row r="1688" spans="1:7">
       <c r="A1688" s="3">
         <v>1686</v>
       </c>
       <c r="B1688" s="3" t="s">
-        <v>2482</v>
+        <v>2472</v>
       </c>
       <c r="C1688" s="3">
-        <v>46397892</v>
+        <v>20602476261</v>
       </c>
       <c r="D1688" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1688" s="3" t="s">
-        <v>19</v>
+        <v>2473</v>
       </c>
       <c r="F1688" s="3"/>
       <c r="G1688" s="3"/>
     </row>
     <row r="1689" spans="1:7">
       <c r="A1689" s="3">
         <v>1687</v>
       </c>
       <c r="B1689" s="3" t="s">
-        <v>2483</v>
+        <v>2474</v>
       </c>
       <c r="C1689" s="3">
-        <v>20326783197</v>
+        <v>20218139583</v>
       </c>
       <c r="D1689" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1689" s="3" t="s">
-        <v>2484</v>
+        <v>2475</v>
       </c>
       <c r="F1689" s="3"/>
       <c r="G1689" s="3"/>
     </row>
     <row r="1690" spans="1:7">
       <c r="A1690" s="3">
         <v>1688</v>
       </c>
       <c r="B1690" s="3" t="s">
-        <v>2485</v>
+        <v>2476</v>
       </c>
       <c r="C1690" s="3">
-        <v>20525770631</v>
+        <v>20393354764</v>
       </c>
       <c r="D1690" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1690" s="3" t="s">
-        <v>2486</v>
+        <v>2477</v>
       </c>
       <c r="F1690" s="3"/>
       <c r="G1690" s="3"/>
     </row>
     <row r="1691" spans="1:7">
       <c r="A1691" s="3">
         <v>1689</v>
       </c>
       <c r="B1691" s="3" t="s">
-        <v>2487</v>
+        <v>2478</v>
       </c>
       <c r="C1691" s="3">
-        <v>20605399470</v>
+        <v>20514667561</v>
       </c>
       <c r="D1691" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1691" s="3" t="s">
-        <v>2488</v>
+        <v>2479</v>
       </c>
       <c r="F1691" s="3"/>
       <c r="G1691" s="3"/>
     </row>
     <row r="1692" spans="1:7">
       <c r="A1692" s="3">
         <v>1690</v>
       </c>
       <c r="B1692" s="3" t="s">
-        <v>2489</v>
+        <v>2480</v>
       </c>
       <c r="C1692" s="3">
-        <v>20603553099</v>
+        <v>20275092151</v>
       </c>
       <c r="D1692" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1692" s="3" t="s">
-        <v>2490</v>
+        <v>2481</v>
       </c>
       <c r="F1692" s="3"/>
       <c r="G1692" s="3"/>
     </row>
     <row r="1693" spans="1:7">
       <c r="A1693" s="3">
         <v>1691</v>
       </c>
       <c r="B1693" s="3" t="s">
-        <v>2491</v>
+        <v>2482</v>
       </c>
       <c r="C1693" s="3">
-        <v>20438637380</v>
+        <v>20393660610</v>
       </c>
       <c r="D1693" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1693" s="3" t="s">
-        <v>2492</v>
+        <v>2483</v>
       </c>
       <c r="F1693" s="3"/>
       <c r="G1693" s="3"/>
     </row>
     <row r="1694" spans="1:7">
       <c r="A1694" s="3">
         <v>1692</v>
       </c>
       <c r="B1694" s="3" t="s">
-        <v>2493</v>
+        <v>2484</v>
       </c>
       <c r="C1694" s="3">
-        <v>29302889</v>
+        <v>20516858908</v>
       </c>
       <c r="D1694" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1694" s="3" t="s">
-        <v>19</v>
+        <v>2485</v>
       </c>
       <c r="F1694" s="3"/>
       <c r="G1694" s="3"/>
     </row>
     <row r="1695" spans="1:7">
       <c r="A1695" s="3">
         <v>1693</v>
       </c>
       <c r="B1695" s="3" t="s">
-        <v>2494</v>
+        <v>2486</v>
       </c>
       <c r="C1695" s="3">
-        <v>20601769655</v>
+        <v>20602263526</v>
       </c>
       <c r="D1695" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1695" s="3" t="s">
-        <v>2495</v>
+        <v>2487</v>
       </c>
       <c r="F1695" s="3"/>
       <c r="G1695" s="3"/>
     </row>
     <row r="1696" spans="1:7">
       <c r="A1696" s="3">
         <v>1694</v>
       </c>
       <c r="B1696" s="3" t="s">
-        <v>2496</v>
+        <v>2488</v>
       </c>
       <c r="C1696" s="3">
-        <v>20479954691</v>
+        <v>20602979173</v>
       </c>
       <c r="D1696" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1696" s="3" t="s">
-        <v>2497</v>
+        <v>2489</v>
       </c>
       <c r="F1696" s="3"/>
       <c r="G1696" s="3"/>
     </row>
     <row r="1697" spans="1:7">
       <c r="A1697" s="3">
         <v>1695</v>
       </c>
       <c r="B1697" s="3" t="s">
-        <v>2498</v>
+        <v>2490</v>
       </c>
       <c r="C1697" s="3">
-        <v>20360536239</v>
+        <v>40597910</v>
       </c>
       <c r="D1697" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1697" s="3" t="s">
-        <v>2499</v>
+        <v>19</v>
       </c>
       <c r="F1697" s="3"/>
       <c r="G1697" s="3"/>
     </row>
     <row r="1698" spans="1:7">
       <c r="A1698" s="3">
         <v>1696</v>
       </c>
       <c r="B1698" s="3" t="s">
-        <v>2500</v>
+        <v>2491</v>
       </c>
       <c r="C1698" s="3">
-        <v>19571066</v>
+        <v>20120958136</v>
       </c>
       <c r="D1698" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E1698" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E1698" s="3" t="s">
+        <v>2492</v>
+      </c>
       <c r="F1698" s="3"/>
       <c r="G1698" s="3"/>
     </row>
     <row r="1699" spans="1:7">
       <c r="A1699" s="3">
         <v>1697</v>
       </c>
       <c r="B1699" s="3" t="s">
-        <v>2501</v>
+        <v>2493</v>
       </c>
       <c r="C1699" s="3">
-        <v>20481909792</v>
+        <v>20538617416</v>
       </c>
       <c r="D1699" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1699" s="3" t="s">
-        <v>2502</v>
+        <v>2494</v>
       </c>
       <c r="F1699" s="3"/>
       <c r="G1699" s="3"/>
     </row>
     <row r="1700" spans="1:7">
       <c r="A1700" s="3">
         <v>1698</v>
       </c>
       <c r="B1700" s="3" t="s">
-        <v>2503</v>
+        <v>2495</v>
       </c>
       <c r="C1700" s="3">
-        <v>20187348341</v>
+        <v>20109278034</v>
       </c>
       <c r="D1700" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1700" s="3" t="s">
-        <v>2504</v>
+        <v>2496</v>
       </c>
       <c r="F1700" s="3"/>
       <c r="G1700" s="3"/>
     </row>
     <row r="1701" spans="1:7">
       <c r="A1701" s="3">
         <v>1699</v>
       </c>
       <c r="B1701" s="3" t="s">
-        <v>2505</v>
+        <v>2497</v>
       </c>
       <c r="C1701" s="3">
-        <v>20408727449</v>
+        <v>20440157816</v>
       </c>
       <c r="D1701" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1701" s="3" t="s">
-        <v>2506</v>
+        <v>2498</v>
       </c>
       <c r="F1701" s="3"/>
       <c r="G1701" s="3"/>
     </row>
     <row r="1702" spans="1:7">
       <c r="A1702" s="3">
         <v>1700</v>
       </c>
       <c r="B1702" s="3" t="s">
-        <v>2507</v>
+        <v>2499</v>
       </c>
       <c r="C1702" s="3">
-        <v>20316055631</v>
+        <v>20329820263</v>
       </c>
       <c r="D1702" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1702" s="3" t="s">
-        <v>2508</v>
+        <v>2500</v>
       </c>
       <c r="F1702" s="3"/>
       <c r="G1702" s="3"/>
     </row>
     <row r="1703" spans="1:7">
       <c r="A1703" s="3">
         <v>1701</v>
       </c>
       <c r="B1703" s="3" t="s">
-        <v>2507</v>
-[...2 lines deleted...]
-        <v>20530064779</v>
+        <v>2501</v>
+      </c>
+      <c r="C1703" s="3" t="s">
+        <v>2502</v>
       </c>
       <c r="D1703" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1703" s="3" t="s">
-        <v>2509</v>
+        <v>19</v>
       </c>
       <c r="F1703" s="3"/>
       <c r="G1703" s="3"/>
     </row>
     <row r="1704" spans="1:7">
       <c r="A1704" s="3">
         <v>1702</v>
       </c>
       <c r="B1704" s="3" t="s">
-        <v>2507</v>
+        <v>2503</v>
       </c>
       <c r="C1704" s="3">
-        <v>20406266380</v>
+        <v>73700599</v>
       </c>
       <c r="D1704" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1704" s="3" t="s">
-        <v>2510</v>
+        <v>19</v>
       </c>
       <c r="F1704" s="3"/>
       <c r="G1704" s="3"/>
     </row>
     <row r="1705" spans="1:7">
       <c r="A1705" s="3">
         <v>1703</v>
       </c>
       <c r="B1705" s="3" t="s">
-        <v>2511</v>
+        <v>2504</v>
       </c>
       <c r="C1705" s="3">
-        <v>20601768276</v>
+        <v>47417872</v>
       </c>
       <c r="D1705" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1705" s="3" t="s">
-        <v>2512</v>
+        <v>19</v>
       </c>
       <c r="F1705" s="3"/>
       <c r="G1705" s="3"/>
     </row>
     <row r="1706" spans="1:7">
       <c r="A1706" s="3">
         <v>1704</v>
       </c>
       <c r="B1706" s="3" t="s">
-        <v>2513</v>
+        <v>2505</v>
       </c>
       <c r="C1706" s="3">
-        <v>20397492037</v>
+        <v>20494440441</v>
       </c>
       <c r="D1706" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1706" s="3" t="s">
-        <v>2514</v>
+        <v>2506</v>
       </c>
       <c r="F1706" s="3"/>
       <c r="G1706" s="3"/>
     </row>
     <row r="1707" spans="1:7">
       <c r="A1707" s="3">
         <v>1705</v>
       </c>
       <c r="B1707" s="3" t="s">
-        <v>2515</v>
+        <v>2507</v>
       </c>
       <c r="C1707" s="3">
-        <v>20571443784</v>
+        <v>20600571592</v>
       </c>
       <c r="D1707" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1707" s="3" t="s">
-        <v>2516</v>
+        <v>2508</v>
       </c>
       <c r="F1707" s="3"/>
       <c r="G1707" s="3"/>
     </row>
     <row r="1708" spans="1:7">
       <c r="A1708" s="3">
         <v>1706</v>
       </c>
       <c r="B1708" s="3" t="s">
-        <v>2517</v>
+        <v>2509</v>
       </c>
       <c r="C1708" s="3">
-        <v>20484014907</v>
+        <v>20601471222</v>
       </c>
       <c r="D1708" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1708" s="3" t="s">
-        <v>2518</v>
+        <v>2510</v>
       </c>
       <c r="F1708" s="3"/>
       <c r="G1708" s="3"/>
     </row>
     <row r="1709" spans="1:7">
       <c r="A1709" s="3">
         <v>1707</v>
       </c>
       <c r="B1709" s="3" t="s">
-        <v>2519</v>
+        <v>2511</v>
       </c>
       <c r="C1709" s="3">
-        <v>20448697054</v>
+        <v>20487772799</v>
       </c>
       <c r="D1709" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1709" s="3" t="s">
-        <v>2520</v>
+        <v>2512</v>
       </c>
       <c r="F1709" s="3"/>
       <c r="G1709" s="3"/>
     </row>
     <row r="1710" spans="1:7">
       <c r="A1710" s="3">
         <v>1708</v>
       </c>
       <c r="B1710" s="3" t="s">
-        <v>2521</v>
+        <v>2513</v>
       </c>
       <c r="C1710" s="3">
-        <v>20491573636</v>
+        <v>20479827070</v>
       </c>
       <c r="D1710" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1710" s="3" t="s">
-        <v>2522</v>
+        <v>2514</v>
       </c>
       <c r="F1710" s="3"/>
       <c r="G1710" s="3"/>
     </row>
     <row r="1711" spans="1:7">
       <c r="A1711" s="3">
         <v>1709</v>
       </c>
       <c r="B1711" s="3" t="s">
-        <v>2523</v>
-[...2 lines deleted...]
-        <v>20529449705</v>
+        <v>2515</v>
+      </c>
+      <c r="C1711" s="3" t="s">
+        <v>2516</v>
       </c>
       <c r="D1711" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1711" s="3" t="s">
-        <v>2524</v>
+        <v>19</v>
       </c>
       <c r="F1711" s="3"/>
       <c r="G1711" s="3"/>
     </row>
     <row r="1712" spans="1:7">
       <c r="A1712" s="3">
         <v>1710</v>
       </c>
       <c r="B1712" s="3" t="s">
-        <v>2525</v>
+        <v>2517</v>
       </c>
       <c r="C1712" s="3">
-        <v>20526414978</v>
+        <v>20550817943</v>
       </c>
       <c r="D1712" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1712" s="3" t="s">
-        <v>2526</v>
+        <v>2518</v>
       </c>
       <c r="F1712" s="3"/>
       <c r="G1712" s="3"/>
     </row>
     <row r="1713" spans="1:7">
       <c r="A1713" s="3">
         <v>1711</v>
       </c>
       <c r="B1713" s="3" t="s">
-        <v>2527</v>
+        <v>2519</v>
       </c>
       <c r="C1713" s="3">
-        <v>20393567750</v>
+        <v>20606010576</v>
       </c>
       <c r="D1713" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1713" s="3" t="s">
-        <v>2528</v>
+        <v>2520</v>
       </c>
       <c r="F1713" s="3"/>
       <c r="G1713" s="3"/>
     </row>
     <row r="1714" spans="1:7">
       <c r="A1714" s="3">
         <v>1712</v>
       </c>
       <c r="B1714" s="3" t="s">
-        <v>2529</v>
+        <v>2521</v>
       </c>
       <c r="C1714" s="3">
-        <v>20533025057</v>
+        <v>70477115</v>
       </c>
       <c r="D1714" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1714" s="3" t="s">
-        <v>2530</v>
+        <v>19</v>
       </c>
       <c r="F1714" s="3"/>
       <c r="G1714" s="3"/>
     </row>
     <row r="1715" spans="1:7">
       <c r="A1715" s="3">
         <v>1713</v>
       </c>
       <c r="B1715" s="3" t="s">
-        <v>2531</v>
+        <v>2522</v>
       </c>
       <c r="C1715" s="3">
-        <v>20484249882</v>
+        <v>20209868751</v>
       </c>
       <c r="D1715" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1715" s="3" t="s">
-        <v>2532</v>
+        <v>2523</v>
       </c>
       <c r="F1715" s="3"/>
       <c r="G1715" s="3"/>
     </row>
     <row r="1716" spans="1:7">
       <c r="A1716" s="3">
         <v>1714</v>
       </c>
       <c r="B1716" s="3" t="s">
-        <v>2533</v>
+        <v>2524</v>
       </c>
       <c r="C1716" s="3">
-        <v>20601249741</v>
+        <v>20610105620</v>
       </c>
       <c r="D1716" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1716" s="3" t="s">
-        <v>2534</v>
+        <v>2525</v>
       </c>
       <c r="F1716" s="3"/>
       <c r="G1716" s="3"/>
     </row>
     <row r="1717" spans="1:7">
       <c r="A1717" s="3">
         <v>1715</v>
       </c>
       <c r="B1717" s="3" t="s">
-        <v>2535</v>
+        <v>2526</v>
       </c>
       <c r="C1717" s="3">
-        <v>20198130967</v>
+        <v>20484174777</v>
       </c>
       <c r="D1717" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1717" s="3" t="s">
-        <v>2536</v>
+        <v>2527</v>
       </c>
       <c r="F1717" s="3"/>
       <c r="G1717" s="3"/>
     </row>
     <row r="1718" spans="1:7">
       <c r="A1718" s="3">
         <v>1716</v>
       </c>
       <c r="B1718" s="3" t="s">
-        <v>2537</v>
+        <v>2528</v>
       </c>
       <c r="C1718" s="3">
-        <v>20542311305</v>
+        <v>20362635714</v>
       </c>
       <c r="D1718" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1718" s="3" t="s">
-        <v>2538</v>
+        <v>2529</v>
       </c>
       <c r="F1718" s="3"/>
       <c r="G1718" s="3"/>
     </row>
     <row r="1719" spans="1:7">
       <c r="A1719" s="3">
         <v>1717</v>
       </c>
       <c r="B1719" s="3" t="s">
-        <v>2539</v>
+        <v>2530</v>
       </c>
       <c r="C1719" s="3">
-        <v>20519922453</v>
+        <v>29246746</v>
       </c>
       <c r="D1719" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1719" s="3" t="s">
-        <v>2540</v>
+        <v>19</v>
       </c>
       <c r="F1719" s="3"/>
       <c r="G1719" s="3"/>
     </row>
     <row r="1720" spans="1:7">
       <c r="A1720" s="3">
         <v>1718</v>
       </c>
       <c r="B1720" s="3" t="s">
-        <v>2541</v>
+        <v>2531</v>
       </c>
       <c r="C1720" s="3">
-        <v>20171814759</v>
+        <v>40905824</v>
       </c>
       <c r="D1720" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1720" s="3" t="s">
-        <v>2542</v>
+        <v>19</v>
       </c>
       <c r="F1720" s="3"/>
       <c r="G1720" s="3"/>
     </row>
     <row r="1721" spans="1:7">
       <c r="A1721" s="3">
         <v>1719</v>
       </c>
       <c r="B1721" s="3" t="s">
-        <v>2543</v>
+        <v>2532</v>
       </c>
       <c r="C1721" s="3">
-        <v>20438607553</v>
+        <v>71041888</v>
       </c>
       <c r="D1721" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1721" s="3" t="s">
-        <v>2544</v>
+        <v>19</v>
       </c>
       <c r="F1721" s="3"/>
       <c r="G1721" s="3"/>
     </row>
     <row r="1722" spans="1:7">
       <c r="A1722" s="3">
         <v>1720</v>
       </c>
       <c r="B1722" s="3" t="s">
-        <v>2545</v>
+        <v>2533</v>
       </c>
       <c r="C1722" s="3">
-        <v>20529672871</v>
+        <v>10718724690</v>
       </c>
       <c r="D1722" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1722" s="3" t="s">
-        <v>2546</v>
+        <v>24</v>
       </c>
       <c r="F1722" s="3"/>
       <c r="G1722" s="3"/>
     </row>
     <row r="1723" spans="1:7">
       <c r="A1723" s="3">
         <v>1721</v>
       </c>
       <c r="B1723" s="3" t="s">
-        <v>2547</v>
+        <v>2534</v>
       </c>
       <c r="C1723" s="3">
-        <v>20226018060</v>
+        <v>20600910176</v>
       </c>
       <c r="D1723" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1723" s="3" t="s">
-        <v>2548</v>
+        <v>2535</v>
       </c>
       <c r="F1723" s="3"/>
       <c r="G1723" s="3"/>
     </row>
     <row r="1724" spans="1:7">
       <c r="A1724" s="3">
         <v>1722</v>
       </c>
       <c r="B1724" s="3" t="s">
-        <v>2549</v>
+        <v>2536</v>
       </c>
       <c r="C1724" s="3">
-        <v>20603348541</v>
+        <v>20131312955</v>
       </c>
       <c r="D1724" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1724" s="3" t="s">
-        <v>2550</v>
+        <v>2537</v>
       </c>
       <c r="F1724" s="3"/>
       <c r="G1724" s="3"/>
     </row>
     <row r="1725" spans="1:7">
       <c r="A1725" s="3">
         <v>1723</v>
       </c>
       <c r="B1725" s="3" t="s">
-        <v>2551</v>
+        <v>2538</v>
       </c>
       <c r="C1725" s="3">
-        <v>20603799373</v>
+        <v>20448305075</v>
       </c>
       <c r="D1725" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1725" s="3" t="s">
-        <v>2552</v>
+        <v>2539</v>
       </c>
       <c r="F1725" s="3"/>
       <c r="G1725" s="3"/>
     </row>
     <row r="1726" spans="1:7">
       <c r="A1726" s="3">
         <v>1724</v>
       </c>
       <c r="B1726" s="3" t="s">
-        <v>2553</v>
+        <v>2540</v>
       </c>
       <c r="C1726" s="3">
-        <v>20509139700</v>
+        <v>20610757872</v>
       </c>
       <c r="D1726" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1726" s="3" t="s">
-        <v>2554</v>
+        <v>2541</v>
       </c>
       <c r="F1726" s="3"/>
       <c r="G1726" s="3"/>
     </row>
     <row r="1727" spans="1:7">
       <c r="A1727" s="3">
         <v>1725</v>
       </c>
       <c r="B1727" s="3" t="s">
-        <v>2555</v>
-[...2 lines deleted...]
-        <v>20147106981</v>
+        <v>2542</v>
+      </c>
+      <c r="C1727" s="3" t="s">
+        <v>2543</v>
       </c>
       <c r="D1727" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1727" s="3" t="s">
-        <v>2556</v>
+        <v>19</v>
       </c>
       <c r="F1727" s="3"/>
       <c r="G1727" s="3"/>
     </row>
     <row r="1728" spans="1:7">
       <c r="A1728" s="3">
         <v>1726</v>
       </c>
       <c r="B1728" s="3" t="s">
-        <v>2557</v>
+        <v>2544</v>
       </c>
       <c r="C1728" s="3">
-        <v>20410275849</v>
+        <v>44627268</v>
       </c>
       <c r="D1728" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1728" s="3" t="s">
-        <v>2558</v>
+        <v>19</v>
       </c>
       <c r="F1728" s="3"/>
       <c r="G1728" s="3"/>
     </row>
     <row r="1729" spans="1:7">
       <c r="A1729" s="3">
         <v>1727</v>
       </c>
       <c r="B1729" s="3" t="s">
-        <v>2559</v>
+        <v>2545</v>
       </c>
       <c r="C1729" s="3">
-        <v>20489252784</v>
+        <v>71781960</v>
       </c>
       <c r="D1729" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1729" s="3" t="s">
-        <v>2560</v>
+        <v>19</v>
       </c>
       <c r="F1729" s="3"/>
       <c r="G1729" s="3"/>
     </row>
     <row r="1730" spans="1:7">
       <c r="A1730" s="3">
         <v>1728</v>
       </c>
       <c r="B1730" s="3" t="s">
-        <v>2561</v>
+        <v>2546</v>
       </c>
       <c r="C1730" s="3">
-        <v>20534465662</v>
+        <v>44308255</v>
       </c>
       <c r="D1730" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1730" s="3" t="s">
-        <v>2562</v>
+        <v>19</v>
       </c>
       <c r="F1730" s="3"/>
       <c r="G1730" s="3"/>
     </row>
     <row r="1731" spans="1:7">
       <c r="A1731" s="3">
         <v>1729</v>
       </c>
       <c r="B1731" s="3" t="s">
-        <v>2563</v>
+        <v>2547</v>
       </c>
       <c r="C1731" s="3">
-        <v>20542421585</v>
+        <v>29543894</v>
       </c>
       <c r="D1731" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1731" s="3" t="s">
-        <v>2564</v>
+        <v>19</v>
       </c>
       <c r="F1731" s="3"/>
       <c r="G1731" s="3"/>
     </row>
     <row r="1732" spans="1:7">
       <c r="A1732" s="3">
         <v>1730</v>
       </c>
       <c r="B1732" s="3" t="s">
-        <v>2565</v>
+        <v>2548</v>
       </c>
       <c r="C1732" s="3">
-        <v>20542420261</v>
+        <v>15995728</v>
       </c>
       <c r="D1732" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1732" s="3" t="s">
-        <v>2566</v>
+        <v>19</v>
       </c>
       <c r="F1732" s="3"/>
       <c r="G1732" s="3"/>
     </row>
     <row r="1733" spans="1:7">
       <c r="A1733" s="3">
         <v>1731</v>
       </c>
       <c r="B1733" s="3" t="s">
-        <v>2567</v>
+        <v>2549</v>
       </c>
       <c r="C1733" s="3">
-        <v>20573205759</v>
+        <v>19562304</v>
       </c>
       <c r="D1733" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1733" s="3" t="s">
-        <v>2568</v>
+        <v>19</v>
       </c>
       <c r="F1733" s="3"/>
       <c r="G1733" s="3"/>
     </row>
     <row r="1734" spans="1:7">
       <c r="A1734" s="3">
         <v>1732</v>
       </c>
       <c r="B1734" s="3" t="s">
-        <v>2569</v>
+        <v>2550</v>
       </c>
       <c r="C1734" s="3">
-        <v>20573200366</v>
+        <v>16760877</v>
       </c>
       <c r="D1734" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1734" s="3" t="s">
-        <v>2570</v>
+        <v>19</v>
       </c>
       <c r="F1734" s="3"/>
       <c r="G1734" s="3"/>
     </row>
     <row r="1735" spans="1:7">
       <c r="A1735" s="3">
         <v>1733</v>
       </c>
       <c r="B1735" s="3" t="s">
-        <v>2571</v>
+        <v>2551</v>
       </c>
       <c r="C1735" s="3">
-        <v>20483721553</v>
+        <v>32541139</v>
       </c>
       <c r="D1735" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1735" s="3" t="s">
-        <v>2572</v>
+        <v>19</v>
       </c>
       <c r="F1735" s="3"/>
       <c r="G1735" s="3"/>
     </row>
     <row r="1736" spans="1:7">
       <c r="A1736" s="3">
         <v>1734</v>
       </c>
       <c r="B1736" s="3" t="s">
-        <v>2573</v>
+        <v>2552</v>
       </c>
       <c r="C1736" s="3">
-        <v>20494935504</v>
+        <v>20487913791</v>
       </c>
       <c r="D1736" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1736" s="3" t="s">
-        <v>2574</v>
+        <v>2553</v>
       </c>
       <c r="F1736" s="3"/>
       <c r="G1736" s="3"/>
     </row>
     <row r="1737" spans="1:7">
       <c r="A1737" s="3">
         <v>1735</v>
       </c>
       <c r="B1737" s="3" t="s">
-        <v>2575</v>
-[...2 lines deleted...]
-        <v>20614761459</v>
+        <v>2554</v>
+      </c>
+      <c r="C1737" s="3" t="s">
+        <v>2555</v>
       </c>
       <c r="D1737" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1737" s="3" t="s">
-        <v>2576</v>
+        <v>19</v>
       </c>
       <c r="F1737" s="3"/>
       <c r="G1737" s="3"/>
     </row>
     <row r="1738" spans="1:7">
       <c r="A1738" s="3">
         <v>1736</v>
       </c>
       <c r="B1738" s="3" t="s">
-        <v>2577</v>
+        <v>2556</v>
       </c>
       <c r="C1738" s="3">
-        <v>20491240742</v>
+        <v>29599944</v>
       </c>
       <c r="D1738" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1738" s="3" t="s">
-        <v>2578</v>
+        <v>19</v>
       </c>
       <c r="F1738" s="3"/>
       <c r="G1738" s="3"/>
     </row>
     <row r="1739" spans="1:7">
       <c r="A1739" s="3">
         <v>1737</v>
       </c>
       <c r="B1739" s="3" t="s">
-        <v>2579</v>
-[...2 lines deleted...]
-        <v>20491240319</v>
+        <v>2557</v>
+      </c>
+      <c r="C1739" s="3" t="s">
+        <v>2558</v>
       </c>
       <c r="D1739" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1739" s="3" t="s">
-        <v>2580</v>
+        <v>19</v>
       </c>
       <c r="F1739" s="3"/>
       <c r="G1739" s="3"/>
     </row>
     <row r="1740" spans="1:7">
       <c r="A1740" s="3">
         <v>1738</v>
       </c>
       <c r="B1740" s="3" t="s">
-        <v>2581</v>
+        <v>2559</v>
       </c>
       <c r="C1740" s="3">
-        <v>20532480397</v>
+        <v>20603473362</v>
       </c>
       <c r="D1740" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1740" s="3" t="s">
-        <v>2582</v>
+        <v>2560</v>
       </c>
       <c r="F1740" s="3"/>
       <c r="G1740" s="3"/>
     </row>
     <row r="1741" spans="1:7">
       <c r="A1741" s="3">
         <v>1739</v>
       </c>
       <c r="B1741" s="3" t="s">
-        <v>2583</v>
+        <v>2561</v>
       </c>
       <c r="C1741" s="3">
-        <v>20222308080</v>
+        <v>23879022</v>
       </c>
       <c r="D1741" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1741" s="3" t="s">
-        <v>2584</v>
+        <v>19</v>
       </c>
       <c r="F1741" s="3"/>
       <c r="G1741" s="3"/>
     </row>
     <row r="1742" spans="1:7">
       <c r="A1742" s="3">
         <v>1740</v>
       </c>
       <c r="B1742" s="3" t="s">
-        <v>2585</v>
+        <v>2562</v>
       </c>
       <c r="C1742" s="3">
-        <v>20527147965</v>
+        <v>19037131</v>
       </c>
       <c r="D1742" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1742" s="3" t="s">
-        <v>2586</v>
+        <v>19</v>
       </c>
       <c r="F1742" s="3"/>
       <c r="G1742" s="3"/>
     </row>
     <row r="1743" spans="1:7">
       <c r="A1743" s="3">
         <v>1741</v>
       </c>
       <c r="B1743" s="3" t="s">
-        <v>2587</v>
+        <v>2563</v>
       </c>
       <c r="C1743" s="3">
-        <v>20610271546</v>
+        <v>20527976597</v>
       </c>
       <c r="D1743" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1743" s="3" t="s">
-        <v>2588</v>
+        <v>2564</v>
       </c>
       <c r="F1743" s="3"/>
       <c r="G1743" s="3"/>
     </row>
     <row r="1744" spans="1:7">
       <c r="A1744" s="3">
         <v>1742</v>
       </c>
       <c r="B1744" s="3" t="s">
-        <v>2589</v>
+        <v>2565</v>
       </c>
       <c r="C1744" s="3">
-        <v>20172383531</v>
+        <v>22085525</v>
       </c>
       <c r="D1744" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1744" s="3" t="s">
-        <v>2590</v>
+        <v>19</v>
       </c>
       <c r="F1744" s="3"/>
       <c r="G1744" s="3"/>
     </row>
     <row r="1745" spans="1:7">
       <c r="A1745" s="3">
         <v>1743</v>
       </c>
       <c r="B1745" s="3" t="s">
-        <v>2591</v>
+        <v>2566</v>
       </c>
       <c r="C1745" s="3">
-        <v>20185851975</v>
+        <v>20603016794</v>
       </c>
       <c r="D1745" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1745" s="3" t="s">
-        <v>2592</v>
+        <v>2567</v>
       </c>
       <c r="F1745" s="3"/>
       <c r="G1745" s="3"/>
     </row>
     <row r="1746" spans="1:7">
       <c r="A1746" s="3">
         <v>1744</v>
       </c>
       <c r="B1746" s="3" t="s">
-        <v>2593</v>
+        <v>2568</v>
       </c>
       <c r="C1746" s="3">
-        <v>20164113532</v>
+        <v>10427000945</v>
       </c>
       <c r="D1746" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1746" s="3" t="s">
-        <v>2594</v>
+        <v>24</v>
       </c>
       <c r="F1746" s="3"/>
       <c r="G1746" s="3"/>
     </row>
     <row r="1747" spans="1:7">
       <c r="A1747" s="3">
         <v>1745</v>
       </c>
       <c r="B1747" s="3" t="s">
-        <v>2595</v>
+        <v>2569</v>
       </c>
       <c r="C1747" s="3">
-        <v>20319363221</v>
+        <v>10797821</v>
       </c>
       <c r="D1747" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1747" s="3" t="s">
-        <v>2596</v>
+        <v>19</v>
       </c>
       <c r="F1747" s="3"/>
       <c r="G1747" s="3"/>
     </row>
     <row r="1748" spans="1:7">
       <c r="A1748" s="3">
         <v>1746</v>
       </c>
       <c r="B1748" s="3" t="s">
-        <v>2597</v>
+        <v>2570</v>
       </c>
       <c r="C1748" s="3">
-        <v>20120710436</v>
+        <v>45662116</v>
       </c>
       <c r="D1748" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1748" s="3" t="s">
-        <v>2598</v>
+        <v>19</v>
       </c>
       <c r="F1748" s="3"/>
       <c r="G1748" s="3"/>
     </row>
     <row r="1749" spans="1:7">
       <c r="A1749" s="3">
         <v>1747</v>
       </c>
       <c r="B1749" s="3" t="s">
-        <v>2599</v>
+        <v>2571</v>
       </c>
       <c r="C1749" s="3">
-        <v>20172356720</v>
+        <v>20608863819</v>
       </c>
       <c r="D1749" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1749" s="3" t="s">
-        <v>2600</v>
+        <v>2572</v>
       </c>
       <c r="F1749" s="3"/>
       <c r="G1749" s="3"/>
     </row>
     <row r="1750" spans="1:7">
       <c r="A1750" s="3">
         <v>1748</v>
       </c>
       <c r="B1750" s="3" t="s">
-        <v>2601</v>
+        <v>2573</v>
       </c>
       <c r="C1750" s="3">
-        <v>20600041569</v>
+        <v>46397892</v>
       </c>
       <c r="D1750" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1750" s="3" t="s">
-        <v>2602</v>
+        <v>19</v>
       </c>
       <c r="F1750" s="3"/>
       <c r="G1750" s="3"/>
     </row>
     <row r="1751" spans="1:7">
       <c r="A1751" s="3">
         <v>1749</v>
       </c>
       <c r="B1751" s="3" t="s">
-        <v>2603</v>
+        <v>2574</v>
       </c>
       <c r="C1751" s="3">
-        <v>20529358220</v>
+        <v>20326783197</v>
       </c>
       <c r="D1751" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1751" s="3" t="s">
-        <v>2604</v>
+        <v>2575</v>
       </c>
       <c r="F1751" s="3"/>
       <c r="G1751" s="3"/>
     </row>
     <row r="1752" spans="1:7">
       <c r="A1752" s="3">
         <v>1750</v>
       </c>
       <c r="B1752" s="3" t="s">
-        <v>2605</v>
+        <v>2576</v>
       </c>
       <c r="C1752" s="3">
-        <v>20601401836</v>
+        <v>20525770631</v>
       </c>
       <c r="D1752" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1752" s="3" t="s">
-        <v>2606</v>
+        <v>2577</v>
       </c>
       <c r="F1752" s="3"/>
       <c r="G1752" s="3"/>
     </row>
     <row r="1753" spans="1:7">
       <c r="A1753" s="3">
         <v>1751</v>
       </c>
       <c r="B1753" s="3" t="s">
-        <v>2607</v>
+        <v>2578</v>
       </c>
       <c r="C1753" s="3">
-        <v>20602391583</v>
+        <v>20605399470</v>
       </c>
       <c r="D1753" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1753" s="3" t="s">
-        <v>2608</v>
+        <v>2579</v>
       </c>
       <c r="F1753" s="3"/>
       <c r="G1753" s="3"/>
     </row>
     <row r="1754" spans="1:7">
       <c r="A1754" s="3">
         <v>1752</v>
       </c>
       <c r="B1754" s="3" t="s">
-        <v>2609</v>
+        <v>2580</v>
       </c>
       <c r="C1754" s="3">
-        <v>20154605046</v>
+        <v>20603553099</v>
       </c>
       <c r="D1754" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1754" s="3" t="s">
-        <v>2610</v>
+        <v>2581</v>
       </c>
       <c r="F1754" s="3"/>
       <c r="G1754" s="3"/>
     </row>
     <row r="1755" spans="1:7">
       <c r="A1755" s="3">
         <v>1753</v>
       </c>
       <c r="B1755" s="3" t="s">
-        <v>2611</v>
+        <v>2582</v>
       </c>
       <c r="C1755" s="3">
-        <v>20148258601</v>
+        <v>20438637380</v>
       </c>
       <c r="D1755" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1755" s="3" t="s">
-        <v>2612</v>
+        <v>2583</v>
       </c>
       <c r="F1755" s="3"/>
       <c r="G1755" s="3"/>
     </row>
     <row r="1756" spans="1:7">
       <c r="A1756" s="3">
         <v>1754</v>
       </c>
       <c r="B1756" s="3" t="s">
-        <v>2613</v>
+        <v>2584</v>
       </c>
       <c r="C1756" s="3">
-        <v>20526270364</v>
+        <v>29302889</v>
       </c>
       <c r="D1756" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1756" s="3" t="s">
-        <v>2614</v>
+        <v>19</v>
       </c>
       <c r="F1756" s="3"/>
       <c r="G1756" s="3"/>
     </row>
     <row r="1757" spans="1:7">
       <c r="A1757" s="3">
         <v>1755</v>
       </c>
       <c r="B1757" s="3" t="s">
-        <v>2615</v>
+        <v>2585</v>
       </c>
       <c r="C1757" s="3">
-        <v>20168014962</v>
+        <v>20601769655</v>
       </c>
       <c r="D1757" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1757" s="3" t="s">
-        <v>2616</v>
+        <v>2586</v>
       </c>
       <c r="F1757" s="3"/>
       <c r="G1757" s="3"/>
     </row>
     <row r="1758" spans="1:7">
       <c r="A1758" s="3">
         <v>1756</v>
       </c>
       <c r="B1758" s="3" t="s">
-        <v>2617</v>
+        <v>2587</v>
       </c>
       <c r="C1758" s="3">
-        <v>20180260316</v>
+        <v>20479954691</v>
       </c>
       <c r="D1758" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1758" s="3" t="s">
-        <v>2618</v>
+        <v>2588</v>
       </c>
       <c r="F1758" s="3"/>
       <c r="G1758" s="3"/>
     </row>
     <row r="1759" spans="1:7">
       <c r="A1759" s="3">
         <v>1757</v>
       </c>
       <c r="B1759" s="3" t="s">
-        <v>2619</v>
+        <v>2589</v>
       </c>
       <c r="C1759" s="3">
-        <v>20449347448</v>
+        <v>20360536239</v>
       </c>
       <c r="D1759" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1759" s="3" t="s">
-        <v>2620</v>
+        <v>2590</v>
       </c>
       <c r="F1759" s="3"/>
       <c r="G1759" s="3"/>
     </row>
     <row r="1760" spans="1:7">
       <c r="A1760" s="3">
         <v>1758</v>
       </c>
       <c r="B1760" s="3" t="s">
-        <v>2621</v>
+        <v>2591</v>
       </c>
       <c r="C1760" s="3">
-        <v>20172606777</v>
+        <v>19571066</v>
       </c>
       <c r="D1760" s="3" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E1760" s="3"/>
       <c r="F1760" s="3"/>
       <c r="G1760" s="3"/>
     </row>
     <row r="1761" spans="1:7">
       <c r="A1761" s="3">
         <v>1759</v>
       </c>
       <c r="B1761" s="3" t="s">
-        <v>2623</v>
+        <v>2592</v>
       </c>
       <c r="C1761" s="3">
-        <v>20163646499</v>
+        <v>20481909792</v>
       </c>
       <c r="D1761" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1761" s="3" t="s">
-        <v>2624</v>
+        <v>2593</v>
       </c>
       <c r="F1761" s="3"/>
       <c r="G1761" s="3"/>
     </row>
     <row r="1762" spans="1:7">
       <c r="A1762" s="3">
         <v>1760</v>
       </c>
       <c r="B1762" s="3" t="s">
-        <v>2625</v>
+        <v>2594</v>
       </c>
       <c r="C1762" s="3">
-        <v>20172474501</v>
+        <v>20187348341</v>
       </c>
       <c r="D1762" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1762" s="3" t="s">
-        <v>2626</v>
+        <v>2595</v>
       </c>
       <c r="F1762" s="3"/>
       <c r="G1762" s="3"/>
     </row>
     <row r="1763" spans="1:7">
       <c r="A1763" s="3">
         <v>1761</v>
       </c>
       <c r="B1763" s="3" t="s">
-        <v>2627</v>
+        <v>2596</v>
       </c>
       <c r="C1763" s="3">
-        <v>20143660754</v>
+        <v>20406940307</v>
       </c>
       <c r="D1763" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1763" s="3" t="s">
-        <v>2628</v>
+        <v>2597</v>
       </c>
       <c r="F1763" s="3"/>
       <c r="G1763" s="3"/>
     </row>
     <row r="1764" spans="1:7">
       <c r="A1764" s="3">
         <v>1762</v>
       </c>
       <c r="B1764" s="3" t="s">
-        <v>2629</v>
+        <v>2598</v>
       </c>
       <c r="C1764" s="3">
-        <v>20160766191</v>
+        <v>20408727449</v>
       </c>
       <c r="D1764" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1764" s="3" t="s">
-        <v>2630</v>
+        <v>2599</v>
       </c>
       <c r="F1764" s="3"/>
       <c r="G1764" s="3"/>
     </row>
     <row r="1765" spans="1:7">
       <c r="A1765" s="3">
         <v>1763</v>
       </c>
       <c r="B1765" s="3" t="s">
-        <v>2631</v>
+        <v>2600</v>
       </c>
       <c r="C1765" s="3">
-        <v>20172557628</v>
+        <v>20316055631</v>
       </c>
       <c r="D1765" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1765" s="3" t="s">
-        <v>2632</v>
+        <v>2601</v>
       </c>
       <c r="F1765" s="3"/>
       <c r="G1765" s="3"/>
     </row>
     <row r="1766" spans="1:7">
       <c r="A1766" s="3">
         <v>1764</v>
       </c>
       <c r="B1766" s="3" t="s">
-        <v>2633</v>
+        <v>2600</v>
       </c>
       <c r="C1766" s="3">
-        <v>20177689051</v>
+        <v>20530064779</v>
       </c>
       <c r="D1766" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1766" s="3" t="s">
-        <v>2634</v>
+        <v>2602</v>
       </c>
       <c r="F1766" s="3"/>
       <c r="G1766" s="3"/>
     </row>
     <row r="1767" spans="1:7">
       <c r="A1767" s="3">
         <v>1765</v>
       </c>
       <c r="B1767" s="3" t="s">
-        <v>2635</v>
+        <v>2600</v>
       </c>
       <c r="C1767" s="3">
-        <v>20154598244</v>
+        <v>20406266380</v>
       </c>
       <c r="D1767" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1767" s="3" t="s">
-        <v>2636</v>
+        <v>2603</v>
       </c>
       <c r="F1767" s="3"/>
       <c r="G1767" s="3"/>
     </row>
     <row r="1768" spans="1:7">
       <c r="A1768" s="3">
         <v>1766</v>
       </c>
       <c r="B1768" s="3" t="s">
-        <v>2637</v>
+        <v>2604</v>
       </c>
       <c r="C1768" s="3">
-        <v>20145496170</v>
+        <v>20601763789</v>
       </c>
       <c r="D1768" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1768" s="3" t="s">
-        <v>2638</v>
+        <v>2605</v>
       </c>
       <c r="F1768" s="3"/>
       <c r="G1768" s="3"/>
     </row>
     <row r="1769" spans="1:7">
       <c r="A1769" s="3">
         <v>1767</v>
       </c>
       <c r="B1769" s="3" t="s">
-        <v>2639</v>
+        <v>2606</v>
       </c>
       <c r="C1769" s="3">
-        <v>20393146657</v>
+        <v>20601768276</v>
       </c>
       <c r="D1769" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1769" s="3" t="s">
-        <v>2640</v>
+        <v>2607</v>
       </c>
       <c r="F1769" s="3"/>
       <c r="G1769" s="3"/>
     </row>
     <row r="1770" spans="1:7">
       <c r="A1770" s="3">
         <v>1768</v>
       </c>
       <c r="B1770" s="3" t="s">
-        <v>2641</v>
+        <v>2608</v>
       </c>
       <c r="C1770" s="3">
-        <v>20564325741</v>
+        <v>20397492037</v>
       </c>
       <c r="D1770" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1770" s="3" t="s">
-        <v>2642</v>
+        <v>2609</v>
       </c>
       <c r="F1770" s="3"/>
       <c r="G1770" s="3"/>
     </row>
     <row r="1771" spans="1:7">
       <c r="A1771" s="3">
         <v>1769</v>
       </c>
       <c r="B1771" s="3" t="s">
-        <v>2643</v>
+        <v>2610</v>
       </c>
       <c r="C1771" s="3">
-        <v>20147796634</v>
+        <v>20571440921</v>
       </c>
       <c r="D1771" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1771" s="3" t="s">
-        <v>2644</v>
+        <v>2611</v>
       </c>
       <c r="F1771" s="3"/>
       <c r="G1771" s="3"/>
     </row>
     <row r="1772" spans="1:7">
       <c r="A1772" s="3">
         <v>1770</v>
       </c>
       <c r="B1772" s="3" t="s">
-        <v>2645</v>
+        <v>2612</v>
       </c>
       <c r="C1772" s="3">
-        <v>20105685875</v>
+        <v>20571443784</v>
       </c>
       <c r="D1772" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1772" s="3" t="s">
-        <v>2646</v>
+        <v>2613</v>
       </c>
       <c r="F1772" s="3"/>
       <c r="G1772" s="3"/>
     </row>
     <row r="1773" spans="1:7">
       <c r="A1773" s="3">
         <v>1771</v>
       </c>
       <c r="B1773" s="3" t="s">
-        <v>2647</v>
+        <v>2614</v>
       </c>
       <c r="C1773" s="3">
-        <v>20166550239</v>
+        <v>20484014907</v>
       </c>
       <c r="D1773" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1773" s="3" t="s">
-        <v>2648</v>
+        <v>2615</v>
       </c>
       <c r="F1773" s="3"/>
       <c r="G1773" s="3"/>
     </row>
     <row r="1774" spans="1:7">
       <c r="A1774" s="3">
         <v>1772</v>
       </c>
       <c r="B1774" s="3" t="s">
-        <v>2649</v>
+        <v>2616</v>
       </c>
       <c r="C1774" s="3">
-        <v>20479393568</v>
+        <v>20448697054</v>
       </c>
       <c r="D1774" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1774" s="3" t="s">
-        <v>2650</v>
+        <v>2617</v>
       </c>
       <c r="F1774" s="3"/>
       <c r="G1774" s="3"/>
     </row>
     <row r="1775" spans="1:7">
       <c r="A1775" s="3">
         <v>1773</v>
       </c>
       <c r="B1775" s="3" t="s">
-        <v>2651</v>
+        <v>2618</v>
       </c>
       <c r="C1775" s="3">
-        <v>20141878477</v>
+        <v>20491573636</v>
       </c>
       <c r="D1775" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1775" s="3" t="s">
-        <v>2652</v>
+        <v>2619</v>
       </c>
       <c r="F1775" s="3"/>
       <c r="G1775" s="3"/>
     </row>
     <row r="1776" spans="1:7">
       <c r="A1776" s="3">
         <v>1774</v>
       </c>
       <c r="B1776" s="3" t="s">
-        <v>2653</v>
+        <v>2620</v>
       </c>
       <c r="C1776" s="3">
-        <v>20564356035</v>
+        <v>20529449705</v>
       </c>
       <c r="D1776" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1776" s="3" t="s">
-        <v>2654</v>
+        <v>2621</v>
       </c>
       <c r="F1776" s="3"/>
       <c r="G1776" s="3"/>
     </row>
     <row r="1777" spans="1:7">
       <c r="A1777" s="3">
         <v>1775</v>
       </c>
       <c r="B1777" s="3" t="s">
-        <v>2655</v>
+        <v>2622</v>
       </c>
       <c r="C1777" s="3">
-        <v>20479748102</v>
+        <v>20526414978</v>
       </c>
       <c r="D1777" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1777" s="3" t="s">
-        <v>2656</v>
+        <v>2623</v>
       </c>
       <c r="F1777" s="3"/>
       <c r="G1777" s="3"/>
     </row>
     <row r="1778" spans="1:7">
       <c r="A1778" s="3">
         <v>1776</v>
       </c>
       <c r="B1778" s="3" t="s">
-        <v>2657</v>
+        <v>2624</v>
       </c>
       <c r="C1778" s="3">
-        <v>23812797</v>
+        <v>20393567750</v>
       </c>
       <c r="D1778" s="3" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E1778" s="3"/>
+        <v>9</v>
+      </c>
+      <c r="E1778" s="3" t="s">
+        <v>2625</v>
+      </c>
       <c r="F1778" s="3"/>
       <c r="G1778" s="3"/>
     </row>
     <row r="1779" spans="1:7">
       <c r="A1779" s="3">
         <v>1777</v>
       </c>
       <c r="B1779" s="3" t="s">
-        <v>2658</v>
+        <v>2626</v>
       </c>
       <c r="C1779" s="3">
-        <v>16404228</v>
+        <v>20533025057</v>
       </c>
       <c r="D1779" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1779" s="3" t="s">
-        <v>19</v>
+        <v>2627</v>
       </c>
       <c r="F1779" s="3"/>
       <c r="G1779" s="3"/>
     </row>
     <row r="1780" spans="1:7">
       <c r="A1780" s="3">
         <v>1778</v>
       </c>
       <c r="B1780" s="3" t="s">
-        <v>2659</v>
+        <v>2628</v>
       </c>
       <c r="C1780" s="3">
-        <v>20539753721</v>
+        <v>20484249882</v>
       </c>
       <c r="D1780" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1780" s="3" t="s">
-        <v>2660</v>
+        <v>2629</v>
       </c>
       <c r="F1780" s="3"/>
       <c r="G1780" s="3"/>
     </row>
     <row r="1781" spans="1:7">
       <c r="A1781" s="3">
         <v>1779</v>
       </c>
       <c r="B1781" s="3" t="s">
-        <v>2661</v>
+        <v>2630</v>
       </c>
       <c r="C1781" s="3">
-        <v>20396835801</v>
+        <v>20601249741</v>
       </c>
       <c r="D1781" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1781" s="3" t="s">
-        <v>2662</v>
+        <v>2631</v>
       </c>
       <c r="F1781" s="3"/>
       <c r="G1781" s="3"/>
     </row>
     <row r="1782" spans="1:7">
       <c r="A1782" s="3">
         <v>1780</v>
       </c>
       <c r="B1782" s="3" t="s">
-        <v>2663</v>
-[...2 lines deleted...]
-        <v>2664</v>
+        <v>2632</v>
+      </c>
+      <c r="C1782" s="3">
+        <v>20198130967</v>
       </c>
       <c r="D1782" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1782" s="3" t="s">
-        <v>19</v>
+        <v>2633</v>
       </c>
       <c r="F1782" s="3"/>
       <c r="G1782" s="3"/>
     </row>
     <row r="1783" spans="1:7">
       <c r="A1783" s="3">
         <v>1781</v>
       </c>
       <c r="B1783" s="3" t="s">
-        <v>2665</v>
+        <v>2634</v>
       </c>
       <c r="C1783" s="3">
-        <v>70347321</v>
+        <v>20542311305</v>
       </c>
       <c r="D1783" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1783" s="3" t="s">
-        <v>19</v>
+        <v>2635</v>
       </c>
       <c r="F1783" s="3"/>
       <c r="G1783" s="3"/>
     </row>
     <row r="1784" spans="1:7">
       <c r="A1784" s="3">
         <v>1782</v>
       </c>
       <c r="B1784" s="3" t="s">
-        <v>2666</v>
+        <v>2636</v>
       </c>
       <c r="C1784" s="3">
-        <v>45545639</v>
+        <v>20519922453</v>
       </c>
       <c r="D1784" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1784" s="3" t="s">
-        <v>19</v>
+        <v>2637</v>
       </c>
       <c r="F1784" s="3"/>
       <c r="G1784" s="3"/>
     </row>
     <row r="1785" spans="1:7">
       <c r="A1785" s="3">
         <v>1783</v>
       </c>
       <c r="B1785" s="3" t="s">
-        <v>2667</v>
+        <v>2638</v>
       </c>
       <c r="C1785" s="3">
-        <v>10056416469</v>
+        <v>20171814759</v>
       </c>
       <c r="D1785" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1785" s="3" t="s">
-        <v>24</v>
+        <v>2639</v>
       </c>
       <c r="F1785" s="3"/>
       <c r="G1785" s="3"/>
     </row>
     <row r="1786" spans="1:7">
       <c r="A1786" s="3">
         <v>1784</v>
       </c>
       <c r="B1786" s="3" t="s">
-        <v>2668</v>
+        <v>2640</v>
       </c>
       <c r="C1786" s="3">
-        <v>18021554</v>
+        <v>20438607553</v>
       </c>
       <c r="D1786" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1786" s="3" t="s">
-        <v>19</v>
+        <v>2641</v>
       </c>
       <c r="F1786" s="3"/>
       <c r="G1786" s="3"/>
     </row>
     <row r="1787" spans="1:7">
       <c r="A1787" s="3">
         <v>1785</v>
       </c>
       <c r="B1787" s="3" t="s">
-        <v>2669</v>
+        <v>2642</v>
       </c>
       <c r="C1787" s="3">
-        <v>70025780</v>
+        <v>20529672871</v>
       </c>
       <c r="D1787" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1787" s="3" t="s">
-        <v>19</v>
+        <v>2643</v>
       </c>
       <c r="F1787" s="3"/>
       <c r="G1787" s="3"/>
     </row>
     <row r="1788" spans="1:7">
       <c r="A1788" s="3">
         <v>1786</v>
       </c>
       <c r="B1788" s="3" t="s">
-        <v>2670</v>
+        <v>2644</v>
       </c>
       <c r="C1788" s="3">
-        <v>10013199499</v>
+        <v>20226018060</v>
       </c>
       <c r="D1788" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1788" s="3" t="s">
-        <v>24</v>
+        <v>2645</v>
       </c>
       <c r="F1788" s="3"/>
       <c r="G1788" s="3"/>
     </row>
     <row r="1789" spans="1:7">
       <c r="A1789" s="3">
         <v>1787</v>
       </c>
       <c r="B1789" s="3" t="s">
-        <v>2671</v>
+        <v>2646</v>
       </c>
       <c r="C1789" s="3">
-        <v>10700010037</v>
+        <v>20601769701</v>
       </c>
       <c r="D1789" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1789" s="3" t="s">
-        <v>24</v>
+        <v>2647</v>
       </c>
       <c r="F1789" s="3"/>
       <c r="G1789" s="3"/>
     </row>
     <row r="1790" spans="1:7">
       <c r="A1790" s="3">
         <v>1788</v>
       </c>
       <c r="B1790" s="3" t="s">
-        <v>2672</v>
+        <v>2648</v>
       </c>
       <c r="C1790" s="3">
-        <v>10460122312</v>
+        <v>20603348541</v>
       </c>
       <c r="D1790" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1790" s="3" t="s">
-        <v>24</v>
+        <v>2649</v>
       </c>
       <c r="F1790" s="3"/>
       <c r="G1790" s="3"/>
     </row>
     <row r="1791" spans="1:7">
       <c r="A1791" s="3">
         <v>1789</v>
       </c>
       <c r="B1791" s="3" t="s">
-        <v>2673</v>
+        <v>2650</v>
       </c>
       <c r="C1791" s="3">
-        <v>20605350501</v>
+        <v>20603799373</v>
       </c>
       <c r="D1791" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1791" s="3" t="s">
-        <v>2674</v>
+        <v>2651</v>
       </c>
       <c r="F1791" s="3"/>
       <c r="G1791" s="3"/>
     </row>
     <row r="1792" spans="1:7">
       <c r="A1792" s="3">
         <v>1790</v>
       </c>
       <c r="B1792" s="3" t="s">
-        <v>2675</v>
+        <v>2652</v>
       </c>
       <c r="C1792" s="3">
-        <v>10292468003</v>
+        <v>20509139700</v>
       </c>
       <c r="D1792" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1792" s="3" t="s">
-        <v>24</v>
+        <v>2653</v>
       </c>
       <c r="F1792" s="3"/>
       <c r="G1792" s="3"/>
     </row>
     <row r="1793" spans="1:7">
       <c r="A1793" s="3">
         <v>1791</v>
       </c>
       <c r="B1793" s="3" t="s">
-        <v>2676</v>
+        <v>2654</v>
       </c>
       <c r="C1793" s="3">
-        <v>10180844363</v>
+        <v>20147106981</v>
       </c>
       <c r="D1793" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1793" s="3" t="s">
-        <v>24</v>
+        <v>2655</v>
       </c>
       <c r="F1793" s="3"/>
       <c r="G1793" s="3"/>
     </row>
     <row r="1794" spans="1:7">
       <c r="A1794" s="3">
         <v>1792</v>
       </c>
       <c r="B1794" s="3" t="s">
-        <v>2677</v>
+        <v>2656</v>
       </c>
       <c r="C1794" s="3">
-        <v>73618686</v>
+        <v>20410275849</v>
       </c>
       <c r="D1794" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1794" s="3" t="s">
-        <v>19</v>
+        <v>2657</v>
       </c>
       <c r="F1794" s="3"/>
       <c r="G1794" s="3"/>
     </row>
     <row r="1795" spans="1:7">
       <c r="A1795" s="3">
         <v>1793</v>
       </c>
       <c r="B1795" s="3" t="s">
-        <v>2678</v>
+        <v>2658</v>
       </c>
       <c r="C1795" s="3">
-        <v>42250174</v>
+        <v>20489252784</v>
       </c>
       <c r="D1795" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1795" s="3" t="s">
-        <v>19</v>
+        <v>2659</v>
       </c>
       <c r="F1795" s="3"/>
       <c r="G1795" s="3"/>
     </row>
     <row r="1796" spans="1:7">
       <c r="A1796" s="3">
         <v>1794</v>
       </c>
       <c r="B1796" s="3" t="s">
-        <v>2679</v>
+        <v>2660</v>
       </c>
       <c r="C1796" s="3">
-        <v>47829553</v>
+        <v>20534465662</v>
       </c>
       <c r="D1796" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1796" s="3" t="s">
-        <v>19</v>
+        <v>2661</v>
       </c>
       <c r="F1796" s="3"/>
       <c r="G1796" s="3"/>
     </row>
     <row r="1797" spans="1:7">
       <c r="A1797" s="3">
         <v>1795</v>
       </c>
       <c r="B1797" s="3" t="s">
-        <v>2680</v>
+        <v>2662</v>
       </c>
       <c r="C1797" s="3">
-        <v>32965494</v>
+        <v>20542421585</v>
       </c>
       <c r="D1797" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1797" s="3" t="s">
-        <v>19</v>
+        <v>2663</v>
       </c>
       <c r="F1797" s="3"/>
       <c r="G1797" s="3"/>
     </row>
     <row r="1798" spans="1:7">
       <c r="A1798" s="3">
         <v>1796</v>
       </c>
       <c r="B1798" s="3" t="s">
-        <v>2681</v>
+        <v>2664</v>
       </c>
       <c r="C1798" s="3">
-        <v>41755982</v>
+        <v>20542420261</v>
       </c>
       <c r="D1798" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1798" s="3" t="s">
-        <v>19</v>
+        <v>2665</v>
       </c>
       <c r="F1798" s="3"/>
       <c r="G1798" s="3"/>
     </row>
     <row r="1799" spans="1:7">
       <c r="A1799" s="3">
         <v>1797</v>
       </c>
       <c r="B1799" s="3" t="s">
-        <v>2682</v>
-[...2 lines deleted...]
-        <v>2683</v>
+        <v>2666</v>
+      </c>
+      <c r="C1799" s="3">
+        <v>20573205759</v>
       </c>
       <c r="D1799" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1799" s="3" t="s">
-        <v>19</v>
+        <v>2667</v>
       </c>
       <c r="F1799" s="3"/>
       <c r="G1799" s="3"/>
     </row>
     <row r="1800" spans="1:7">
       <c r="A1800" s="3">
         <v>1798</v>
       </c>
       <c r="B1800" s="3" t="s">
-        <v>2684</v>
+        <v>2668</v>
       </c>
       <c r="C1800" s="3">
-        <v>30664793</v>
+        <v>20573200366</v>
       </c>
       <c r="D1800" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1800" s="3" t="s">
-        <v>19</v>
+        <v>2669</v>
       </c>
       <c r="F1800" s="3"/>
       <c r="G1800" s="3"/>
     </row>
     <row r="1801" spans="1:7">
       <c r="A1801" s="3">
         <v>1799</v>
       </c>
       <c r="B1801" s="3" t="s">
-        <v>2685</v>
-[...2 lines deleted...]
-        <v>2686</v>
+        <v>2670</v>
+      </c>
+      <c r="C1801" s="3">
+        <v>20483721553</v>
       </c>
       <c r="D1801" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1801" s="3" t="s">
-        <v>19</v>
+        <v>2671</v>
       </c>
       <c r="F1801" s="3"/>
       <c r="G1801" s="3"/>
     </row>
     <row r="1802" spans="1:7">
       <c r="A1802" s="3">
         <v>1800</v>
       </c>
       <c r="B1802" s="3" t="s">
-        <v>2687</v>
+        <v>2672</v>
       </c>
       <c r="C1802" s="3">
-        <v>17982312</v>
+        <v>20494935504</v>
       </c>
       <c r="D1802" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1802" s="3" t="s">
-        <v>19</v>
+        <v>2673</v>
       </c>
       <c r="F1802" s="3"/>
       <c r="G1802" s="3"/>
     </row>
     <row r="1803" spans="1:7">
       <c r="A1803" s="3">
         <v>1801</v>
       </c>
       <c r="B1803" s="3" t="s">
-        <v>2688</v>
+        <v>2674</v>
       </c>
       <c r="C1803" s="3">
-        <v>16666853</v>
+        <v>20614761459</v>
       </c>
       <c r="D1803" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1803" s="3" t="s">
-        <v>19</v>
+        <v>2675</v>
       </c>
       <c r="F1803" s="3"/>
       <c r="G1803" s="3"/>
     </row>
     <row r="1804" spans="1:7">
       <c r="A1804" s="3">
         <v>1802</v>
       </c>
       <c r="B1804" s="3" t="s">
-        <v>2689</v>
+        <v>2676</v>
       </c>
       <c r="C1804" s="3">
-        <v>75557368</v>
+        <v>20491240742</v>
       </c>
       <c r="D1804" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1804" s="3" t="s">
-        <v>19</v>
+        <v>2677</v>
       </c>
       <c r="F1804" s="3"/>
       <c r="G1804" s="3"/>
     </row>
     <row r="1805" spans="1:7">
       <c r="A1805" s="3">
         <v>1803</v>
       </c>
       <c r="B1805" s="3" t="s">
-        <v>2690</v>
+        <v>2678</v>
       </c>
       <c r="C1805" s="3">
-        <v>46089974</v>
+        <v>20491240319</v>
       </c>
       <c r="D1805" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1805" s="3" t="s">
-        <v>19</v>
+        <v>2679</v>
       </c>
       <c r="F1805" s="3"/>
       <c r="G1805" s="3"/>
     </row>
     <row r="1806" spans="1:7">
       <c r="A1806" s="3">
         <v>1804</v>
       </c>
       <c r="B1806" s="3" t="s">
-        <v>2691</v>
+        <v>2680</v>
       </c>
       <c r="C1806" s="3">
-        <v>20485931199</v>
+        <v>20532480397</v>
       </c>
       <c r="D1806" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1806" s="3" t="s">
-        <v>2692</v>
+        <v>2681</v>
       </c>
       <c r="F1806" s="3"/>
       <c r="G1806" s="3"/>
     </row>
     <row r="1807" spans="1:7">
       <c r="A1807" s="3">
         <v>1805</v>
       </c>
       <c r="B1807" s="3" t="s">
-        <v>2693</v>
+        <v>2682</v>
       </c>
       <c r="C1807" s="3">
-        <v>20216789611</v>
+        <v>20222308080</v>
       </c>
       <c r="D1807" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1807" s="3" t="s">
-        <v>2694</v>
+        <v>2683</v>
       </c>
       <c r="F1807" s="3"/>
       <c r="G1807" s="3"/>
     </row>
     <row r="1808" spans="1:7">
       <c r="A1808" s="3">
         <v>1806</v>
       </c>
       <c r="B1808" s="3" t="s">
-        <v>2695</v>
+        <v>2684</v>
       </c>
       <c r="C1808" s="3">
-        <v>20601016134</v>
+        <v>20527147965</v>
       </c>
       <c r="D1808" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1808" s="3" t="s">
-        <v>2696</v>
+        <v>2685</v>
       </c>
       <c r="F1808" s="3"/>
       <c r="G1808" s="3"/>
     </row>
     <row r="1809" spans="1:7">
       <c r="A1809" s="3">
         <v>1807</v>
       </c>
       <c r="B1809" s="3" t="s">
-        <v>2697</v>
+        <v>2686</v>
       </c>
       <c r="C1809" s="3">
-        <v>19082823</v>
+        <v>20610271546</v>
       </c>
       <c r="D1809" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1809" s="3" t="s">
-        <v>19</v>
+        <v>2687</v>
       </c>
       <c r="F1809" s="3"/>
       <c r="G1809" s="3"/>
     </row>
     <row r="1810" spans="1:7">
       <c r="A1810" s="3">
         <v>1808</v>
       </c>
       <c r="B1810" s="3" t="s">
-        <v>2698</v>
-[...2 lines deleted...]
-        <v>2699</v>
+        <v>2688</v>
+      </c>
+      <c r="C1810" s="3">
+        <v>20172383531</v>
       </c>
       <c r="D1810" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1810" s="3" t="s">
-        <v>19</v>
+        <v>2689</v>
       </c>
       <c r="F1810" s="3"/>
       <c r="G1810" s="3"/>
     </row>
     <row r="1811" spans="1:7">
       <c r="A1811" s="3">
         <v>1809</v>
       </c>
       <c r="B1811" s="3" t="s">
-        <v>2700</v>
+        <v>2690</v>
       </c>
       <c r="C1811" s="3">
-        <v>22247777</v>
+        <v>20185851975</v>
       </c>
       <c r="D1811" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1811" s="3" t="s">
-        <v>19</v>
+        <v>2691</v>
       </c>
       <c r="F1811" s="3"/>
       <c r="G1811" s="3"/>
     </row>
     <row r="1812" spans="1:7">
       <c r="A1812" s="3">
         <v>1810</v>
       </c>
       <c r="B1812" s="3" t="s">
-        <v>2701</v>
+        <v>2692</v>
       </c>
       <c r="C1812" s="3">
-        <v>20610799869</v>
+        <v>20164113532</v>
       </c>
       <c r="D1812" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1812" s="3" t="s">
-        <v>2702</v>
+        <v>2693</v>
       </c>
       <c r="F1812" s="3"/>
       <c r="G1812" s="3"/>
     </row>
     <row r="1813" spans="1:7">
       <c r="A1813" s="3">
         <v>1811</v>
       </c>
       <c r="B1813" s="3" t="s">
-        <v>2703</v>
+        <v>2694</v>
       </c>
       <c r="C1813" s="3">
-        <v>47697428</v>
+        <v>20319363221</v>
       </c>
       <c r="D1813" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1813" s="3" t="s">
-        <v>19</v>
+        <v>2695</v>
       </c>
       <c r="F1813" s="3"/>
       <c r="G1813" s="3"/>
     </row>
     <row r="1814" spans="1:7">
       <c r="A1814" s="3">
         <v>1812</v>
       </c>
       <c r="B1814" s="3" t="s">
-        <v>2704</v>
+        <v>2696</v>
       </c>
       <c r="C1814" s="3">
-        <v>40402964</v>
+        <v>20120710436</v>
       </c>
       <c r="D1814" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1814" s="3" t="s">
-        <v>19</v>
+        <v>2697</v>
       </c>
       <c r="F1814" s="3"/>
       <c r="G1814" s="3"/>
     </row>
     <row r="1815" spans="1:7">
       <c r="A1815" s="3">
         <v>1813</v>
       </c>
       <c r="B1815" s="3" t="s">
-        <v>2705</v>
+        <v>2698</v>
       </c>
       <c r="C1815" s="3">
-        <v>31677634</v>
+        <v>20172356720</v>
       </c>
       <c r="D1815" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1815" s="3" t="s">
-        <v>19</v>
+        <v>2699</v>
       </c>
       <c r="F1815" s="3"/>
       <c r="G1815" s="3"/>
     </row>
     <row r="1816" spans="1:7">
       <c r="A1816" s="3">
         <v>1814</v>
       </c>
       <c r="B1816" s="3" t="s">
-        <v>2706</v>
+        <v>2700</v>
       </c>
       <c r="C1816" s="3">
-        <v>23922509</v>
+        <v>20600041569</v>
       </c>
       <c r="D1816" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1816" s="3" t="s">
-        <v>19</v>
+        <v>2701</v>
       </c>
       <c r="F1816" s="3"/>
       <c r="G1816" s="3"/>
     </row>
     <row r="1817" spans="1:7">
       <c r="A1817" s="3">
         <v>1815</v>
       </c>
       <c r="B1817" s="3" t="s">
-        <v>2707</v>
+        <v>2702</v>
       </c>
       <c r="C1817" s="3">
-        <v>46040675</v>
+        <v>20529358220</v>
       </c>
       <c r="D1817" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1817" s="3" t="s">
-        <v>19</v>
+        <v>2703</v>
       </c>
       <c r="F1817" s="3"/>
       <c r="G1817" s="3"/>
     </row>
     <row r="1818" spans="1:7">
       <c r="A1818" s="3">
         <v>1816</v>
       </c>
       <c r="B1818" s="3" t="s">
-        <v>2708</v>
+        <v>2704</v>
       </c>
       <c r="C1818" s="3">
-        <v>73901104</v>
+        <v>20601401836</v>
       </c>
       <c r="D1818" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1818" s="3" t="s">
-        <v>19</v>
+        <v>2705</v>
       </c>
       <c r="F1818" s="3"/>
       <c r="G1818" s="3"/>
     </row>
     <row r="1819" spans="1:7">
       <c r="A1819" s="3">
         <v>1817</v>
       </c>
       <c r="B1819" s="3" t="s">
-        <v>2709</v>
+        <v>2706</v>
       </c>
       <c r="C1819" s="3">
-        <v>17632519</v>
+        <v>20602391583</v>
       </c>
       <c r="D1819" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1819" s="3" t="s">
-        <v>19</v>
+        <v>2707</v>
       </c>
       <c r="F1819" s="3"/>
       <c r="G1819" s="3"/>
     </row>
     <row r="1820" spans="1:7">
       <c r="A1820" s="3">
         <v>1818</v>
       </c>
       <c r="B1820" s="3" t="s">
-        <v>2710</v>
+        <v>2708</v>
       </c>
       <c r="C1820" s="3">
-        <v>40475754</v>
+        <v>20154605046</v>
       </c>
       <c r="D1820" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1820" s="3" t="s">
-        <v>19</v>
+        <v>2709</v>
       </c>
       <c r="F1820" s="3"/>
       <c r="G1820" s="3"/>
     </row>
     <row r="1821" spans="1:7">
       <c r="A1821" s="3">
         <v>1819</v>
       </c>
       <c r="B1821" s="3" t="s">
+        <v>2710</v>
+      </c>
+      <c r="C1821" s="3">
+        <v>20148258601</v>
+      </c>
+      <c r="D1821" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1821" s="3" t="s">
         <v>2711</v>
-      </c>
-[...7 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F1821" s="3"/>
       <c r="G1821" s="3"/>
     </row>
     <row r="1822" spans="1:7">
       <c r="A1822" s="3">
         <v>1820</v>
       </c>
       <c r="B1822" s="3" t="s">
         <v>2712</v>
       </c>
       <c r="C1822" s="3">
-        <v>47979281</v>
+        <v>20613491661</v>
       </c>
       <c r="D1822" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1822" s="3" t="s">
-        <v>19</v>
+        <v>2713</v>
       </c>
       <c r="F1822" s="3"/>
       <c r="G1822" s="3"/>
     </row>
     <row r="1823" spans="1:7">
       <c r="A1823" s="3">
         <v>1821</v>
       </c>
       <c r="B1823" s="3" t="s">
-        <v>2713</v>
+        <v>2714</v>
       </c>
       <c r="C1823" s="3">
-        <v>45435442</v>
+        <v>20526270364</v>
       </c>
       <c r="D1823" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1823" s="3" t="s">
-        <v>19</v>
+        <v>2715</v>
       </c>
       <c r="F1823" s="3"/>
       <c r="G1823" s="3"/>
     </row>
     <row r="1824" spans="1:7">
       <c r="A1824" s="3">
         <v>1822</v>
       </c>
       <c r="B1824" s="3" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="C1824" s="3">
-        <v>42419554</v>
+        <v>20168014962</v>
       </c>
       <c r="D1824" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1824" s="3" t="s">
-        <v>19</v>
+        <v>2717</v>
       </c>
       <c r="F1824" s="3"/>
       <c r="G1824" s="3"/>
     </row>
     <row r="1825" spans="1:7">
       <c r="A1825" s="3">
         <v>1823</v>
       </c>
       <c r="B1825" s="3" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="C1825" s="3">
-        <v>40829611</v>
+        <v>20180260316</v>
       </c>
       <c r="D1825" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1825" s="3" t="s">
-        <v>2716</v>
+        <v>2719</v>
       </c>
       <c r="F1825" s="3"/>
       <c r="G1825" s="3"/>
     </row>
     <row r="1826" spans="1:7">
       <c r="A1826" s="3">
         <v>1824</v>
       </c>
       <c r="B1826" s="3" t="s">
-        <v>2717</v>
+        <v>2720</v>
       </c>
       <c r="C1826" s="3">
-        <v>18010410</v>
+        <v>20449347448</v>
       </c>
       <c r="D1826" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1826" s="3" t="s">
-        <v>19</v>
+        <v>2721</v>
       </c>
       <c r="F1826" s="3"/>
       <c r="G1826" s="3"/>
     </row>
     <row r="1827" spans="1:7">
       <c r="A1827" s="3">
         <v>1825</v>
       </c>
       <c r="B1827" s="3" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="C1827" s="3">
-        <v>40237866</v>
+        <v>20172606777</v>
       </c>
       <c r="D1827" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1827" s="3" t="s">
-        <v>19</v>
+        <v>2723</v>
       </c>
       <c r="F1827" s="3"/>
       <c r="G1827" s="3"/>
     </row>
     <row r="1828" spans="1:7">
       <c r="A1828" s="3">
         <v>1826</v>
       </c>
       <c r="B1828" s="3" t="s">
-        <v>2719</v>
+        <v>2724</v>
       </c>
       <c r="C1828" s="3">
-        <v>40786149</v>
+        <v>20163646499</v>
       </c>
       <c r="D1828" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1828" s="3" t="s">
-        <v>19</v>
+        <v>2725</v>
       </c>
       <c r="F1828" s="3"/>
       <c r="G1828" s="3"/>
     </row>
     <row r="1829" spans="1:7">
       <c r="A1829" s="3">
         <v>1827</v>
       </c>
       <c r="B1829" s="3" t="s">
-        <v>2720</v>
+        <v>2726</v>
       </c>
       <c r="C1829" s="3">
-        <v>31031616</v>
+        <v>20172474501</v>
       </c>
       <c r="D1829" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1829" s="3" t="s">
-        <v>19</v>
+        <v>2727</v>
       </c>
       <c r="F1829" s="3"/>
       <c r="G1829" s="3"/>
     </row>
     <row r="1830" spans="1:7">
       <c r="A1830" s="3">
         <v>1828</v>
       </c>
       <c r="B1830" s="3" t="s">
-        <v>2721</v>
-[...2 lines deleted...]
-        <v>2722</v>
+        <v>2728</v>
+      </c>
+      <c r="C1830" s="3">
+        <v>20143660754</v>
       </c>
       <c r="D1830" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1830" s="3" t="s">
-        <v>19</v>
+        <v>2729</v>
       </c>
       <c r="F1830" s="3"/>
       <c r="G1830" s="3"/>
     </row>
     <row r="1831" spans="1:7">
       <c r="A1831" s="3">
         <v>1829</v>
       </c>
       <c r="B1831" s="3" t="s">
-        <v>2723</v>
+        <v>2730</v>
       </c>
       <c r="C1831" s="3">
-        <v>21555275</v>
+        <v>20160766191</v>
       </c>
       <c r="D1831" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1831" s="3" t="s">
-        <v>19</v>
+        <v>2731</v>
       </c>
       <c r="F1831" s="3"/>
       <c r="G1831" s="3"/>
     </row>
     <row r="1832" spans="1:7">
       <c r="A1832" s="3">
         <v>1830</v>
       </c>
       <c r="B1832" s="3" t="s">
-        <v>2724</v>
+        <v>2732</v>
       </c>
       <c r="C1832" s="3">
-        <v>41344772</v>
+        <v>20613370588</v>
       </c>
       <c r="D1832" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1832" s="3" t="s">
-        <v>19</v>
+        <v>2733</v>
       </c>
       <c r="F1832" s="3"/>
       <c r="G1832" s="3"/>
     </row>
     <row r="1833" spans="1:7">
       <c r="A1833" s="3">
         <v>1831</v>
       </c>
       <c r="B1833" s="3" t="s">
-        <v>2725</v>
+        <v>2734</v>
       </c>
       <c r="C1833" s="3">
-        <v>21410296</v>
+        <v>20172557628</v>
       </c>
       <c r="D1833" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1833" s="3" t="s">
-        <v>19</v>
+        <v>2735</v>
       </c>
       <c r="F1833" s="3"/>
       <c r="G1833" s="3"/>
     </row>
     <row r="1834" spans="1:7">
       <c r="A1834" s="3">
         <v>1832</v>
       </c>
       <c r="B1834" s="3" t="s">
-        <v>2726</v>
+        <v>2736</v>
       </c>
       <c r="C1834" s="3">
-        <v>41579428</v>
+        <v>20177689051</v>
       </c>
       <c r="D1834" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1834" s="3" t="s">
-        <v>19</v>
+        <v>2737</v>
       </c>
       <c r="F1834" s="3"/>
       <c r="G1834" s="3"/>
     </row>
     <row r="1835" spans="1:7">
       <c r="A1835" s="3">
         <v>1833</v>
       </c>
       <c r="B1835" s="3" t="s">
-        <v>2727</v>
+        <v>2738</v>
       </c>
       <c r="C1835" s="3">
-        <v>40858898</v>
+        <v>20154598244</v>
       </c>
       <c r="D1835" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1835" s="3" t="s">
-        <v>19</v>
+        <v>2739</v>
       </c>
       <c r="F1835" s="3"/>
       <c r="G1835" s="3"/>
     </row>
     <row r="1836" spans="1:7">
       <c r="A1836" s="3">
         <v>1834</v>
       </c>
       <c r="B1836" s="3" t="s">
-        <v>2728</v>
+        <v>2740</v>
       </c>
       <c r="C1836" s="3">
-        <v>46769541</v>
+        <v>20145496170</v>
       </c>
       <c r="D1836" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1836" s="3" t="s">
-        <v>19</v>
+        <v>2741</v>
       </c>
       <c r="F1836" s="3"/>
       <c r="G1836" s="3"/>
     </row>
     <row r="1837" spans="1:7">
       <c r="A1837" s="3">
         <v>1835</v>
       </c>
       <c r="B1837" s="3" t="s">
-        <v>2729</v>
+        <v>2742</v>
       </c>
       <c r="C1837" s="3">
-        <v>20601644968</v>
+        <v>20393146657</v>
       </c>
       <c r="D1837" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1837" s="3" t="s">
-        <v>2730</v>
+        <v>2743</v>
       </c>
       <c r="F1837" s="3"/>
       <c r="G1837" s="3"/>
     </row>
     <row r="1838" spans="1:7">
       <c r="A1838" s="3">
         <v>1836</v>
       </c>
       <c r="B1838" s="3" t="s">
-        <v>2731</v>
+        <v>2744</v>
       </c>
       <c r="C1838" s="3">
-        <v>20267196746</v>
+        <v>20564325741</v>
       </c>
       <c r="D1838" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1838" s="3" t="s">
-        <v>2732</v>
+        <v>2745</v>
       </c>
       <c r="F1838" s="3"/>
       <c r="G1838" s="3"/>
     </row>
     <row r="1839" spans="1:7">
       <c r="A1839" s="3">
         <v>1837</v>
       </c>
       <c r="B1839" s="3" t="s">
-        <v>2733</v>
+        <v>2746</v>
       </c>
       <c r="C1839" s="3">
-        <v>20545515840</v>
+        <v>20147796634</v>
       </c>
       <c r="D1839" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1839" s="3" t="s">
-        <v>2734</v>
+        <v>2747</v>
       </c>
       <c r="F1839" s="3"/>
       <c r="G1839" s="3"/>
     </row>
     <row r="1840" spans="1:7">
       <c r="A1840" s="3">
         <v>1838</v>
       </c>
       <c r="B1840" s="3" t="s">
-        <v>2735</v>
+        <v>2748</v>
       </c>
       <c r="C1840" s="3">
-        <v>20348233671</v>
+        <v>20105685875</v>
       </c>
       <c r="D1840" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1840" s="3" t="s">
-        <v>2736</v>
+        <v>2749</v>
       </c>
       <c r="F1840" s="3"/>
       <c r="G1840" s="3"/>
     </row>
     <row r="1841" spans="1:7">
       <c r="A1841" s="3">
         <v>1839</v>
       </c>
       <c r="B1841" s="3" t="s">
-        <v>2737</v>
+        <v>2750</v>
       </c>
       <c r="C1841" s="3">
-        <v>20370114952</v>
+        <v>20166550239</v>
       </c>
       <c r="D1841" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1841" s="3" t="s">
-        <v>2738</v>
+        <v>2751</v>
       </c>
       <c r="F1841" s="3"/>
       <c r="G1841" s="3"/>
     </row>
     <row r="1842" spans="1:7">
       <c r="A1842" s="3">
         <v>1840</v>
       </c>
       <c r="B1842" s="3" t="s">
-        <v>2739</v>
+        <v>2752</v>
       </c>
       <c r="C1842" s="3">
-        <v>42115290</v>
+        <v>20479393568</v>
       </c>
       <c r="D1842" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1842" s="3" t="s">
-        <v>19</v>
+        <v>2753</v>
       </c>
       <c r="F1842" s="3"/>
       <c r="G1842" s="3"/>
     </row>
     <row r="1843" spans="1:7">
       <c r="A1843" s="3">
         <v>1841</v>
       </c>
       <c r="B1843" s="3" t="s">
-        <v>2740</v>
+        <v>2754</v>
       </c>
       <c r="C1843" s="3">
-        <v>70406051</v>
+        <v>20141878477</v>
       </c>
       <c r="D1843" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1843" s="3" t="s">
-        <v>19</v>
+        <v>2755</v>
       </c>
       <c r="F1843" s="3"/>
       <c r="G1843" s="3"/>
     </row>
     <row r="1844" spans="1:7">
       <c r="A1844" s="3">
         <v>1842</v>
       </c>
       <c r="B1844" s="3" t="s">
-        <v>2741</v>
+        <v>2756</v>
       </c>
       <c r="C1844" s="3">
-        <v>41627137</v>
+        <v>20564356035</v>
       </c>
       <c r="D1844" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1844" s="3" t="s">
-        <v>19</v>
+        <v>2757</v>
       </c>
       <c r="F1844" s="3"/>
       <c r="G1844" s="3"/>
     </row>
     <row r="1845" spans="1:7">
       <c r="A1845" s="3">
         <v>1843</v>
       </c>
       <c r="B1845" s="3" t="s">
-        <v>2742</v>
+        <v>2758</v>
       </c>
       <c r="C1845" s="3">
-        <v>20609308614</v>
+        <v>20479748102</v>
       </c>
       <c r="D1845" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1845" s="3" t="s">
-        <v>2743</v>
+        <v>2759</v>
       </c>
       <c r="F1845" s="3"/>
       <c r="G1845" s="3"/>
     </row>
     <row r="1846" spans="1:7">
       <c r="A1846" s="3">
         <v>1844</v>
       </c>
       <c r="B1846" s="3" t="s">
-        <v>2744</v>
+        <v>2760</v>
       </c>
       <c r="C1846" s="3">
-        <v>45437890</v>
+        <v>23812797</v>
       </c>
       <c r="D1846" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1846" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E1846" s="3"/>
       <c r="F1846" s="3"/>
       <c r="G1846" s="3"/>
     </row>
     <row r="1847" spans="1:7">
       <c r="A1847" s="3">
         <v>1845</v>
       </c>
       <c r="B1847" s="3" t="s">
-        <v>2745</v>
+        <v>2761</v>
       </c>
       <c r="C1847" s="3">
-        <v>20106590</v>
+        <v>16404228</v>
       </c>
       <c r="D1847" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1847" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1847" s="3"/>
       <c r="G1847" s="3"/>
     </row>
     <row r="1848" spans="1:7">
       <c r="A1848" s="3">
         <v>1846</v>
       </c>
       <c r="B1848" s="3" t="s">
-        <v>2746</v>
+        <v>2762</v>
       </c>
       <c r="C1848" s="3">
-        <v>43919028</v>
+        <v>20539753721</v>
       </c>
       <c r="D1848" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1848" s="3" t="s">
-        <v>19</v>
+        <v>2763</v>
       </c>
       <c r="F1848" s="3"/>
       <c r="G1848" s="3"/>
     </row>
     <row r="1849" spans="1:7">
       <c r="A1849" s="3">
         <v>1847</v>
       </c>
       <c r="B1849" s="3" t="s">
-        <v>2747</v>
+        <v>2764</v>
       </c>
       <c r="C1849" s="3">
-        <v>44196219</v>
+        <v>20396835801</v>
       </c>
       <c r="D1849" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1849" s="3" t="s">
-        <v>19</v>
+        <v>2765</v>
       </c>
       <c r="F1849" s="3"/>
       <c r="G1849" s="3"/>
     </row>
     <row r="1850" spans="1:7">
       <c r="A1850" s="3">
         <v>1848</v>
       </c>
       <c r="B1850" s="3" t="s">
-        <v>2748</v>
+        <v>2766</v>
       </c>
       <c r="C1850" s="3" t="s">
-        <v>2749</v>
+        <v>2767</v>
       </c>
       <c r="D1850" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1850" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1850" s="3"/>
       <c r="G1850" s="3"/>
     </row>
     <row r="1851" spans="1:7">
       <c r="A1851" s="3">
         <v>1849</v>
       </c>
       <c r="B1851" s="3" t="s">
-        <v>2750</v>
+        <v>2768</v>
       </c>
       <c r="C1851" s="3">
-        <v>42579862</v>
+        <v>70347321</v>
       </c>
       <c r="D1851" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="E1851" s="3"/>
+      <c r="E1851" s="3" t="s">
+        <v>19</v>
+      </c>
       <c r="F1851" s="3"/>
       <c r="G1851" s="3"/>
     </row>
     <row r="1852" spans="1:7">
       <c r="A1852" s="3">
         <v>1850</v>
       </c>
       <c r="B1852" s="3" t="s">
-        <v>2751</v>
+        <v>2769</v>
       </c>
       <c r="C1852" s="3">
-        <v>20073343</v>
+        <v>45545639</v>
       </c>
       <c r="D1852" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1852" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1852" s="3"/>
       <c r="G1852" s="3"/>
     </row>
     <row r="1853" spans="1:7">
       <c r="A1853" s="3">
         <v>1851</v>
       </c>
       <c r="B1853" s="3" t="s">
-        <v>2752</v>
+        <v>2770</v>
       </c>
       <c r="C1853" s="3">
-        <v>46771694</v>
+        <v>10056416469</v>
       </c>
       <c r="D1853" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1853" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1853" s="3"/>
       <c r="G1853" s="3"/>
     </row>
     <row r="1854" spans="1:7">
       <c r="A1854" s="3">
         <v>1852</v>
       </c>
       <c r="B1854" s="3" t="s">
-        <v>2753</v>
+        <v>2771</v>
       </c>
       <c r="C1854" s="3">
-        <v>46973143</v>
+        <v>18021554</v>
       </c>
       <c r="D1854" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1854" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1854" s="3"/>
       <c r="G1854" s="3"/>
     </row>
     <row r="1855" spans="1:7">
       <c r="A1855" s="3">
         <v>1853</v>
       </c>
       <c r="B1855" s="3" t="s">
-        <v>2754</v>
+        <v>2772</v>
       </c>
       <c r="C1855" s="3">
-        <v>43672258</v>
+        <v>70025780</v>
       </c>
       <c r="D1855" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1855" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1855" s="3"/>
       <c r="G1855" s="3"/>
     </row>
     <row r="1856" spans="1:7">
       <c r="A1856" s="3">
         <v>1854</v>
       </c>
       <c r="B1856" s="3" t="s">
-        <v>2755</v>
-[...2 lines deleted...]
-        <v>2756</v>
+        <v>2773</v>
+      </c>
+      <c r="C1856" s="3">
+        <v>10013199499</v>
       </c>
       <c r="D1856" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1856" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1856" s="3"/>
       <c r="G1856" s="3"/>
     </row>
     <row r="1857" spans="1:7">
       <c r="A1857" s="3">
         <v>1855</v>
       </c>
       <c r="B1857" s="3" t="s">
-        <v>2757</v>
+        <v>2774</v>
       </c>
       <c r="C1857" s="3">
-        <v>42283900</v>
+        <v>10700010037</v>
       </c>
       <c r="D1857" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1857" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1857" s="3"/>
       <c r="G1857" s="3"/>
     </row>
     <row r="1858" spans="1:7">
       <c r="A1858" s="3">
         <v>1856</v>
       </c>
       <c r="B1858" s="3" t="s">
-        <v>2758</v>
+        <v>2775</v>
       </c>
       <c r="C1858" s="3">
-        <v>71668133</v>
+        <v>10460122312</v>
       </c>
       <c r="D1858" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1858" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1858" s="3"/>
       <c r="G1858" s="3"/>
     </row>
     <row r="1859" spans="1:7">
       <c r="A1859" s="3">
         <v>1857</v>
       </c>
       <c r="B1859" s="3" t="s">
-        <v>2759</v>
-[...2 lines deleted...]
-        <v>2760</v>
+        <v>2776</v>
+      </c>
+      <c r="C1859" s="3">
+        <v>20605350501</v>
       </c>
       <c r="D1859" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1859" s="3" t="s">
-        <v>19</v>
+        <v>2777</v>
       </c>
       <c r="F1859" s="3"/>
       <c r="G1859" s="3"/>
     </row>
     <row r="1860" spans="1:7">
       <c r="A1860" s="3">
         <v>1858</v>
       </c>
       <c r="B1860" s="3" t="s">
-        <v>2761</v>
+        <v>2778</v>
       </c>
       <c r="C1860" s="3">
-        <v>23855291</v>
+        <v>10292468003</v>
       </c>
       <c r="D1860" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1860" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1860" s="3"/>
       <c r="G1860" s="3"/>
     </row>
     <row r="1861" spans="1:7">
       <c r="A1861" s="3">
         <v>1859</v>
       </c>
       <c r="B1861" s="3" t="s">
-        <v>2762</v>
+        <v>2779</v>
       </c>
       <c r="C1861" s="3">
-        <v>42179273</v>
+        <v>10180844363</v>
       </c>
       <c r="D1861" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1861" s="3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F1861" s="3"/>
       <c r="G1861" s="3"/>
     </row>
     <row r="1862" spans="1:7">
       <c r="A1862" s="3">
         <v>1860</v>
       </c>
       <c r="B1862" s="3" t="s">
-        <v>2763</v>
+        <v>2780</v>
       </c>
       <c r="C1862" s="3">
-        <v>80416857</v>
+        <v>73618686</v>
       </c>
       <c r="D1862" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1862" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1862" s="3"/>
       <c r="G1862" s="3"/>
     </row>
     <row r="1863" spans="1:7">
       <c r="A1863" s="3">
         <v>1861</v>
       </c>
       <c r="B1863" s="3" t="s">
-        <v>2764</v>
-[...2 lines deleted...]
-        <v>2765</v>
+        <v>2781</v>
+      </c>
+      <c r="C1863" s="3">
+        <v>42250174</v>
       </c>
       <c r="D1863" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1863" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1863" s="3"/>
       <c r="G1863" s="3"/>
     </row>
     <row r="1864" spans="1:7">
       <c r="A1864" s="3">
         <v>1862</v>
       </c>
       <c r="B1864" s="3" t="s">
-        <v>2766</v>
+        <v>2782</v>
       </c>
       <c r="C1864" s="3">
-        <v>18018028</v>
+        <v>47829553</v>
       </c>
       <c r="D1864" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1864" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1864" s="3"/>
       <c r="G1864" s="3"/>
     </row>
     <row r="1865" spans="1:7">
       <c r="A1865" s="3">
         <v>1863</v>
       </c>
       <c r="B1865" s="3" t="s">
-        <v>2767</v>
+        <v>2783</v>
       </c>
       <c r="C1865" s="3">
-        <v>41889897</v>
+        <v>32965494</v>
       </c>
       <c r="D1865" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1865" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1865" s="3"/>
       <c r="G1865" s="3"/>
     </row>
     <row r="1866" spans="1:7">
       <c r="A1866" s="3">
         <v>1864</v>
       </c>
       <c r="B1866" s="3" t="s">
-        <v>2768</v>
+        <v>2784</v>
       </c>
       <c r="C1866" s="3">
-        <v>41099311</v>
+        <v>41755982</v>
       </c>
       <c r="D1866" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1866" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1866" s="3"/>
       <c r="G1866" s="3"/>
     </row>
     <row r="1867" spans="1:7">
       <c r="A1867" s="3">
         <v>1865</v>
       </c>
       <c r="B1867" s="3" t="s">
-        <v>2769</v>
-[...2 lines deleted...]
-        <v>21524592</v>
+        <v>2785</v>
+      </c>
+      <c r="C1867" s="3" t="s">
+        <v>2786</v>
       </c>
       <c r="D1867" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1867" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1867" s="3"/>
       <c r="G1867" s="3"/>
     </row>
     <row r="1868" spans="1:7">
       <c r="A1868" s="3">
         <v>1866</v>
       </c>
       <c r="B1868" s="3" t="s">
-        <v>2770</v>
+        <v>2787</v>
       </c>
       <c r="C1868" s="3">
-        <v>42022909</v>
+        <v>30664793</v>
       </c>
       <c r="D1868" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1868" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1868" s="3"/>
       <c r="G1868" s="3"/>
     </row>
     <row r="1869" spans="1:7">
       <c r="A1869" s="3">
         <v>1867</v>
       </c>
       <c r="B1869" s="3" t="s">
-        <v>2771</v>
-[...2 lines deleted...]
-        <v>43424320</v>
+        <v>2788</v>
+      </c>
+      <c r="C1869" s="3" t="s">
+        <v>2789</v>
       </c>
       <c r="D1869" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1869" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1869" s="3"/>
       <c r="G1869" s="3"/>
     </row>
     <row r="1870" spans="1:7">
       <c r="A1870" s="3">
         <v>1868</v>
       </c>
       <c r="B1870" s="3" t="s">
-        <v>2772</v>
+        <v>2790</v>
       </c>
       <c r="C1870" s="3">
-        <v>74206748</v>
+        <v>17982312</v>
       </c>
       <c r="D1870" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1870" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1870" s="3"/>
       <c r="G1870" s="3"/>
     </row>
     <row r="1871" spans="1:7">
       <c r="A1871" s="3">
         <v>1869</v>
       </c>
       <c r="B1871" s="3" t="s">
-        <v>2773</v>
-[...2 lines deleted...]
-        <v>2774</v>
+        <v>2791</v>
+      </c>
+      <c r="C1871" s="3">
+        <v>16666853</v>
       </c>
       <c r="D1871" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1871" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1871" s="3"/>
       <c r="G1871" s="3"/>
     </row>
     <row r="1872" spans="1:7">
       <c r="A1872" s="3">
         <v>1870</v>
       </c>
       <c r="B1872" s="3" t="s">
-        <v>2775</v>
+        <v>2792</v>
       </c>
       <c r="C1872" s="3">
-        <v>10178603316</v>
+        <v>75557368</v>
       </c>
       <c r="D1872" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1872" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1872" s="3"/>
       <c r="G1872" s="3"/>
     </row>
     <row r="1873" spans="1:7">
       <c r="A1873" s="3">
         <v>1871</v>
       </c>
       <c r="B1873" s="3" t="s">
-        <v>2776</v>
+        <v>2793</v>
       </c>
       <c r="C1873" s="3">
-        <v>20277412749</v>
+        <v>46089974</v>
       </c>
       <c r="D1873" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1873" s="3" t="s">
-        <v>2777</v>
+        <v>19</v>
       </c>
       <c r="F1873" s="3"/>
       <c r="G1873" s="3"/>
     </row>
     <row r="1874" spans="1:7">
       <c r="A1874" s="3">
         <v>1872</v>
       </c>
       <c r="B1874" s="3" t="s">
-        <v>2778</v>
+        <v>2794</v>
       </c>
       <c r="C1874" s="3">
-        <v>20114050530</v>
+        <v>20485931199</v>
       </c>
       <c r="D1874" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1874" s="3" t="s">
-        <v>2779</v>
+        <v>2795</v>
       </c>
       <c r="F1874" s="3"/>
       <c r="G1874" s="3"/>
     </row>
     <row r="1875" spans="1:7">
       <c r="A1875" s="3">
         <v>1873</v>
       </c>
       <c r="B1875" s="3" t="s">
-        <v>2780</v>
+        <v>2796</v>
       </c>
       <c r="C1875" s="3">
-        <v>20192055416</v>
+        <v>20216789611</v>
       </c>
       <c r="D1875" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1875" s="3" t="s">
-        <v>2781</v>
+        <v>2797</v>
       </c>
       <c r="F1875" s="3"/>
       <c r="G1875" s="3"/>
     </row>
     <row r="1876" spans="1:7">
       <c r="A1876" s="3">
         <v>1874</v>
       </c>
       <c r="B1876" s="3" t="s">
-        <v>2782</v>
+        <v>2798</v>
       </c>
       <c r="C1876" s="3">
-        <v>20176360497</v>
+        <v>20601016134</v>
       </c>
       <c r="D1876" s="3" t="s">
         <v>9</v>
       </c>
       <c r="E1876" s="3" t="s">
-        <v>2783</v>
+        <v>2799</v>
       </c>
       <c r="F1876" s="3"/>
       <c r="G1876" s="3"/>
     </row>
     <row r="1877" spans="1:7">
       <c r="A1877" s="3">
         <v>1875</v>
       </c>
       <c r="B1877" s="3" t="s">
-        <v>2784</v>
+        <v>2800</v>
       </c>
       <c r="C1877" s="3">
-        <v>43641059</v>
+        <v>19082823</v>
       </c>
       <c r="D1877" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1877" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1877" s="3"/>
       <c r="G1877" s="3"/>
     </row>
     <row r="1878" spans="1:7">
       <c r="A1878" s="3">
         <v>1876</v>
       </c>
       <c r="B1878" s="3" t="s">
-        <v>2785</v>
-[...2 lines deleted...]
-        <v>72954377</v>
+        <v>2801</v>
+      </c>
+      <c r="C1878" s="3" t="s">
+        <v>2802</v>
       </c>
       <c r="D1878" s="3" t="s">
         <v>18</v>
       </c>
       <c r="E1878" s="3" t="s">
         <v>19</v>
       </c>
       <c r="F1878" s="3"/>
       <c r="G1878" s="3"/>
     </row>
     <row r="1879" spans="1:7">
       <c r="A1879" s="3">
         <v>1877</v>
       </c>
       <c r="B1879" s="3" t="s">
-        <v>2786</v>
+        <v>2803</v>
       </c>
       <c r="C1879" s="3">
-        <v>10214355286</v>
+        <v>22247777</v>
       </c>
       <c r="D1879" s="3" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="E1879" s="3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F1879" s="3"/>
       <c r="G1879" s="3"/>
     </row>
     <row r="1880" spans="1:7">
       <c r="A1880" s="3">
         <v>1878</v>
       </c>
       <c r="B1880" s="3" t="s">
-        <v>2787</v>
+        <v>2804</v>
       </c>
       <c r="C1880" s="3">
-        <v>82791265</v>
+        <v>20610799869</v>
       </c>
       <c r="D1880" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="E1880" s="3" t="s">
-        <v>2788</v>
+        <v>2805</v>
       </c>
       <c r="F1880" s="3"/>
       <c r="G1880" s="3"/>
+    </row>
+    <row r="1881" spans="1:7">
+      <c r="A1881" s="3">
+        <v>1879</v>
+      </c>
+      <c r="B1881" s="3" t="s">
+        <v>2806</v>
+      </c>
+      <c r="C1881" s="3">
+        <v>47697428</v>
+      </c>
+      <c r="D1881" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1881" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1881" s="3"/>
+      <c r="G1881" s="3"/>
+    </row>
+    <row r="1882" spans="1:7">
+      <c r="A1882" s="3">
+        <v>1880</v>
+      </c>
+      <c r="B1882" s="3" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C1882" s="3">
+        <v>40402964</v>
+      </c>
+      <c r="D1882" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1882" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1882" s="3"/>
+      <c r="G1882" s="3"/>
+    </row>
+    <row r="1883" spans="1:7">
+      <c r="A1883" s="3">
+        <v>1881</v>
+      </c>
+      <c r="B1883" s="3" t="s">
+        <v>2808</v>
+      </c>
+      <c r="C1883" s="3">
+        <v>31677634</v>
+      </c>
+      <c r="D1883" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1883" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1883" s="3"/>
+      <c r="G1883" s="3"/>
+    </row>
+    <row r="1884" spans="1:7">
+      <c r="A1884" s="3">
+        <v>1882</v>
+      </c>
+      <c r="B1884" s="3" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C1884" s="3">
+        <v>23922509</v>
+      </c>
+      <c r="D1884" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1884" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1884" s="3"/>
+      <c r="G1884" s="3"/>
+    </row>
+    <row r="1885" spans="1:7">
+      <c r="A1885" s="3">
+        <v>1883</v>
+      </c>
+      <c r="B1885" s="3" t="s">
+        <v>2810</v>
+      </c>
+      <c r="C1885" s="3">
+        <v>46040675</v>
+      </c>
+      <c r="D1885" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1885" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1885" s="3"/>
+      <c r="G1885" s="3"/>
+    </row>
+    <row r="1886" spans="1:7">
+      <c r="A1886" s="3">
+        <v>1884</v>
+      </c>
+      <c r="B1886" s="3" t="s">
+        <v>2811</v>
+      </c>
+      <c r="C1886" s="3">
+        <v>73901104</v>
+      </c>
+      <c r="D1886" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1886" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1886" s="3"/>
+      <c r="G1886" s="3"/>
+    </row>
+    <row r="1887" spans="1:7">
+      <c r="A1887" s="3">
+        <v>1885</v>
+      </c>
+      <c r="B1887" s="3" t="s">
+        <v>2812</v>
+      </c>
+      <c r="C1887" s="3">
+        <v>17632519</v>
+      </c>
+      <c r="D1887" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1887" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1887" s="3"/>
+      <c r="G1887" s="3"/>
+    </row>
+    <row r="1888" spans="1:7">
+      <c r="A1888" s="3">
+        <v>1886</v>
+      </c>
+      <c r="B1888" s="3" t="s">
+        <v>2813</v>
+      </c>
+      <c r="C1888" s="3">
+        <v>40475754</v>
+      </c>
+      <c r="D1888" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1888" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1888" s="3"/>
+      <c r="G1888" s="3"/>
+    </row>
+    <row r="1889" spans="1:7">
+      <c r="A1889" s="3">
+        <v>1887</v>
+      </c>
+      <c r="B1889" s="3" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C1889" s="3">
+        <v>22508582</v>
+      </c>
+      <c r="D1889" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1889" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1889" s="3"/>
+      <c r="G1889" s="3"/>
+    </row>
+    <row r="1890" spans="1:7">
+      <c r="A1890" s="3">
+        <v>1888</v>
+      </c>
+      <c r="B1890" s="3" t="s">
+        <v>2815</v>
+      </c>
+      <c r="C1890" s="3">
+        <v>76275008</v>
+      </c>
+      <c r="D1890" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1890" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1890" s="3"/>
+      <c r="G1890" s="3"/>
+    </row>
+    <row r="1891" spans="1:7">
+      <c r="A1891" s="3">
+        <v>1889</v>
+      </c>
+      <c r="B1891" s="3" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C1891" s="3">
+        <v>47979281</v>
+      </c>
+      <c r="D1891" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1891" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1891" s="3"/>
+      <c r="G1891" s="3"/>
+    </row>
+    <row r="1892" spans="1:7">
+      <c r="A1892" s="3">
+        <v>1890</v>
+      </c>
+      <c r="B1892" s="3" t="s">
+        <v>2817</v>
+      </c>
+      <c r="C1892" s="3">
+        <v>45435442</v>
+      </c>
+      <c r="D1892" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1892" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1892" s="3"/>
+      <c r="G1892" s="3"/>
+    </row>
+    <row r="1893" spans="1:7">
+      <c r="A1893" s="3">
+        <v>1891</v>
+      </c>
+      <c r="B1893" s="3" t="s">
+        <v>2818</v>
+      </c>
+      <c r="C1893" s="3">
+        <v>42419554</v>
+      </c>
+      <c r="D1893" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1893" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1893" s="3"/>
+      <c r="G1893" s="3"/>
+    </row>
+    <row r="1894" spans="1:7">
+      <c r="A1894" s="3">
+        <v>1892</v>
+      </c>
+      <c r="B1894" s="3" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C1894" s="3">
+        <v>40829611</v>
+      </c>
+      <c r="D1894" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1894" s="3" t="s">
+        <v>2820</v>
+      </c>
+      <c r="F1894" s="3"/>
+      <c r="G1894" s="3"/>
+    </row>
+    <row r="1895" spans="1:7">
+      <c r="A1895" s="3">
+        <v>1893</v>
+      </c>
+      <c r="B1895" s="3" t="s">
+        <v>2821</v>
+      </c>
+      <c r="C1895" s="3">
+        <v>18010410</v>
+      </c>
+      <c r="D1895" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1895" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1895" s="3"/>
+      <c r="G1895" s="3"/>
+    </row>
+    <row r="1896" spans="1:7">
+      <c r="A1896" s="3">
+        <v>1894</v>
+      </c>
+      <c r="B1896" s="3" t="s">
+        <v>2822</v>
+      </c>
+      <c r="C1896" s="3">
+        <v>40237866</v>
+      </c>
+      <c r="D1896" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1896" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1896" s="3"/>
+      <c r="G1896" s="3"/>
+    </row>
+    <row r="1897" spans="1:7">
+      <c r="A1897" s="3">
+        <v>1895</v>
+      </c>
+      <c r="B1897" s="3" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C1897" s="3">
+        <v>40786149</v>
+      </c>
+      <c r="D1897" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1897" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1897" s="3"/>
+      <c r="G1897" s="3"/>
+    </row>
+    <row r="1898" spans="1:7">
+      <c r="A1898" s="3">
+        <v>1896</v>
+      </c>
+      <c r="B1898" s="3" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C1898" s="3">
+        <v>31031616</v>
+      </c>
+      <c r="D1898" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1898" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1898" s="3"/>
+      <c r="G1898" s="3"/>
+    </row>
+    <row r="1899" spans="1:7">
+      <c r="A1899" s="3">
+        <v>1897</v>
+      </c>
+      <c r="B1899" s="3" t="s">
+        <v>2825</v>
+      </c>
+      <c r="C1899" s="3" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D1899" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1899" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1899" s="3"/>
+      <c r="G1899" s="3"/>
+    </row>
+    <row r="1900" spans="1:7">
+      <c r="A1900" s="3">
+        <v>1898</v>
+      </c>
+      <c r="B1900" s="3" t="s">
+        <v>2827</v>
+      </c>
+      <c r="C1900" s="3">
+        <v>21555275</v>
+      </c>
+      <c r="D1900" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1900" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1900" s="3"/>
+      <c r="G1900" s="3"/>
+    </row>
+    <row r="1901" spans="1:7">
+      <c r="A1901" s="3">
+        <v>1899</v>
+      </c>
+      <c r="B1901" s="3" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C1901" s="3">
+        <v>41344772</v>
+      </c>
+      <c r="D1901" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1901" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1901" s="3"/>
+      <c r="G1901" s="3"/>
+    </row>
+    <row r="1902" spans="1:7">
+      <c r="A1902" s="3">
+        <v>1900</v>
+      </c>
+      <c r="B1902" s="3" t="s">
+        <v>2829</v>
+      </c>
+      <c r="C1902" s="3">
+        <v>21410296</v>
+      </c>
+      <c r="D1902" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1902" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1902" s="3"/>
+      <c r="G1902" s="3"/>
+    </row>
+    <row r="1903" spans="1:7">
+      <c r="A1903" s="3">
+        <v>1901</v>
+      </c>
+      <c r="B1903" s="3" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C1903" s="3">
+        <v>41579428</v>
+      </c>
+      <c r="D1903" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1903" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1903" s="3"/>
+      <c r="G1903" s="3"/>
+    </row>
+    <row r="1904" spans="1:7">
+      <c r="A1904" s="3">
+        <v>1902</v>
+      </c>
+      <c r="B1904" s="3" t="s">
+        <v>2831</v>
+      </c>
+      <c r="C1904" s="3">
+        <v>40858898</v>
+      </c>
+      <c r="D1904" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1904" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1904" s="3"/>
+      <c r="G1904" s="3"/>
+    </row>
+    <row r="1905" spans="1:7">
+      <c r="A1905" s="3">
+        <v>1903</v>
+      </c>
+      <c r="B1905" s="3" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C1905" s="3">
+        <v>46769541</v>
+      </c>
+      <c r="D1905" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1905" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1905" s="3"/>
+      <c r="G1905" s="3"/>
+    </row>
+    <row r="1906" spans="1:7">
+      <c r="A1906" s="3">
+        <v>1904</v>
+      </c>
+      <c r="B1906" s="3" t="s">
+        <v>2833</v>
+      </c>
+      <c r="C1906" s="3">
+        <v>20601644968</v>
+      </c>
+      <c r="D1906" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1906" s="3" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F1906" s="3"/>
+      <c r="G1906" s="3"/>
+    </row>
+    <row r="1907" spans="1:7">
+      <c r="A1907" s="3">
+        <v>1905</v>
+      </c>
+      <c r="B1907" s="3" t="s">
+        <v>2835</v>
+      </c>
+      <c r="C1907" s="3">
+        <v>20267196746</v>
+      </c>
+      <c r="D1907" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1907" s="3" t="s">
+        <v>2836</v>
+      </c>
+      <c r="F1907" s="3"/>
+      <c r="G1907" s="3"/>
+    </row>
+    <row r="1908" spans="1:7">
+      <c r="A1908" s="3">
+        <v>1906</v>
+      </c>
+      <c r="B1908" s="3" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C1908" s="3">
+        <v>20545515840</v>
+      </c>
+      <c r="D1908" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1908" s="3" t="s">
+        <v>2838</v>
+      </c>
+      <c r="F1908" s="3"/>
+      <c r="G1908" s="3"/>
+    </row>
+    <row r="1909" spans="1:7">
+      <c r="A1909" s="3">
+        <v>1907</v>
+      </c>
+      <c r="B1909" s="3" t="s">
+        <v>2839</v>
+      </c>
+      <c r="C1909" s="3">
+        <v>20348233671</v>
+      </c>
+      <c r="D1909" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1909" s="3" t="s">
+        <v>2840</v>
+      </c>
+      <c r="F1909" s="3"/>
+      <c r="G1909" s="3"/>
+    </row>
+    <row r="1910" spans="1:7">
+      <c r="A1910" s="3">
+        <v>1908</v>
+      </c>
+      <c r="B1910" s="3" t="s">
+        <v>2841</v>
+      </c>
+      <c r="C1910" s="3">
+        <v>20370114952</v>
+      </c>
+      <c r="D1910" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1910" s="3" t="s">
+        <v>2842</v>
+      </c>
+      <c r="F1910" s="3"/>
+      <c r="G1910" s="3"/>
+    </row>
+    <row r="1911" spans="1:7">
+      <c r="A1911" s="3">
+        <v>1909</v>
+      </c>
+      <c r="B1911" s="3" t="s">
+        <v>2843</v>
+      </c>
+      <c r="C1911" s="3">
+        <v>42115290</v>
+      </c>
+      <c r="D1911" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1911" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1911" s="3"/>
+      <c r="G1911" s="3"/>
+    </row>
+    <row r="1912" spans="1:7">
+      <c r="A1912" s="3">
+        <v>1910</v>
+      </c>
+      <c r="B1912" s="3" t="s">
+        <v>2844</v>
+      </c>
+      <c r="C1912" s="3">
+        <v>70406051</v>
+      </c>
+      <c r="D1912" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1912" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1912" s="3"/>
+      <c r="G1912" s="3"/>
+    </row>
+    <row r="1913" spans="1:7">
+      <c r="A1913" s="3">
+        <v>1911</v>
+      </c>
+      <c r="B1913" s="3" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C1913" s="3">
+        <v>41627137</v>
+      </c>
+      <c r="D1913" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1913" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1913" s="3"/>
+      <c r="G1913" s="3"/>
+    </row>
+    <row r="1914" spans="1:7">
+      <c r="A1914" s="3">
+        <v>1912</v>
+      </c>
+      <c r="B1914" s="3" t="s">
+        <v>2846</v>
+      </c>
+      <c r="C1914" s="3">
+        <v>20609308614</v>
+      </c>
+      <c r="D1914" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1914" s="3" t="s">
+        <v>2847</v>
+      </c>
+      <c r="F1914" s="3"/>
+      <c r="G1914" s="3"/>
+    </row>
+    <row r="1915" spans="1:7">
+      <c r="A1915" s="3">
+        <v>1913</v>
+      </c>
+      <c r="B1915" s="3" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C1915" s="3">
+        <v>45437890</v>
+      </c>
+      <c r="D1915" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1915" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1915" s="3"/>
+      <c r="G1915" s="3"/>
+    </row>
+    <row r="1916" spans="1:7">
+      <c r="A1916" s="3">
+        <v>1914</v>
+      </c>
+      <c r="B1916" s="3" t="s">
+        <v>2849</v>
+      </c>
+      <c r="C1916" s="3">
+        <v>20106590</v>
+      </c>
+      <c r="D1916" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1916" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1916" s="3"/>
+      <c r="G1916" s="3"/>
+    </row>
+    <row r="1917" spans="1:7">
+      <c r="A1917" s="3">
+        <v>1915</v>
+      </c>
+      <c r="B1917" s="3" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C1917" s="3">
+        <v>43919028</v>
+      </c>
+      <c r="D1917" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1917" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1917" s="3"/>
+      <c r="G1917" s="3"/>
+    </row>
+    <row r="1918" spans="1:7">
+      <c r="A1918" s="3">
+        <v>1916</v>
+      </c>
+      <c r="B1918" s="3" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C1918" s="3">
+        <v>44196219</v>
+      </c>
+      <c r="D1918" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1918" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1918" s="3"/>
+      <c r="G1918" s="3"/>
+    </row>
+    <row r="1919" spans="1:7">
+      <c r="A1919" s="3">
+        <v>1917</v>
+      </c>
+      <c r="B1919" s="3" t="s">
+        <v>2852</v>
+      </c>
+      <c r="C1919" s="3" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D1919" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1919" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1919" s="3"/>
+      <c r="G1919" s="3"/>
+    </row>
+    <row r="1920" spans="1:7">
+      <c r="A1920" s="3">
+        <v>1918</v>
+      </c>
+      <c r="B1920" s="3" t="s">
+        <v>2854</v>
+      </c>
+      <c r="C1920" s="3">
+        <v>41387342</v>
+      </c>
+      <c r="D1920" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1920" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1920" s="3"/>
+      <c r="G1920" s="3"/>
+    </row>
+    <row r="1921" spans="1:7">
+      <c r="A1921" s="3">
+        <v>1919</v>
+      </c>
+      <c r="B1921" s="3" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C1921" s="3">
+        <v>42579862</v>
+      </c>
+      <c r="D1921" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1921" s="3"/>
+      <c r="F1921" s="3"/>
+      <c r="G1921" s="3"/>
+    </row>
+    <row r="1922" spans="1:7">
+      <c r="A1922" s="3">
+        <v>1920</v>
+      </c>
+      <c r="B1922" s="3" t="s">
+        <v>2856</v>
+      </c>
+      <c r="C1922" s="3">
+        <v>20073343</v>
+      </c>
+      <c r="D1922" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1922" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1922" s="3"/>
+      <c r="G1922" s="3"/>
+    </row>
+    <row r="1923" spans="1:7">
+      <c r="A1923" s="3">
+        <v>1921</v>
+      </c>
+      <c r="B1923" s="3" t="s">
+        <v>2857</v>
+      </c>
+      <c r="C1923" s="3">
+        <v>46771694</v>
+      </c>
+      <c r="D1923" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1923" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1923" s="3"/>
+      <c r="G1923" s="3"/>
+    </row>
+    <row r="1924" spans="1:7">
+      <c r="A1924" s="3">
+        <v>1922</v>
+      </c>
+      <c r="B1924" s="3" t="s">
+        <v>2858</v>
+      </c>
+      <c r="C1924" s="3">
+        <v>46973143</v>
+      </c>
+      <c r="D1924" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1924" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1924" s="3"/>
+      <c r="G1924" s="3"/>
+    </row>
+    <row r="1925" spans="1:7">
+      <c r="A1925" s="3">
+        <v>1923</v>
+      </c>
+      <c r="B1925" s="3" t="s">
+        <v>2859</v>
+      </c>
+      <c r="C1925" s="3">
+        <v>43672258</v>
+      </c>
+      <c r="D1925" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1925" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1925" s="3"/>
+      <c r="G1925" s="3"/>
+    </row>
+    <row r="1926" spans="1:7">
+      <c r="A1926" s="3">
+        <v>1924</v>
+      </c>
+      <c r="B1926" s="3" t="s">
+        <v>2860</v>
+      </c>
+      <c r="C1926" s="3" t="s">
+        <v>2861</v>
+      </c>
+      <c r="D1926" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1926" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1926" s="3"/>
+      <c r="G1926" s="3"/>
+    </row>
+    <row r="1927" spans="1:7">
+      <c r="A1927" s="3">
+        <v>1925</v>
+      </c>
+      <c r="B1927" s="3" t="s">
+        <v>2862</v>
+      </c>
+      <c r="C1927" s="3">
+        <v>42283900</v>
+      </c>
+      <c r="D1927" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1927" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1927" s="3"/>
+      <c r="G1927" s="3"/>
+    </row>
+    <row r="1928" spans="1:7">
+      <c r="A1928" s="3">
+        <v>1926</v>
+      </c>
+      <c r="B1928" s="3" t="s">
+        <v>2863</v>
+      </c>
+      <c r="C1928" s="3">
+        <v>71668133</v>
+      </c>
+      <c r="D1928" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1928" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1928" s="3"/>
+      <c r="G1928" s="3"/>
+    </row>
+    <row r="1929" spans="1:7">
+      <c r="A1929" s="3">
+        <v>1927</v>
+      </c>
+      <c r="B1929" s="3" t="s">
+        <v>2864</v>
+      </c>
+      <c r="C1929" s="3" t="s">
+        <v>2865</v>
+      </c>
+      <c r="D1929" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1929" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1929" s="3"/>
+      <c r="G1929" s="3"/>
+    </row>
+    <row r="1930" spans="1:7">
+      <c r="A1930" s="3">
+        <v>1928</v>
+      </c>
+      <c r="B1930" s="3" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C1930" s="3">
+        <v>23855291</v>
+      </c>
+      <c r="D1930" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1930" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1930" s="3"/>
+      <c r="G1930" s="3"/>
+    </row>
+    <row r="1931" spans="1:7">
+      <c r="A1931" s="3">
+        <v>1929</v>
+      </c>
+      <c r="B1931" s="3" t="s">
+        <v>2867</v>
+      </c>
+      <c r="C1931" s="3">
+        <v>42179273</v>
+      </c>
+      <c r="D1931" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1931" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1931" s="3"/>
+      <c r="G1931" s="3"/>
+    </row>
+    <row r="1932" spans="1:7">
+      <c r="A1932" s="3">
+        <v>1930</v>
+      </c>
+      <c r="B1932" s="3" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C1932" s="3">
+        <v>80416857</v>
+      </c>
+      <c r="D1932" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1932" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1932" s="3"/>
+      <c r="G1932" s="3"/>
+    </row>
+    <row r="1933" spans="1:7">
+      <c r="A1933" s="3">
+        <v>1931</v>
+      </c>
+      <c r="B1933" s="3" t="s">
+        <v>2869</v>
+      </c>
+      <c r="C1933" s="3" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D1933" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1933" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1933" s="3"/>
+      <c r="G1933" s="3"/>
+    </row>
+    <row r="1934" spans="1:7">
+      <c r="A1934" s="3">
+        <v>1932</v>
+      </c>
+      <c r="B1934" s="3" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C1934" s="3">
+        <v>18018028</v>
+      </c>
+      <c r="D1934" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1934" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1934" s="3"/>
+      <c r="G1934" s="3"/>
+    </row>
+    <row r="1935" spans="1:7">
+      <c r="A1935" s="3">
+        <v>1933</v>
+      </c>
+      <c r="B1935" s="3" t="s">
+        <v>2872</v>
+      </c>
+      <c r="C1935" s="3">
+        <v>41889897</v>
+      </c>
+      <c r="D1935" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1935" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1935" s="3"/>
+      <c r="G1935" s="3"/>
+    </row>
+    <row r="1936" spans="1:7">
+      <c r="A1936" s="3">
+        <v>1934</v>
+      </c>
+      <c r="B1936" s="3" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C1936" s="3">
+        <v>41219988</v>
+      </c>
+      <c r="D1936" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1936" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1936" s="3"/>
+      <c r="G1936" s="3"/>
+    </row>
+    <row r="1937" spans="1:7">
+      <c r="A1937" s="3">
+        <v>1935</v>
+      </c>
+      <c r="B1937" s="3" t="s">
+        <v>2874</v>
+      </c>
+      <c r="C1937" s="3">
+        <v>41099311</v>
+      </c>
+      <c r="D1937" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1937" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1937" s="3"/>
+      <c r="G1937" s="3"/>
+    </row>
+    <row r="1938" spans="1:7">
+      <c r="A1938" s="3">
+        <v>1936</v>
+      </c>
+      <c r="B1938" s="3" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C1938" s="3">
+        <v>41127687</v>
+      </c>
+      <c r="D1938" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1938" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1938" s="3"/>
+      <c r="G1938" s="3"/>
+    </row>
+    <row r="1939" spans="1:7">
+      <c r="A1939" s="3">
+        <v>1937</v>
+      </c>
+      <c r="B1939" s="3" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C1939" s="3">
+        <v>21524592</v>
+      </c>
+      <c r="D1939" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1939" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1939" s="3"/>
+      <c r="G1939" s="3"/>
+    </row>
+    <row r="1940" spans="1:7">
+      <c r="A1940" s="3">
+        <v>1938</v>
+      </c>
+      <c r="B1940" s="3" t="s">
+        <v>2877</v>
+      </c>
+      <c r="C1940" s="3">
+        <v>42022909</v>
+      </c>
+      <c r="D1940" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1940" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1940" s="3"/>
+      <c r="G1940" s="3"/>
+    </row>
+    <row r="1941" spans="1:7">
+      <c r="A1941" s="3">
+        <v>1939</v>
+      </c>
+      <c r="B1941" s="3" t="s">
+        <v>2878</v>
+      </c>
+      <c r="C1941" s="3">
+        <v>43424320</v>
+      </c>
+      <c r="D1941" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1941" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1941" s="3"/>
+      <c r="G1941" s="3"/>
+    </row>
+    <row r="1942" spans="1:7">
+      <c r="A1942" s="3">
+        <v>1940</v>
+      </c>
+      <c r="B1942" s="3" t="s">
+        <v>2879</v>
+      </c>
+      <c r="C1942" s="3">
+        <v>74206748</v>
+      </c>
+      <c r="D1942" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1942" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1942" s="3"/>
+      <c r="G1942" s="3"/>
+    </row>
+    <row r="1943" spans="1:7">
+      <c r="A1943" s="3">
+        <v>1941</v>
+      </c>
+      <c r="B1943" s="3" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C1943" s="3" t="s">
+        <v>2881</v>
+      </c>
+      <c r="D1943" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1943" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1943" s="3"/>
+      <c r="G1943" s="3"/>
+    </row>
+    <row r="1944" spans="1:7">
+      <c r="A1944" s="3">
+        <v>1942</v>
+      </c>
+      <c r="B1944" s="3" t="s">
+        <v>2882</v>
+      </c>
+      <c r="C1944" s="3">
+        <v>10178603316</v>
+      </c>
+      <c r="D1944" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1944" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F1944" s="3"/>
+      <c r="G1944" s="3"/>
+    </row>
+    <row r="1945" spans="1:7">
+      <c r="A1945" s="3">
+        <v>1943</v>
+      </c>
+      <c r="B1945" s="3" t="s">
+        <v>2883</v>
+      </c>
+      <c r="C1945" s="3">
+        <v>20277412749</v>
+      </c>
+      <c r="D1945" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1945" s="3" t="s">
+        <v>2884</v>
+      </c>
+      <c r="F1945" s="3"/>
+      <c r="G1945" s="3"/>
+    </row>
+    <row r="1946" spans="1:7">
+      <c r="A1946" s="3">
+        <v>1944</v>
+      </c>
+      <c r="B1946" s="3" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C1946" s="3">
+        <v>20114050530</v>
+      </c>
+      <c r="D1946" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1946" s="3" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F1946" s="3"/>
+      <c r="G1946" s="3"/>
+    </row>
+    <row r="1947" spans="1:7">
+      <c r="A1947" s="3">
+        <v>1945</v>
+      </c>
+      <c r="B1947" s="3" t="s">
+        <v>2887</v>
+      </c>
+      <c r="C1947" s="3">
+        <v>20192055416</v>
+      </c>
+      <c r="D1947" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1947" s="3" t="s">
+        <v>2888</v>
+      </c>
+      <c r="F1947" s="3"/>
+      <c r="G1947" s="3"/>
+    </row>
+    <row r="1948" spans="1:7">
+      <c r="A1948" s="3">
+        <v>1946</v>
+      </c>
+      <c r="B1948" s="3" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C1948" s="3">
+        <v>20176360497</v>
+      </c>
+      <c r="D1948" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1948" s="3" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F1948" s="3"/>
+      <c r="G1948" s="3"/>
+    </row>
+    <row r="1949" spans="1:7">
+      <c r="A1949" s="3">
+        <v>1947</v>
+      </c>
+      <c r="B1949" s="3" t="s">
+        <v>2891</v>
+      </c>
+      <c r="C1949" s="3">
+        <v>43641059</v>
+      </c>
+      <c r="D1949" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1949" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1949" s="3"/>
+      <c r="G1949" s="3"/>
+    </row>
+    <row r="1950" spans="1:7">
+      <c r="A1950" s="3">
+        <v>1948</v>
+      </c>
+      <c r="B1950" s="3" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C1950" s="3">
+        <v>72954377</v>
+      </c>
+      <c r="D1950" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1950" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F1950" s="3"/>
+      <c r="G1950" s="3"/>
+    </row>
+    <row r="1951" spans="1:7">
+      <c r="A1951" s="3">
+        <v>1949</v>
+      </c>
+      <c r="B1951" s="3" t="s">
+        <v>2893</v>
+      </c>
+      <c r="C1951" s="3">
+        <v>10214355286</v>
+      </c>
+      <c r="D1951" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E1951" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F1951" s="3"/>
+      <c r="G1951" s="3"/>
+    </row>
+    <row r="1952" spans="1:7">
+      <c r="A1952" s="3">
+        <v>1950</v>
+      </c>
+      <c r="B1952" s="3" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C1952" s="3">
+        <v>82791265</v>
+      </c>
+      <c r="D1952" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E1952" s="3" t="s">
+        <v>2895</v>
+      </c>
+      <c r="F1952" s="3"/>
+      <c r="G1952" s="3"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>